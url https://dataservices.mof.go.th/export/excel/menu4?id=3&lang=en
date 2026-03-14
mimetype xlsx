--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -12,1037 +12,1625 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
     <t>งบประมาณ</t>
   </si>
   <si>
     <t>ยอดสะสม</t>
   </si>
   <si>
+    <t>มีนาคม 2569</t>
+  </si>
+  <si>
+    <t>กุมภาพันธ์ 2569</t>
+  </si>
+  <si>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
     <t>ธันวาคม 2568</t>
   </si>
   <si>
     <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>ตุลาคม 2568</t>
   </si>
   <si>
     <t>รายจ่ายประจำ</t>
   </si>
   <si>
     <t>2,918,863.712</t>
   </si>
   <si>
-    <t>968,943.022</t>
-[...5 lines deleted...]
-    <t>231,649.869</t>
+    <t>1,612,593.169</t>
+  </si>
+  <si>
+    <t>81,085.145</t>
+  </si>
+  <si>
+    <t>148,571.905</t>
+  </si>
+  <si>
+    <t>216,064.565</t>
+  </si>
+  <si>
+    <t>353,481.216</t>
+  </si>
+  <si>
+    <t>231,639.649</t>
   </si>
   <si>
     <t>581,750.688</t>
   </si>
   <si>
     <t>กระทรวงกลาโหม</t>
   </si>
   <si>
     <t>151,510.477</t>
   </si>
   <si>
-    <t>24,085.694</t>
-[...5 lines deleted...]
-    <t>10,897.509</t>
+    <t>58,341.061</t>
+  </si>
+  <si>
+    <t>1,756.872</t>
+  </si>
+  <si>
+    <t>11,439.325</t>
+  </si>
+  <si>
+    <t>11,881.578</t>
+  </si>
+  <si>
+    <t>11,922.306</t>
+  </si>
+  <si>
+    <t>10,897.338</t>
   </si>
   <si>
     <t>10,443.642</t>
   </si>
   <si>
     <t>กระทรวงการคลัง</t>
   </si>
   <si>
     <t>384,414.311</t>
   </si>
   <si>
-    <t>186,006.713</t>
-[...5 lines deleted...]
-    <t>56,604.156</t>
+    <t>251,976.968</t>
+  </si>
+  <si>
+    <t>16,452.941</t>
+  </si>
+  <si>
+    <t>8,922.214</t>
+  </si>
+  <si>
+    <t>39,237.396</t>
+  </si>
+  <si>
+    <t>118,143.002</t>
+  </si>
+  <si>
+    <t>56,604.159</t>
   </si>
   <si>
     <t>12,617.256</t>
   </si>
   <si>
     <t>กระทรวงการต่างประเทศ</t>
   </si>
   <si>
     <t>8,404.345</t>
   </si>
   <si>
-    <t>873.635</t>
-[...2 lines deleted...]
-    <t>213.019</t>
+    <t>3,409.261</t>
+  </si>
+  <si>
+    <t>111.087</t>
+  </si>
+  <si>
+    <t>193.722</t>
+  </si>
+  <si>
+    <t>211.882</t>
+  </si>
+  <si>
+    <t>2,231.954</t>
   </si>
   <si>
     <t>568.709</t>
   </si>
   <si>
     <t>91.906</t>
   </si>
   <si>
     <t>กระทรวงการท่องเที่ยวและกีฬา</t>
   </si>
   <si>
     <t>4,748.003</t>
   </si>
   <si>
-    <t>810.647</t>
-[...2 lines deleted...]
-    <t>38.536</t>
+    <t>1,813.362</t>
+  </si>
+  <si>
+    <t>63.798</t>
+  </si>
+  <si>
+    <t>277.181</t>
+  </si>
+  <si>
+    <t>315.336</t>
+  </si>
+  <si>
+    <t>384.935</t>
   </si>
   <si>
     <t>439.026</t>
   </si>
   <si>
     <t>333.086</t>
   </si>
   <si>
     <t>กระทรวงการพัฒนาสังคมและความมั่นคงของมนุษย์</t>
   </si>
   <si>
     <t>23,982.712</t>
   </si>
   <si>
-    <t>5,127.646</t>
-[...5 lines deleted...]
-    <t>1,908.415</t>
+    <t>11,139.074</t>
+  </si>
+  <si>
+    <t>1,492.217</t>
+  </si>
+  <si>
+    <t>2,132.916</t>
+  </si>
+  <si>
+    <t>1,903.823</t>
+  </si>
+  <si>
+    <t>1,994.025</t>
+  </si>
+  <si>
+    <t>1,908.310</t>
   </si>
   <si>
     <t>1,707.784</t>
   </si>
   <si>
     <t>กระทรวงการอุดมศึกษา วิทยาศาสตร์ วิจัยและนวัตกรรม</t>
   </si>
   <si>
     <t>106,197.135</t>
   </si>
   <si>
-    <t>35,980.172</t>
-[...5 lines deleted...]
-    <t>3,543.970</t>
+    <t>48,924.729</t>
+  </si>
+  <si>
+    <t>409.536</t>
+  </si>
+  <si>
+    <t>3,171.126</t>
+  </si>
+  <si>
+    <t>3,155.687</t>
+  </si>
+  <si>
+    <t>7,176.173</t>
+  </si>
+  <si>
+    <t>3,537.832</t>
   </si>
   <si>
     <t>31,474.376</t>
   </si>
   <si>
     <t>กระทรวงเกษตรและสหกรณ์</t>
   </si>
   <si>
     <t>34,212.672</t>
   </si>
   <si>
-    <t>5,705.379</t>
-[...5 lines deleted...]
-    <t>2,651.687</t>
+    <t>14,472.941</t>
+  </si>
+  <si>
+    <t>826.153</t>
+  </si>
+  <si>
+    <t>2,852.235</t>
+  </si>
+  <si>
+    <t>2,850.167</t>
+  </si>
+  <si>
+    <t>2,851.753</t>
+  </si>
+  <si>
+    <t>2,651.691</t>
   </si>
   <si>
     <t>2,440.942</t>
   </si>
   <si>
     <t>กระทรวงคมนาคม</t>
   </si>
   <si>
     <t>12,050.937</t>
   </si>
   <si>
-    <t>2,158.885</t>
-[...5 lines deleted...]
-    <t>977.791</t>
+    <t>5,099.682</t>
+  </si>
+  <si>
+    <t>175.313</t>
+  </si>
+  <si>
+    <t>1,011.909</t>
+  </si>
+  <si>
+    <t>998.657</t>
+  </si>
+  <si>
+    <t>994.233</t>
+  </si>
+  <si>
+    <t>977.807</t>
   </si>
   <si>
     <t>941.763</t>
   </si>
   <si>
     <t>กระทรวงดิจิทัลเพื่อเศรษฐกิจและสังคม</t>
   </si>
   <si>
     <t>3,312.580</t>
   </si>
   <si>
-    <t>831.138</t>
-[...2 lines deleted...]
-    <t>28.228</t>
+    <t>1,374.036</t>
+  </si>
+  <si>
+    <t>43.086</t>
+  </si>
+  <si>
+    <t>160.217</t>
+  </si>
+  <si>
+    <t>160.183</t>
+  </si>
+  <si>
+    <t>207.640</t>
   </si>
   <si>
     <t>143.488</t>
   </si>
   <si>
     <t>659.422</t>
   </si>
   <si>
     <t>กระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
   </si>
   <si>
     <t>16,912.649</t>
   </si>
   <si>
-    <t>2,890.558</t>
-[...5 lines deleted...]
-    <t>1,407.971</t>
+    <t>7,059.905</t>
+  </si>
+  <si>
+    <t>208.205</t>
+  </si>
+  <si>
+    <t>1,402.380</t>
+  </si>
+  <si>
+    <t>1,415.489</t>
+  </si>
+  <si>
+    <t>1,408.385</t>
+  </si>
+  <si>
+    <t>1,407.744</t>
   </si>
   <si>
     <t>1,217.702</t>
   </si>
   <si>
     <t>กระทรวงพลังงาน</t>
   </si>
   <si>
     <t>1,903.767</t>
   </si>
   <si>
-    <t>208.200</t>
-[...2 lines deleted...]
-    <t>16.442</t>
+    <t>811.015</t>
+  </si>
+  <si>
+    <t>19.216</t>
+  </si>
+  <si>
+    <t>133.944</t>
+  </si>
+  <si>
+    <t>331.279</t>
+  </si>
+  <si>
+    <t>134.818</t>
   </si>
   <si>
     <t>107.050</t>
   </si>
   <si>
     <t>84.708</t>
   </si>
   <si>
     <t>กระทรวงพาณิชย์</t>
   </si>
   <si>
     <t>6,692.325</t>
   </si>
   <si>
-    <t>1,519.323</t>
-[...5 lines deleted...]
-    <t>444.143</t>
+    <t>2,706.707</t>
+  </si>
+  <si>
+    <t>42.223</t>
+  </si>
+  <si>
+    <t>386.402</t>
+  </si>
+  <si>
+    <t>454.646</t>
+  </si>
+  <si>
+    <t>411.391</t>
+  </si>
+  <si>
+    <t>444.129</t>
   </si>
   <si>
     <t>967.916</t>
   </si>
   <si>
     <t>กระทรวงมหาดไทย</t>
   </si>
   <si>
     <t>190,277.761</t>
   </si>
   <si>
-    <t>56,086.605</t>
-[...5 lines deleted...]
-    <t>12,684.410</t>
+    <t>79,802.241</t>
+  </si>
+  <si>
+    <t>1,595.498</t>
+  </si>
+  <si>
+    <t>5,515.997</t>
+  </si>
+  <si>
+    <t>10,567.378</t>
+  </si>
+  <si>
+    <t>22,731.077</t>
+  </si>
+  <si>
+    <t>12,684.244</t>
   </si>
   <si>
     <t>26,708.047</t>
   </si>
   <si>
     <t>กระทรวงยุติธรรม</t>
   </si>
   <si>
     <t>23,348.829</t>
   </si>
   <si>
-    <t>4,206.929</t>
-[...5 lines deleted...]
-    <t>2,124.371</t>
+    <t>10,082.386</t>
+  </si>
+  <si>
+    <t>252.731</t>
+  </si>
+  <si>
+    <t>1,847.079</t>
+  </si>
+  <si>
+    <t>1,964.744</t>
+  </si>
+  <si>
+    <t>2,122.363</t>
+  </si>
+  <si>
+    <t>2,124.348</t>
   </si>
   <si>
     <t>1,771.120</t>
   </si>
   <si>
     <t>กระทรวงแรงงาน</t>
   </si>
   <si>
     <t>68,095.861</t>
   </si>
   <si>
-    <t>31,386.762</t>
-[...5 lines deleted...]
-    <t>640.919</t>
+    <t>33,176.932</t>
+  </si>
+  <si>
+    <t>304.170</t>
+  </si>
+  <si>
+    <t>479.542</t>
+  </si>
+  <si>
+    <t>586.898</t>
+  </si>
+  <si>
+    <t>581.075</t>
+  </si>
+  <si>
+    <t>640.900</t>
   </si>
   <si>
     <t>30,584.347</t>
   </si>
   <si>
     <t>กระทรวงวัฒนธรรม</t>
   </si>
   <si>
     <t>6,014.510</t>
   </si>
   <si>
-    <t>941.186</t>
-[...5 lines deleted...]
-    <t>397.785</t>
+    <t>2,135.220</t>
+  </si>
+  <si>
+    <t>55.103</t>
+  </si>
+  <si>
+    <t>457.281</t>
+  </si>
+  <si>
+    <t>395.919</t>
+  </si>
+  <si>
+    <t>393.167</t>
+  </si>
+  <si>
+    <t>397.789</t>
   </si>
   <si>
     <t>435.962</t>
   </si>
   <si>
     <t>กระทรวงศึกษาธิการ</t>
   </si>
   <si>
     <t>337,264.837</t>
   </si>
   <si>
-    <t>61,314.976</t>
-[...5 lines deleted...]
-    <t>26,665.788</t>
+    <t>143,070.827</t>
+  </si>
+  <si>
+    <t>764.585</t>
+  </si>
+  <si>
+    <t>24,342.810</t>
+  </si>
+  <si>
+    <t>27,261.264</t>
+  </si>
+  <si>
+    <t>30,484.672</t>
+  </si>
+  <si>
+    <t>26,665.570</t>
   </si>
   <si>
     <t>33,551.926</t>
   </si>
   <si>
     <t>กระทรวงสาธารณสุข</t>
   </si>
   <si>
     <t>157,555.889</t>
   </si>
   <si>
-    <t>26,156.663</t>
-[...5 lines deleted...]
-    <t>13,376.630</t>
+    <t>66,411.844</t>
+  </si>
+  <si>
+    <t>216.757</t>
+  </si>
+  <si>
+    <t>13,157.517</t>
+  </si>
+  <si>
+    <t>13,481.651</t>
+  </si>
+  <si>
+    <t>14,012.209</t>
+  </si>
+  <si>
+    <t>13,374.061</t>
   </si>
   <si>
     <t>12,169.650</t>
   </si>
   <si>
     <t>กระทรวงอุตสาหกรรม</t>
   </si>
   <si>
     <t>3,893.599</t>
   </si>
   <si>
-    <t>798.243</t>
-[...2 lines deleted...]
-    <t>109.218</t>
+    <t>1,420.763</t>
+  </si>
+  <si>
+    <t>27.001</t>
+  </si>
+  <si>
+    <t>249.916</t>
+  </si>
+  <si>
+    <t>248.500</t>
+  </si>
+  <si>
+    <t>206.321</t>
   </si>
   <si>
     <t>197.270</t>
   </si>
   <si>
     <t>491.755</t>
   </si>
   <si>
+    <t>กองทุนและเงินทุนหมุนเวียน</t>
+  </si>
+  <si>
+    <t>244,032.307</t>
+  </si>
+  <si>
+    <t>188,872.965</t>
+  </si>
+  <si>
+    <t>48,484.385</t>
+  </si>
+  <si>
+    <t>3,097.791</t>
+  </si>
+  <si>
+    <t>17,938.379</t>
+  </si>
+  <si>
+    <t>12,847.440</t>
+  </si>
+  <si>
+    <t>0.000</t>
+  </si>
+  <si>
+    <t>106,504.970</t>
+  </si>
+  <si>
     <t>งบกลาง</t>
   </si>
   <si>
     <t>551,608.750</t>
   </si>
   <si>
-    <t>152,481.503</t>
-[...5 lines deleted...]
-    <t>73,111.778</t>
+    <t>321,190.862</t>
+  </si>
+  <si>
+    <t>1,963.132</t>
+  </si>
+  <si>
+    <t>49,543.736</t>
+  </si>
+  <si>
+    <t>54,985.102</t>
+  </si>
+  <si>
+    <t>68,663.130</t>
+  </si>
+  <si>
+    <t>73,111.382</t>
   </si>
   <si>
     <t>72,924.380</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>3,995.855</t>
   </si>
   <si>
-    <t>192.059</t>
-[...5 lines deleted...]
-    <t>111.633</t>
+    <t>723.555</t>
+  </si>
+  <si>
+    <t>42.039</t>
+  </si>
+  <si>
+    <t>188.467</t>
+  </si>
+  <si>
+    <t>193.645</t>
+  </si>
+  <si>
+    <t>149.774</t>
+  </si>
+  <si>
+    <t>111.415</t>
   </si>
   <si>
     <t>38.215</t>
   </si>
   <si>
     <t>รัฐวิสาหกิจ</t>
   </si>
   <si>
     <t>89,420.219</t>
   </si>
   <si>
-    <t>40,568.070</t>
-[...2 lines deleted...]
-    <t>3,245.723</t>
+    <t>70,200.513</t>
+  </si>
+  <si>
+    <t>717.741</t>
+  </si>
+  <si>
+    <t>1,012.489</t>
+  </si>
+  <si>
+    <t>2,089.050</t>
+  </si>
+  <si>
+    <t>29,058.886</t>
   </si>
   <si>
     <t>1,548.629</t>
   </si>
   <si>
     <t>35,773.719</t>
   </si>
   <si>
+    <t>ส่วนราชการในพระองค์</t>
+  </si>
+  <si>
+    <t>9,272.098</t>
+  </si>
+  <si>
+    <t>3,496.700</t>
+  </si>
+  <si>
+    <t>-0.022</t>
+  </si>
+  <si>
+    <t>676.644</t>
+  </si>
+  <si>
+    <t>737.358</t>
+  </si>
+  <si>
+    <t>657.779</t>
+  </si>
+  <si>
+    <t>766.302</t>
+  </si>
+  <si>
+    <t>658.639</t>
+  </si>
+  <si>
     <t>ส่วนราชการไม่สังกัดสำนักนายกฯหรือกระทรวง</t>
   </si>
   <si>
     <t>113,950.802</t>
   </si>
   <si>
-    <t>17,952.919</t>
-[...5 lines deleted...]
-    <t>9,261.910</t>
+    <t>46,724.959</t>
+  </si>
+  <si>
+    <t>421.777</t>
+  </si>
+  <si>
+    <t>9,523.022</t>
+  </si>
+  <si>
+    <t>9,608.224</t>
+  </si>
+  <si>
+    <t>9,484.208</t>
+  </si>
+  <si>
+    <t>9,261.930</t>
   </si>
   <si>
     <t>8,425.799</t>
   </si>
   <si>
     <t>สำนักนายกรัฐมนตรี</t>
   </si>
   <si>
     <t>25,278.261</t>
   </si>
   <si>
-    <t>7,422.346</t>
-[...5 lines deleted...]
-    <t>1,173.950</t>
+    <t>10,069.064</t>
+  </si>
+  <si>
+    <t>206.743</t>
+  </si>
+  <si>
+    <t>815.742</t>
+  </si>
+  <si>
+    <t>950.478</t>
+  </si>
+  <si>
+    <t>2,581.305</t>
+  </si>
+  <si>
+    <t>1,173.947</t>
   </si>
   <si>
     <t>4,340.849</t>
   </si>
   <si>
     <t>หน่วยงานของรัฐสภา</t>
   </si>
   <si>
     <t>6,909.315</t>
   </si>
   <si>
-    <t>1,274.556</t>
-[...2 lines deleted...]
-    <t>136.492</t>
+    <t>2,236.057</t>
+  </si>
+  <si>
+    <t>16.983</t>
+  </si>
+  <si>
+    <t>399.231</t>
+  </si>
+  <si>
+    <t>322.598</t>
+  </si>
+  <si>
+    <t>359.181</t>
   </si>
   <si>
     <t>560.635</t>
   </si>
   <si>
     <t>577.429</t>
   </si>
   <si>
+    <t>หน่วยงานของศาล</t>
+  </si>
+  <si>
+    <t>24,744.279</t>
+  </si>
+  <si>
+    <t>12,530.318</t>
+  </si>
+  <si>
+    <t>3,710.533</t>
+  </si>
+  <si>
+    <t>683.968</t>
+  </si>
+  <si>
+    <t>8,135.817</t>
+  </si>
+  <si>
     <t>องค์กรปกครองส่วนท้องถิ่น</t>
   </si>
   <si>
     <t>155,002.155</t>
   </si>
   <si>
-    <t>53,811.472</t>
-[...2 lines deleted...]
-    <t>884.981</t>
+    <t>73,953.660</t>
+  </si>
+  <si>
+    <t>4,415.876</t>
+  </si>
+  <si>
+    <t>5,181.072</t>
+  </si>
+  <si>
+    <t>5,883.552</t>
+  </si>
+  <si>
+    <t>5,546.669</t>
   </si>
   <si>
     <t>7,543.374</t>
   </si>
   <si>
     <t>45,383.117</t>
   </si>
   <si>
     <t>สภากาชาดไทย</t>
   </si>
   <si>
     <t>7,176.862</t>
   </si>
   <si>
+    <t>3,581.141</t>
+  </si>
+  <si>
     <t>1,790.571</t>
   </si>
   <si>
-    <t>0.000</t>
-[...32 lines deleted...]
-    <t>106,504.970</t>
+    <t>หน่วยงานอิสระของรัฐ</t>
+  </si>
+  <si>
+    <t>22,592.994</t>
+  </si>
+  <si>
+    <t>11,973.109</t>
+  </si>
+  <si>
+    <t>432.596</t>
+  </si>
+  <si>
+    <t>5,057.379</t>
+  </si>
+  <si>
+    <t>6,483.134</t>
   </si>
   <si>
     <t>รายจ่ายเพื่อชดใช้เงินคงดลัง</t>
   </si>
   <si>
     <t>123,541.060</t>
   </si>
   <si>
-    <t>หน่วยงานอิสระของรัฐ</t>
-[...7 lines deleted...]
-  <si>
     <t>หน่วยงานอื่นของรัฐ</t>
   </si>
   <si>
     <t>545.559</t>
   </si>
   <si>
     <t>270.251</t>
   </si>
   <si>
     <t>รายจ่ายลงทุน</t>
   </si>
   <si>
     <t>861,736.288</t>
   </si>
   <si>
-    <t>131,236.072</t>
-[...5 lines deleted...]
-    <t>18,830.530</t>
+    <t>222,585.135</t>
+  </si>
+  <si>
+    <t>8,762.314</t>
+  </si>
+  <si>
+    <t>37,177.058</t>
+  </si>
+  <si>
+    <t>21,859.383</t>
+  </si>
+  <si>
+    <t>29,299.514</t>
+  </si>
+  <si>
+    <t>18,830.358</t>
   </si>
   <si>
     <t>106,656.509</t>
   </si>
   <si>
     <t>52,731.320</t>
   </si>
   <si>
-    <t>4,217.273</t>
-[...2 lines deleted...]
-    <t>2,063.501</t>
+    <t>9,248.464</t>
+  </si>
+  <si>
+    <t>438.561</t>
+  </si>
+  <si>
+    <t>753.252</t>
+  </si>
+  <si>
+    <t>1,039.971</t>
+  </si>
+  <si>
+    <t>4,862.909</t>
   </si>
   <si>
     <t>521.356</t>
   </si>
   <si>
     <t>1,632.416</t>
   </si>
   <si>
     <t>14,855.306</t>
   </si>
   <si>
-    <t>5,934.220</t>
-[...2 lines deleted...]
-    <t>34.552</t>
+    <t>6,496.688</t>
+  </si>
+  <si>
+    <t>29.731</t>
+  </si>
+  <si>
+    <t>268.894</t>
+  </si>
+  <si>
+    <t>108.982</t>
+  </si>
+  <si>
+    <t>189.414</t>
   </si>
   <si>
     <t>841.719</t>
   </si>
   <si>
     <t>5,057.948</t>
   </si>
   <si>
     <t>765.473</t>
   </si>
   <si>
-    <t>0.055</t>
-[...2 lines deleted...]
-    <t>0.013</t>
+    <t>307.019</t>
+  </si>
+  <si>
+    <t>6.048</t>
+  </si>
+  <si>
+    <t>130.192</t>
+  </si>
+  <si>
+    <t>61.065</t>
+  </si>
+  <si>
+    <t>109.672</t>
   </si>
   <si>
     <t>0.042</t>
   </si>
   <si>
     <t>1,859.078</t>
   </si>
   <si>
-    <t>79.611</t>
-[...2 lines deleted...]
-    <t>0.850</t>
+    <t>179.631</t>
+  </si>
+  <si>
+    <t>1.410</t>
+  </si>
+  <si>
+    <t>55.312</t>
+  </si>
+  <si>
+    <t>13.832</t>
+  </si>
+  <si>
+    <t>30.316</t>
   </si>
   <si>
     <t>75.397</t>
   </si>
   <si>
     <t>3.364</t>
   </si>
   <si>
     <t>3,043.090</t>
   </si>
   <si>
-    <t>174.757</t>
-[...2 lines deleted...]
-    <t>21.290</t>
+    <t>1,044.301</t>
+  </si>
+  <si>
+    <t>12.985</t>
+  </si>
+  <si>
+    <t>634.223</t>
+  </si>
+  <si>
+    <t>76.178</t>
+  </si>
+  <si>
+    <t>167.448</t>
   </si>
   <si>
     <t>11.590</t>
   </si>
   <si>
     <t>141.877</t>
   </si>
   <si>
     <t>34,003.908</t>
   </si>
   <si>
-    <t>20,056.560</t>
-[...2 lines deleted...]
-    <t>9.558</t>
+    <t>21,351.978</t>
+  </si>
+  <si>
+    <t>218.253</t>
+  </si>
+  <si>
+    <t>514.125</t>
+  </si>
+  <si>
+    <t>308.685</t>
+  </si>
+  <si>
+    <t>263.913</t>
   </si>
   <si>
     <t>1,350.864</t>
   </si>
   <si>
     <t>18,696.138</t>
   </si>
   <si>
     <t>95,639.077</t>
   </si>
   <si>
-    <t>10,373.897</t>
-[...5 lines deleted...]
-    <t>5,797.245</t>
+    <t>29,198.932</t>
+  </si>
+  <si>
+    <t>1,440.658</t>
+  </si>
+  <si>
+    <t>6,261.047</t>
+  </si>
+  <si>
+    <t>4,268.056</t>
+  </si>
+  <si>
+    <t>8,031.076</t>
+  </si>
+  <si>
+    <t>5,797.244</t>
   </si>
   <si>
     <t>3,400.851</t>
   </si>
   <si>
     <t>187,904.986</t>
   </si>
   <si>
-    <t>5,733.981</t>
-[...5 lines deleted...]
-    <t>2,707.855</t>
+    <t>32,826.296</t>
+  </si>
+  <si>
+    <t>2,355.132</t>
+  </si>
+  <si>
+    <t>13,736.190</t>
+  </si>
+  <si>
+    <t>6,372.599</t>
+  </si>
+  <si>
+    <t>5,220.896</t>
+  </si>
+  <si>
+    <t>2,707.661</t>
   </si>
   <si>
     <t>2,433.817</t>
   </si>
   <si>
+    <t>6,884.440</t>
+  </si>
+  <si>
+    <t>2,345.669</t>
+  </si>
+  <si>
+    <t>269.129</t>
+  </si>
+  <si>
+    <t>263.322</t>
+  </si>
+  <si>
+    <t>333.197</t>
+  </si>
+  <si>
+    <t>182.565</t>
+  </si>
+  <si>
+    <t>105.281</t>
+  </si>
+  <si>
+    <t>1,192.175</t>
+  </si>
+  <si>
     <t>21,275.181</t>
   </si>
   <si>
-    <t>305.969</t>
-[...5 lines deleted...]
-    <t>107.568</t>
+    <t>2,691.236</t>
+  </si>
+  <si>
+    <t>266.662</t>
+  </si>
+  <si>
+    <t>935.311</t>
+  </si>
+  <si>
+    <t>681.004</t>
+  </si>
+  <si>
+    <t>561.047</t>
+  </si>
+  <si>
+    <t>107.526</t>
   </si>
   <si>
     <t>139.685</t>
   </si>
   <si>
     <t>893.468</t>
   </si>
   <si>
-    <t>8.155</t>
-[...2 lines deleted...]
-    <t>1.388</t>
+    <t>44.550</t>
+  </si>
+  <si>
+    <t>2.794</t>
+  </si>
+  <si>
+    <t>15.188</t>
+  </si>
+  <si>
+    <t>11.361</t>
+  </si>
+  <si>
+    <t>8.440</t>
   </si>
   <si>
     <t>5.668</t>
   </si>
   <si>
     <t>1.099</t>
   </si>
   <si>
     <t>834.788</t>
   </si>
   <si>
-    <t>113.322</t>
-[...2 lines deleted...]
-    <t>1.790</t>
+    <t>223.736</t>
+  </si>
+  <si>
+    <t>1.821</t>
+  </si>
+  <si>
+    <t>54.061</t>
+  </si>
+  <si>
+    <t>23.305</t>
+  </si>
+  <si>
+    <t>33.016</t>
   </si>
   <si>
     <t>15.172</t>
   </si>
   <si>
     <t>96.360</t>
   </si>
   <si>
     <t>108,663.993</t>
   </si>
   <si>
-    <t>21,181.695</t>
-[...2 lines deleted...]
-    <t>224.091</t>
+    <t>29,955.328</t>
+  </si>
+  <si>
+    <t>774.475</t>
+  </si>
+  <si>
+    <t>4,273.422</t>
+  </si>
+  <si>
+    <t>2,340.026</t>
+  </si>
+  <si>
+    <t>1,609.800</t>
   </si>
   <si>
     <t>1,781.153</t>
   </si>
   <si>
     <t>19,176.450</t>
   </si>
   <si>
     <t>6,045.144</t>
   </si>
   <si>
-    <t>321.339</t>
-[...2 lines deleted...]
-    <t>94.105</t>
+    <t>992.284</t>
+  </si>
+  <si>
+    <t>24.346</t>
+  </si>
+  <si>
+    <t>379.277</t>
+  </si>
+  <si>
+    <t>78.920</t>
+  </si>
+  <si>
+    <t>282.506</t>
   </si>
   <si>
     <t>186.754</t>
   </si>
   <si>
     <t>40.480</t>
   </si>
   <si>
     <t>939.382</t>
   </si>
   <si>
-    <t>49.917</t>
-[...2 lines deleted...]
-    <t>2.954</t>
+    <t>112.080</t>
+  </si>
+  <si>
+    <t>3.843</t>
+  </si>
+  <si>
+    <t>19.958</t>
+  </si>
+  <si>
+    <t>19.100</t>
+  </si>
+  <si>
+    <t>22.217</t>
   </si>
   <si>
     <t>26.925</t>
   </si>
   <si>
     <t>20.038</t>
   </si>
   <si>
     <t>3,486.447</t>
   </si>
   <si>
-    <t>480.429</t>
-[...2 lines deleted...]
-    <t>15.702</t>
+    <t>1,180.236</t>
+  </si>
+  <si>
+    <t>37.987</t>
+  </si>
+  <si>
+    <t>221.765</t>
+  </si>
+  <si>
+    <t>173.257</t>
+  </si>
+  <si>
+    <t>282.499</t>
   </si>
   <si>
     <t>232.943</t>
   </si>
   <si>
     <t>231.784</t>
   </si>
   <si>
     <t>17,731.700</t>
   </si>
   <si>
-    <t>1,175.355</t>
-[...5 lines deleted...]
-    <t>556.478</t>
+    <t>3,339.667</t>
+  </si>
+  <si>
+    <t>152.778</t>
+  </si>
+  <si>
+    <t>698.354</t>
+  </si>
+  <si>
+    <t>660.396</t>
+  </si>
+  <si>
+    <t>776.722</t>
+  </si>
+  <si>
+    <t>556.543</t>
   </si>
   <si>
     <t>494.875</t>
   </si>
   <si>
     <t>19,318.320</t>
   </si>
   <si>
-    <t>2,214.117</t>
-[...2 lines deleted...]
-    <t>223.428</t>
+    <t>5,487.712</t>
+  </si>
+  <si>
+    <t>180.880</t>
+  </si>
+  <si>
+    <t>1,206.059</t>
+  </si>
+  <si>
+    <t>732.381</t>
+  </si>
+  <si>
+    <t>1,377.702</t>
   </si>
   <si>
     <t>739.619</t>
   </si>
   <si>
     <t>1,251.071</t>
   </si>
   <si>
     <t>1,573.975</t>
   </si>
   <si>
-    <t>317.237</t>
-[...2 lines deleted...]
-    <t>3.032</t>
+    <t>517.060</t>
+  </si>
+  <si>
+    <t>9.733</t>
+  </si>
+  <si>
+    <t>154.366</t>
+  </si>
+  <si>
+    <t>16.877</t>
+  </si>
+  <si>
+    <t>21.880</t>
   </si>
   <si>
     <t>230.572</t>
   </si>
   <si>
     <t>83.632</t>
   </si>
   <si>
+    <t>30,340.805</t>
+  </si>
+  <si>
+    <t>20,436.659</t>
+  </si>
+  <si>
+    <t>1,291.923</t>
+  </si>
+  <si>
+    <t>80.000</t>
+  </si>
+  <si>
+    <t>19,064.736</t>
+  </si>
+  <si>
     <t>82,360.000</t>
   </si>
   <si>
-    <t>166.070</t>
-[...2 lines deleted...]
-    <t>139.645</t>
+    <t>329.833</t>
+  </si>
+  <si>
+    <t>45.202</t>
+  </si>
+  <si>
+    <t>47.476</t>
+  </si>
+  <si>
+    <t>53.406</t>
+  </si>
+  <si>
+    <t>157.324</t>
   </si>
   <si>
     <t>26.425</t>
   </si>
   <si>
     <t>22,334.958</t>
   </si>
   <si>
-    <t>14.254</t>
-[...2 lines deleted...]
-    <t>6.253</t>
+    <t>1,070.620</t>
+  </si>
+  <si>
+    <t>145.556</t>
+  </si>
+  <si>
+    <t>508.985</t>
+  </si>
+  <si>
+    <t>338.406</t>
+  </si>
+  <si>
+    <t>69.673</t>
   </si>
   <si>
     <t>8.001</t>
   </si>
   <si>
     <t>59,132.679</t>
   </si>
   <si>
-    <t>14,191.847</t>
-[...2 lines deleted...]
-    <t>822.466</t>
+    <t>21,133.484</t>
+  </si>
+  <si>
+    <t>479.237</t>
+  </si>
+  <si>
+    <t>3,046.956</t>
+  </si>
+  <si>
+    <t>1,567.883</t>
+  </si>
+  <si>
+    <t>2,670.027</t>
   </si>
   <si>
     <t>1,810.359</t>
   </si>
   <si>
     <t>11,559.023</t>
   </si>
   <si>
     <t>21,488.067</t>
   </si>
   <si>
-    <t>1,386.005</t>
-[...2 lines deleted...]
-    <t>20.992</t>
+    <t>4,584.491</t>
+  </si>
+  <si>
+    <t>307.768</t>
+  </si>
+  <si>
+    <t>1,773.090</t>
+  </si>
+  <si>
+    <t>637.404</t>
+  </si>
+  <si>
+    <t>501.216</t>
   </si>
   <si>
     <t>239.589</t>
   </si>
   <si>
     <t>1,125.425</t>
   </si>
   <si>
     <t>9,514.936</t>
   </si>
   <si>
-    <t>2,063.367</t>
-[...2 lines deleted...]
-    <t>4.864</t>
+    <t>2,665.442</t>
+  </si>
+  <si>
+    <t>25.725</t>
+  </si>
+  <si>
+    <t>185.165</t>
+  </si>
+  <si>
+    <t>96.281</t>
+  </si>
+  <si>
+    <t>299.768</t>
   </si>
   <si>
     <t>25.342</t>
   </si>
   <si>
     <t>2,033.160</t>
   </si>
   <si>
+    <t>1,430.176</t>
+  </si>
+  <si>
+    <t>356.473</t>
+  </si>
+  <si>
+    <t>0.246</t>
+  </si>
+  <si>
+    <t>0.320</t>
+  </si>
+  <si>
+    <t>0.962</t>
+  </si>
+  <si>
+    <t>354.304</t>
+  </si>
+  <si>
+    <t>4,056.538</t>
+  </si>
+  <si>
+    <t>1,852.000</t>
+  </si>
+  <si>
+    <t>5.785</t>
+  </si>
+  <si>
+    <t>17.758</t>
+  </si>
+  <si>
+    <t>86.034</t>
+  </si>
+  <si>
+    <t>547.275</t>
+  </si>
+  <si>
+    <t>1,195.148</t>
+  </si>
+  <si>
     <t>46,909.738</t>
   </si>
   <si>
-    <t>16,918.801</t>
-[...2 lines deleted...]
-    <t>107.734</t>
+    <t>19,687.017</t>
+  </si>
+  <si>
+    <t>233.645</t>
+  </si>
+  <si>
+    <t>1,021.251</t>
+  </si>
+  <si>
+    <t>835.927</t>
+  </si>
+  <si>
+    <t>785.126</t>
   </si>
   <si>
     <t>1,318.729</t>
   </si>
   <si>
     <t>15,492.338</t>
   </si>
   <si>
-    <t>6,884.440</t>
-[...10 lines deleted...]
-  <si>
     <t>2,198.416</t>
   </si>
   <si>
+    <t>217.080</t>
+  </si>
+  <si>
+    <t>1.740</t>
+  </si>
+  <si>
+    <t>107.095</t>
+  </si>
+  <si>
+    <t>0.680</t>
+  </si>
+  <si>
     <t>107.565</t>
   </si>
   <si>
-    <t>1,430.176</t>
-[...22 lines deleted...]
-  <si>
     <t>3,446.391</t>
+  </si>
+  <si>
+    <t>2,637.076</t>
+  </si>
+  <si>
+    <t>736.792</t>
+  </si>
+  <si>
+    <t>234.066</t>
   </si>
   <si>
     <t>1,666.218</t>
   </si>
   <si>
     <t>74.510</t>
   </si>
   <si>
     <t>72.096</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1382,1404 +1970,2010 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F67"/>
+  <dimension ref="A1:I67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F36" sqref="F36"/>
+      <selection activeCell="I36" sqref="I36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:6">
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6">
+        <v>14</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6">
+        <v>23</v>
+      </c>
+      <c r="G3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>85</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10" t="s">
+        <v>88</v>
+      </c>
+      <c r="I10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" t="s">
+        <v>97</v>
+      </c>
+      <c r="I11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>103</v>
+      </c>
+      <c r="F12" t="s">
+        <v>104</v>
+      </c>
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" t="s">
+        <v>106</v>
+      </c>
+      <c r="I12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>112</v>
+      </c>
+      <c r="F13" t="s">
+        <v>113</v>
+      </c>
+      <c r="G13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>121</v>
+      </c>
+      <c r="F14" t="s">
+        <v>122</v>
+      </c>
+      <c r="G14" t="s">
+        <v>123</v>
+      </c>
+      <c r="H14" t="s">
+        <v>124</v>
+      </c>
+      <c r="I14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>129</v>
+      </c>
+      <c r="E15" t="s">
+        <v>130</v>
+      </c>
+      <c r="F15" t="s">
+        <v>131</v>
+      </c>
+      <c r="G15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H15" t="s">
+        <v>133</v>
+      </c>
+      <c r="I15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" t="s">
+        <v>138</v>
+      </c>
+      <c r="E16" t="s">
+        <v>139</v>
+      </c>
+      <c r="F16" t="s">
+        <v>140</v>
+      </c>
+      <c r="G16" t="s">
+        <v>141</v>
+      </c>
+      <c r="H16" t="s">
+        <v>142</v>
+      </c>
+      <c r="I16" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>144</v>
+      </c>
+      <c r="B17" t="s">
+        <v>145</v>
+      </c>
+      <c r="C17" t="s">
+        <v>146</v>
+      </c>
+      <c r="D17" t="s">
+        <v>147</v>
+      </c>
+      <c r="E17" t="s">
+        <v>148</v>
+      </c>
+      <c r="F17" t="s">
+        <v>149</v>
+      </c>
+      <c r="G17" t="s">
+        <v>150</v>
+      </c>
+      <c r="H17" t="s">
+        <v>151</v>
+      </c>
+      <c r="I17" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>153</v>
+      </c>
+      <c r="B18" t="s">
+        <v>154</v>
+      </c>
+      <c r="C18" t="s">
+        <v>155</v>
+      </c>
+      <c r="D18" t="s">
+        <v>156</v>
+      </c>
+      <c r="E18" t="s">
+        <v>157</v>
+      </c>
+      <c r="F18" t="s">
+        <v>158</v>
+      </c>
+      <c r="G18" t="s">
+        <v>159</v>
+      </c>
+      <c r="H18" t="s">
+        <v>160</v>
+      </c>
+      <c r="I18" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>162</v>
+      </c>
+      <c r="B19" t="s">
+        <v>163</v>
+      </c>
+      <c r="C19" t="s">
+        <v>164</v>
+      </c>
+      <c r="D19" t="s">
+        <v>165</v>
+      </c>
+      <c r="E19" t="s">
+        <v>166</v>
+      </c>
+      <c r="F19" t="s">
+        <v>167</v>
+      </c>
+      <c r="G19" t="s">
+        <v>168</v>
+      </c>
+      <c r="H19" t="s">
+        <v>169</v>
+      </c>
+      <c r="I19" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>171</v>
+      </c>
+      <c r="B20" t="s">
+        <v>172</v>
+      </c>
+      <c r="C20" t="s">
+        <v>173</v>
+      </c>
+      <c r="D20" t="s">
+        <v>174</v>
+      </c>
+      <c r="E20" t="s">
+        <v>175</v>
+      </c>
+      <c r="F20" t="s">
+        <v>176</v>
+      </c>
+      <c r="G20" t="s">
+        <v>177</v>
+      </c>
+      <c r="H20" t="s">
+        <v>178</v>
+      </c>
+      <c r="I20" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>180</v>
+      </c>
+      <c r="B21" t="s">
+        <v>181</v>
+      </c>
+      <c r="C21" t="s">
+        <v>182</v>
+      </c>
+      <c r="D21" t="s">
+        <v>183</v>
+      </c>
+      <c r="E21" t="s">
+        <v>184</v>
+      </c>
+      <c r="F21" t="s">
+        <v>185</v>
+      </c>
+      <c r="G21" t="s">
+        <v>186</v>
+      </c>
+      <c r="H21" t="s">
+        <v>187</v>
+      </c>
+      <c r="I21" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>189</v>
+      </c>
+      <c r="B22" t="s">
+        <v>190</v>
+      </c>
+      <c r="C22" t="s">
+        <v>191</v>
+      </c>
+      <c r="D22" t="s">
+        <v>192</v>
+      </c>
+      <c r="E22" t="s">
+        <v>193</v>
+      </c>
+      <c r="F22" t="s">
+        <v>194</v>
+      </c>
+      <c r="G22" t="s">
+        <v>195</v>
+      </c>
+      <c r="H22" t="s">
+        <v>196</v>
+      </c>
+      <c r="I22" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>198</v>
+      </c>
+      <c r="B23" t="s">
+        <v>199</v>
+      </c>
+      <c r="C23" t="s">
+        <v>200</v>
+      </c>
+      <c r="D23" t="s">
+        <v>201</v>
+      </c>
+      <c r="E23" t="s">
+        <v>202</v>
+      </c>
+      <c r="F23" t="s">
+        <v>203</v>
+      </c>
+      <c r="G23" t="s">
+        <v>204</v>
+      </c>
+      <c r="H23" t="s">
+        <v>205</v>
+      </c>
+      <c r="I23" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>207</v>
+      </c>
+      <c r="B24" t="s">
+        <v>208</v>
+      </c>
+      <c r="C24" t="s">
+        <v>209</v>
+      </c>
+      <c r="D24" t="s">
+        <v>210</v>
+      </c>
+      <c r="E24" t="s">
+        <v>211</v>
+      </c>
+      <c r="F24" t="s">
+        <v>212</v>
+      </c>
+      <c r="G24" t="s">
+        <v>213</v>
+      </c>
+      <c r="H24" t="s">
+        <v>214</v>
+      </c>
+      <c r="I24" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>216</v>
+      </c>
+      <c r="B25" t="s">
+        <v>217</v>
+      </c>
+      <c r="C25" t="s">
+        <v>218</v>
+      </c>
+      <c r="D25" t="s">
+        <v>219</v>
+      </c>
+      <c r="E25" t="s">
+        <v>220</v>
+      </c>
+      <c r="F25" t="s">
+        <v>221</v>
+      </c>
+      <c r="G25" t="s">
+        <v>222</v>
+      </c>
+      <c r="H25" t="s">
+        <v>223</v>
+      </c>
+      <c r="I25" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>225</v>
+      </c>
+      <c r="B26" t="s">
+        <v>226</v>
+      </c>
+      <c r="C26" t="s">
+        <v>227</v>
+      </c>
+      <c r="D26" t="s">
+        <v>228</v>
+      </c>
+      <c r="E26" t="s">
+        <v>229</v>
+      </c>
+      <c r="F26" t="s">
+        <v>230</v>
+      </c>
+      <c r="G26" t="s">
+        <v>231</v>
+      </c>
+      <c r="H26" t="s">
+        <v>232</v>
+      </c>
+      <c r="I26" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>234</v>
+      </c>
+      <c r="B27" t="s">
+        <v>235</v>
+      </c>
+      <c r="C27" t="s">
+        <v>236</v>
+      </c>
+      <c r="D27" t="s">
+        <v>237</v>
+      </c>
+      <c r="E27" t="s">
+        <v>238</v>
+      </c>
+      <c r="F27" t="s">
+        <v>239</v>
+      </c>
+      <c r="G27" t="s">
+        <v>240</v>
+      </c>
+      <c r="H27" t="s">
+        <v>241</v>
+      </c>
+      <c r="I27" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>243</v>
+      </c>
+      <c r="B28" t="s">
+        <v>244</v>
+      </c>
+      <c r="C28" t="s">
+        <v>245</v>
+      </c>
+      <c r="D28" t="s">
+        <v>246</v>
+      </c>
+      <c r="E28" t="s">
+        <v>247</v>
+      </c>
+      <c r="F28" t="s">
+        <v>248</v>
+      </c>
+      <c r="G28" t="s">
+        <v>249</v>
+      </c>
+      <c r="H28" t="s">
+        <v>250</v>
+      </c>
+      <c r="I28" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>252</v>
+      </c>
+      <c r="B29" t="s">
+        <v>253</v>
+      </c>
+      <c r="C29" t="s">
+        <v>254</v>
+      </c>
+      <c r="D29" t="s">
+        <v>255</v>
+      </c>
+      <c r="E29" t="s">
+        <v>256</v>
+      </c>
+      <c r="F29" t="s">
+        <v>257</v>
+      </c>
+      <c r="G29" t="s">
+        <v>258</v>
+      </c>
+      <c r="H29" t="s">
+        <v>259</v>
+      </c>
+      <c r="I29" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>261</v>
+      </c>
+      <c r="B30" t="s">
+        <v>262</v>
+      </c>
+      <c r="C30" t="s">
+        <v>263</v>
+      </c>
+      <c r="D30" t="s">
+        <v>196</v>
+      </c>
+      <c r="E30" t="s">
+        <v>196</v>
+      </c>
+      <c r="F30" t="s">
+        <v>264</v>
+      </c>
+      <c r="G30" t="s">
+        <v>265</v>
+      </c>
+      <c r="H30" t="s">
+        <v>196</v>
+      </c>
+      <c r="I30" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>267</v>
+      </c>
+      <c r="B31" t="s">
+        <v>268</v>
+      </c>
+      <c r="C31" t="s">
+        <v>269</v>
+      </c>
+      <c r="D31" t="s">
+        <v>270</v>
+      </c>
+      <c r="E31" t="s">
+        <v>271</v>
+      </c>
+      <c r="F31" t="s">
+        <v>272</v>
+      </c>
+      <c r="G31" t="s">
+        <v>273</v>
+      </c>
+      <c r="H31" t="s">
+        <v>274</v>
+      </c>
+      <c r="I31" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>276</v>
+      </c>
+      <c r="B32" t="s">
+        <v>277</v>
+      </c>
+      <c r="C32" t="s">
+        <v>278</v>
+      </c>
+      <c r="D32" t="s">
+        <v>196</v>
+      </c>
+      <c r="E32" t="s">
+        <v>196</v>
+      </c>
+      <c r="F32" t="s">
+        <v>279</v>
+      </c>
+      <c r="G32" t="s">
+        <v>196</v>
+      </c>
+      <c r="H32" t="s">
+        <v>279</v>
+      </c>
+      <c r="I32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>280</v>
+      </c>
+      <c r="B33" t="s">
+        <v>281</v>
+      </c>
+      <c r="C33" t="s">
+        <v>282</v>
+      </c>
+      <c r="D33" t="s">
+        <v>196</v>
+      </c>
+      <c r="E33" t="s">
+        <v>196</v>
+      </c>
+      <c r="F33" t="s">
+        <v>283</v>
+      </c>
+      <c r="G33" t="s">
+        <v>284</v>
+      </c>
+      <c r="H33" t="s">
+        <v>196</v>
+      </c>
+      <c r="I33" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>286</v>
+      </c>
+      <c r="B34" t="s">
+        <v>287</v>
+      </c>
+      <c r="C34" t="s">
+        <v>287</v>
+      </c>
+      <c r="D34" t="s">
+        <v>196</v>
+      </c>
+      <c r="E34" t="s">
+        <v>196</v>
+      </c>
+      <c r="F34" t="s">
+        <v>196</v>
+      </c>
+      <c r="G34" t="s">
+        <v>196</v>
+      </c>
+      <c r="H34" t="s">
+        <v>196</v>
+      </c>
+      <c r="I34" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>288</v>
+      </c>
+      <c r="B35" t="s">
+        <v>289</v>
+      </c>
+      <c r="C35" t="s">
+        <v>290</v>
+      </c>
+      <c r="D35" t="s">
+        <v>196</v>
+      </c>
+      <c r="E35" t="s">
+        <v>196</v>
+      </c>
+      <c r="F35" t="s">
+        <v>196</v>
+      </c>
+      <c r="G35" t="s">
+        <v>196</v>
+      </c>
+      <c r="H35" t="s">
+        <v>196</v>
+      </c>
+      <c r="I35" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
-[...25 lines deleted...]
-      <c r="D5" t="s">
+      <c r="B37" t="s">
+        <v>300</v>
+      </c>
+      <c r="C37" t="s">
+        <v>301</v>
+      </c>
+      <c r="D37" t="s">
+        <v>302</v>
+      </c>
+      <c r="E37" t="s">
+        <v>303</v>
+      </c>
+      <c r="F37" t="s">
+        <v>304</v>
+      </c>
+      <c r="G37" t="s">
+        <v>305</v>
+      </c>
+      <c r="H37" t="s">
+        <v>306</v>
+      </c>
+      <c r="I37" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
         <v>27</v>
       </c>
-      <c r="E5" t="s">
-[...27 lines deleted...]
-      <c r="A7" t="s">
+      <c r="B38" t="s">
+        <v>308</v>
+      </c>
+      <c r="C38" t="s">
+        <v>309</v>
+      </c>
+      <c r="D38" t="s">
+        <v>310</v>
+      </c>
+      <c r="E38" t="s">
+        <v>311</v>
+      </c>
+      <c r="F38" t="s">
+        <v>312</v>
+      </c>
+      <c r="G38" t="s">
+        <v>313</v>
+      </c>
+      <c r="H38" t="s">
+        <v>314</v>
+      </c>
+      <c r="I38" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
         <v>36</v>
       </c>
-      <c r="B7" t="s">
-[...25 lines deleted...]
-      <c r="D8" t="s">
+      <c r="B39" t="s">
+        <v>316</v>
+      </c>
+      <c r="C39" t="s">
+        <v>317</v>
+      </c>
+      <c r="D39" t="s">
+        <v>318</v>
+      </c>
+      <c r="E39" t="s">
+        <v>319</v>
+      </c>
+      <c r="F39" t="s">
+        <v>320</v>
+      </c>
+      <c r="G39" t="s">
+        <v>321</v>
+      </c>
+      <c r="H39" t="s">
+        <v>322</v>
+      </c>
+      <c r="I39" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
         <v>45</v>
       </c>
-      <c r="E8" t="s">
-[...27 lines deleted...]
-      <c r="A10" t="s">
+      <c r="B40" t="s">
+        <v>323</v>
+      </c>
+      <c r="C40" t="s">
+        <v>324</v>
+      </c>
+      <c r="D40" t="s">
+        <v>325</v>
+      </c>
+      <c r="E40" t="s">
+        <v>326</v>
+      </c>
+      <c r="F40" t="s">
+        <v>327</v>
+      </c>
+      <c r="G40" t="s">
+        <v>328</v>
+      </c>
+      <c r="H40" t="s">
+        <v>329</v>
+      </c>
+      <c r="I40" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
         <v>54</v>
       </c>
-      <c r="B10" t="s">
-[...25 lines deleted...]
-      <c r="D11" t="s">
+      <c r="B41" t="s">
+        <v>331</v>
+      </c>
+      <c r="C41" t="s">
+        <v>332</v>
+      </c>
+      <c r="D41" t="s">
+        <v>333</v>
+      </c>
+      <c r="E41" t="s">
+        <v>334</v>
+      </c>
+      <c r="F41" t="s">
+        <v>335</v>
+      </c>
+      <c r="G41" t="s">
+        <v>336</v>
+      </c>
+      <c r="H41" t="s">
+        <v>337</v>
+      </c>
+      <c r="I41" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
-[...27 lines deleted...]
-      <c r="A13" t="s">
+      <c r="B42" t="s">
+        <v>339</v>
+      </c>
+      <c r="C42" t="s">
+        <v>340</v>
+      </c>
+      <c r="D42" t="s">
+        <v>341</v>
+      </c>
+      <c r="E42" t="s">
+        <v>342</v>
+      </c>
+      <c r="F42" t="s">
+        <v>343</v>
+      </c>
+      <c r="G42" t="s">
+        <v>344</v>
+      </c>
+      <c r="H42" t="s">
+        <v>345</v>
+      </c>
+      <c r="I42" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
-[...25 lines deleted...]
-      <c r="D14" t="s">
+      <c r="B43" t="s">
+        <v>347</v>
+      </c>
+      <c r="C43" t="s">
+        <v>348</v>
+      </c>
+      <c r="D43" t="s">
+        <v>349</v>
+      </c>
+      <c r="E43" t="s">
+        <v>350</v>
+      </c>
+      <c r="F43" t="s">
+        <v>351</v>
+      </c>
+      <c r="G43" t="s">
+        <v>352</v>
+      </c>
+      <c r="H43" t="s">
+        <v>353</v>
+      </c>
+      <c r="I43" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
         <v>81</v>
       </c>
-      <c r="E14" t="s">
-[...27 lines deleted...]
-      <c r="A16" t="s">
+      <c r="B44" t="s">
+        <v>355</v>
+      </c>
+      <c r="C44" t="s">
+        <v>356</v>
+      </c>
+      <c r="D44" t="s">
+        <v>357</v>
+      </c>
+      <c r="E44" t="s">
+        <v>358</v>
+      </c>
+      <c r="F44" t="s">
+        <v>359</v>
+      </c>
+      <c r="G44" t="s">
+        <v>360</v>
+      </c>
+      <c r="H44" t="s">
+        <v>361</v>
+      </c>
+      <c r="I44" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
-[...25 lines deleted...]
-      <c r="D17" t="s">
+      <c r="B45" t="s">
+        <v>363</v>
+      </c>
+      <c r="C45" t="s">
+        <v>364</v>
+      </c>
+      <c r="D45" t="s">
+        <v>365</v>
+      </c>
+      <c r="E45" t="s">
+        <v>366</v>
+      </c>
+      <c r="F45" t="s">
+        <v>367</v>
+      </c>
+      <c r="G45" t="s">
+        <v>368</v>
+      </c>
+      <c r="H45" t="s">
+        <v>369</v>
+      </c>
+      <c r="I45" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
         <v>99</v>
       </c>
-      <c r="E17" t="s">
-[...27 lines deleted...]
-      <c r="A19" t="s">
+      <c r="B46" t="s">
+        <v>371</v>
+      </c>
+      <c r="C46" t="s">
+        <v>372</v>
+      </c>
+      <c r="D46" t="s">
+        <v>373</v>
+      </c>
+      <c r="E46" t="s">
+        <v>374</v>
+      </c>
+      <c r="F46" t="s">
+        <v>375</v>
+      </c>
+      <c r="G46" t="s">
+        <v>376</v>
+      </c>
+      <c r="H46" t="s">
+        <v>377</v>
+      </c>
+      <c r="I46" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
-[...25 lines deleted...]
-      <c r="D20" t="s">
+      <c r="B47" t="s">
+        <v>379</v>
+      </c>
+      <c r="C47" t="s">
+        <v>380</v>
+      </c>
+      <c r="D47" t="s">
+        <v>381</v>
+      </c>
+      <c r="E47" t="s">
+        <v>382</v>
+      </c>
+      <c r="F47" t="s">
+        <v>383</v>
+      </c>
+      <c r="G47" t="s">
+        <v>384</v>
+      </c>
+      <c r="H47" t="s">
+        <v>385</v>
+      </c>
+      <c r="I47" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
         <v>117</v>
       </c>
-      <c r="E20" t="s">
-[...27 lines deleted...]
-      <c r="A22" t="s">
+      <c r="B48" t="s">
+        <v>387</v>
+      </c>
+      <c r="C48" t="s">
+        <v>388</v>
+      </c>
+      <c r="D48" t="s">
+        <v>389</v>
+      </c>
+      <c r="E48" t="s">
+        <v>390</v>
+      </c>
+      <c r="F48" t="s">
+        <v>391</v>
+      </c>
+      <c r="G48" t="s">
+        <v>392</v>
+      </c>
+      <c r="H48" t="s">
+        <v>393</v>
+      </c>
+      <c r="I48" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
         <v>126</v>
       </c>
-      <c r="B22" t="s">
-[...25 lines deleted...]
-      <c r="D23" t="s">
+      <c r="B49" t="s">
+        <v>395</v>
+      </c>
+      <c r="C49" t="s">
+        <v>396</v>
+      </c>
+      <c r="D49" t="s">
+        <v>397</v>
+      </c>
+      <c r="E49" t="s">
+        <v>398</v>
+      </c>
+      <c r="F49" t="s">
+        <v>399</v>
+      </c>
+      <c r="G49" t="s">
+        <v>400</v>
+      </c>
+      <c r="H49" t="s">
+        <v>401</v>
+      </c>
+      <c r="I49" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
         <v>135</v>
       </c>
-      <c r="E23" t="s">
-[...27 lines deleted...]
-      <c r="A25" t="s">
+      <c r="B50" t="s">
+        <v>403</v>
+      </c>
+      <c r="C50" t="s">
+        <v>404</v>
+      </c>
+      <c r="D50" t="s">
+        <v>405</v>
+      </c>
+      <c r="E50" t="s">
+        <v>406</v>
+      </c>
+      <c r="F50" t="s">
+        <v>407</v>
+      </c>
+      <c r="G50" t="s">
+        <v>408</v>
+      </c>
+      <c r="H50" t="s">
+        <v>409</v>
+      </c>
+      <c r="I50" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
         <v>144</v>
       </c>
-      <c r="B25" t="s">
-[...25 lines deleted...]
-      <c r="D26" t="s">
+      <c r="B51" t="s">
+        <v>411</v>
+      </c>
+      <c r="C51" t="s">
+        <v>412</v>
+      </c>
+      <c r="D51" t="s">
+        <v>413</v>
+      </c>
+      <c r="E51" t="s">
+        <v>414</v>
+      </c>
+      <c r="F51" t="s">
+        <v>415</v>
+      </c>
+      <c r="G51" t="s">
+        <v>416</v>
+      </c>
+      <c r="H51" t="s">
+        <v>417</v>
+      </c>
+      <c r="I51" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
         <v>153</v>
       </c>
-      <c r="E26" t="s">
-[...27 lines deleted...]
-      <c r="A28" t="s">
+      <c r="B52" t="s">
+        <v>419</v>
+      </c>
+      <c r="C52" t="s">
+        <v>420</v>
+      </c>
+      <c r="D52" t="s">
+        <v>421</v>
+      </c>
+      <c r="E52" t="s">
+        <v>422</v>
+      </c>
+      <c r="F52" t="s">
+        <v>423</v>
+      </c>
+      <c r="G52" t="s">
+        <v>424</v>
+      </c>
+      <c r="H52" t="s">
+        <v>425</v>
+      </c>
+      <c r="I52" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
         <v>162</v>
       </c>
-      <c r="B28" t="s">
-[...25 lines deleted...]
-      <c r="D29" t="s">
+      <c r="B53" t="s">
+        <v>427</v>
+      </c>
+      <c r="C53" t="s">
+        <v>428</v>
+      </c>
+      <c r="D53" t="s">
+        <v>429</v>
+      </c>
+      <c r="E53" t="s">
+        <v>430</v>
+      </c>
+      <c r="F53" t="s">
+        <v>431</v>
+      </c>
+      <c r="G53" t="s">
+        <v>432</v>
+      </c>
+      <c r="H53" t="s">
+        <v>433</v>
+      </c>
+      <c r="I53" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
         <v>171</v>
       </c>
-      <c r="E29" t="s">
-[...47 lines deleted...]
-      <c r="A32" t="s">
+      <c r="B54" t="s">
+        <v>435</v>
+      </c>
+      <c r="C54" t="s">
+        <v>436</v>
+      </c>
+      <c r="D54" t="s">
+        <v>437</v>
+      </c>
+      <c r="E54" t="s">
+        <v>438</v>
+      </c>
+      <c r="F54" t="s">
+        <v>439</v>
+      </c>
+      <c r="G54" t="s">
+        <v>440</v>
+      </c>
+      <c r="H54" t="s">
+        <v>441</v>
+      </c>
+      <c r="I54" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
         <v>180</v>
       </c>
-      <c r="B32" t="s">
-[...59 lines deleted...]
-      <c r="B35" t="s">
+      <c r="B55" t="s">
+        <v>443</v>
+      </c>
+      <c r="C55" t="s">
+        <v>444</v>
+      </c>
+      <c r="D55" t="s">
+        <v>445</v>
+      </c>
+      <c r="E55" t="s">
+        <v>446</v>
+      </c>
+      <c r="F55" t="s">
+        <v>447</v>
+      </c>
+      <c r="G55" t="s">
+        <v>448</v>
+      </c>
+      <c r="H55" t="s">
+        <v>449</v>
+      </c>
+      <c r="I55" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
         <v>189</v>
       </c>
-      <c r="C35" t="s">
-[...28 lines deleted...]
-      <c r="F36" s="2" t="s">
+      <c r="B56" t="s">
+        <v>451</v>
+      </c>
+      <c r="C56" t="s">
+        <v>452</v>
+      </c>
+      <c r="D56" t="s">
+        <v>453</v>
+      </c>
+      <c r="E56" t="s">
         <v>196</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C37" t="s">
+      <c r="F56" t="s">
+        <v>454</v>
+      </c>
+      <c r="G56" t="s">
+        <v>196</v>
+      </c>
+      <c r="H56" t="s">
+        <v>196</v>
+      </c>
+      <c r="I56" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
         <v>198</v>
       </c>
-      <c r="D37" t="s">
-[...33 lines deleted...]
-      <c r="B39" t="s">
+      <c r="B57" t="s">
+        <v>456</v>
+      </c>
+      <c r="C57" t="s">
+        <v>457</v>
+      </c>
+      <c r="D57" t="s">
+        <v>458</v>
+      </c>
+      <c r="E57" t="s">
+        <v>459</v>
+      </c>
+      <c r="F57" t="s">
+        <v>460</v>
+      </c>
+      <c r="G57" t="s">
+        <v>461</v>
+      </c>
+      <c r="H57" t="s">
+        <v>462</v>
+      </c>
+      <c r="I57" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
         <v>207</v>
       </c>
-      <c r="C39" t="s">
-[...36 lines deleted...]
-      <c r="B41" t="s">
+      <c r="B58" t="s">
+        <v>463</v>
+      </c>
+      <c r="C58" t="s">
+        <v>464</v>
+      </c>
+      <c r="D58" t="s">
+        <v>465</v>
+      </c>
+      <c r="E58" t="s">
+        <v>466</v>
+      </c>
+      <c r="F58" t="s">
+        <v>467</v>
+      </c>
+      <c r="G58" t="s">
+        <v>468</v>
+      </c>
+      <c r="H58" t="s">
+        <v>469</v>
+      </c>
+      <c r="I58" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
         <v>216</v>
       </c>
-      <c r="C41" t="s">
-[...65 lines deleted...]
-      <c r="E44" t="s">
+      <c r="B59" t="s">
+        <v>470</v>
+      </c>
+      <c r="C59" t="s">
+        <v>471</v>
+      </c>
+      <c r="D59" t="s">
+        <v>472</v>
+      </c>
+      <c r="E59" t="s">
+        <v>473</v>
+      </c>
+      <c r="F59" t="s">
+        <v>474</v>
+      </c>
+      <c r="G59" t="s">
+        <v>475</v>
+      </c>
+      <c r="H59" t="s">
+        <v>476</v>
+      </c>
+      <c r="I59" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
         <v>234</v>
       </c>
-      <c r="F44" t="s">
-[...33 lines deleted...]
-      <c r="D46" t="s">
+      <c r="B60" t="s">
+        <v>478</v>
+      </c>
+      <c r="C60" t="s">
+        <v>479</v>
+      </c>
+      <c r="D60" t="s">
+        <v>480</v>
+      </c>
+      <c r="E60" t="s">
+        <v>481</v>
+      </c>
+      <c r="F60" t="s">
+        <v>482</v>
+      </c>
+      <c r="G60" t="s">
+        <v>483</v>
+      </c>
+      <c r="H60" t="s">
+        <v>484</v>
+      </c>
+      <c r="I60" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
         <v>243</v>
       </c>
-      <c r="E46" t="s">
-[...33 lines deleted...]
-      <c r="C48" t="s">
+      <c r="B61" t="s">
+        <v>486</v>
+      </c>
+      <c r="C61" t="s">
+        <v>487</v>
+      </c>
+      <c r="D61" t="s">
+        <v>488</v>
+      </c>
+      <c r="E61" t="s">
+        <v>489</v>
+      </c>
+      <c r="F61" t="s">
+        <v>490</v>
+      </c>
+      <c r="G61" t="s">
+        <v>491</v>
+      </c>
+      <c r="H61" t="s">
+        <v>492</v>
+      </c>
+      <c r="I61" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
         <v>252</v>
       </c>
-      <c r="D48" t="s">
-[...33 lines deleted...]
-      <c r="B50" t="s">
+      <c r="B62" t="s">
+        <v>494</v>
+      </c>
+      <c r="C62" t="s">
+        <v>495</v>
+      </c>
+      <c r="D62" t="s">
+        <v>496</v>
+      </c>
+      <c r="E62" t="s">
+        <v>497</v>
+      </c>
+      <c r="F62" t="s">
+        <v>498</v>
+      </c>
+      <c r="G62" t="s">
+        <v>497</v>
+      </c>
+      <c r="H62" t="s">
+        <v>497</v>
+      </c>
+      <c r="I62" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>280</v>
+      </c>
+      <c r="B63" t="s">
+        <v>500</v>
+      </c>
+      <c r="C63" t="s">
+        <v>501</v>
+      </c>
+      <c r="D63" t="s">
+        <v>502</v>
+      </c>
+      <c r="E63" t="s">
+        <v>503</v>
+      </c>
+      <c r="F63" t="s">
+        <v>504</v>
+      </c>
+      <c r="G63" t="s">
+        <v>505</v>
+      </c>
+      <c r="H63" t="s">
+        <v>196</v>
+      </c>
+      <c r="I63" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>267</v>
+      </c>
+      <c r="B64" t="s">
+        <v>507</v>
+      </c>
+      <c r="C64" t="s">
+        <v>508</v>
+      </c>
+      <c r="D64" t="s">
+        <v>509</v>
+      </c>
+      <c r="E64" t="s">
+        <v>510</v>
+      </c>
+      <c r="F64" t="s">
+        <v>511</v>
+      </c>
+      <c r="G64" t="s">
+        <v>512</v>
+      </c>
+      <c r="H64" t="s">
+        <v>513</v>
+      </c>
+      <c r="I64" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>276</v>
+      </c>
+      <c r="B65" t="s">
+        <v>515</v>
+      </c>
+      <c r="C65" t="s">
+        <v>516</v>
+      </c>
+      <c r="D65" t="s">
+        <v>196</v>
+      </c>
+      <c r="E65" t="s">
+        <v>517</v>
+      </c>
+      <c r="F65" t="s">
+        <v>518</v>
+      </c>
+      <c r="G65" t="s">
+        <v>519</v>
+      </c>
+      <c r="H65" t="s">
+        <v>520</v>
+      </c>
+      <c r="I65" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
         <v>261</v>
       </c>
-      <c r="C50" t="s">
-[...102 lines deleted...]
-      <c r="D55" t="s">
+      <c r="B66" t="s">
+        <v>521</v>
+      </c>
+      <c r="C66" t="s">
+        <v>522</v>
+      </c>
+      <c r="D66" t="s">
+        <v>196</v>
+      </c>
+      <c r="E66" t="s">
+        <v>196</v>
+      </c>
+      <c r="F66" t="s">
+        <v>523</v>
+      </c>
+      <c r="G66" t="s">
+        <v>524</v>
+      </c>
+      <c r="H66" t="s">
+        <v>196</v>
+      </c>
+      <c r="I66" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
         <v>288</v>
       </c>
-      <c r="E55" t="s">
-[...229 lines deleted...]
-      </c>
       <c r="B67" t="s">
-        <v>330</v>
+        <v>526</v>
       </c>
       <c r="C67" t="s">
-        <v>331</v>
+        <v>527</v>
       </c>
       <c r="D67" t="s">
-        <v>171</v>
+        <v>196</v>
       </c>
       <c r="E67" t="s">
-        <v>171</v>
+        <v>196</v>
       </c>
       <c r="F67" t="s">
-        <v>331</v>
+        <v>196</v>
+      </c>
+      <c r="G67" t="s">
+        <v>196</v>
+      </c>
+      <c r="H67" t="s">
+        <v>196</v>
+      </c>
+      <c r="I67" t="s">
+        <v>527</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">