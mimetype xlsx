--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -17,501 +17,501 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>กรมสรรพากร</t>
   </si>
   <si>
+    <t>317,550</t>
+  </si>
+  <si>
     <t>193,059</t>
   </si>
   <si>
     <t>156,582</t>
   </si>
   <si>
-    <t>313,931</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีเงินได้บุคคลธรรมดา</t>
   </si>
   <si>
+    <t>28,245</t>
+  </si>
+  <si>
     <t>28,079</t>
   </si>
   <si>
     <t>32,573</t>
   </si>
   <si>
-    <t>42,153</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีเงินได้นิติบุคคล</t>
   </si>
   <si>
+    <t>194,871</t>
+  </si>
+  <si>
     <t>66,573</t>
   </si>
   <si>
     <t>33,232</t>
   </si>
   <si>
-    <t>185,068</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีเงินได้ปิโตรเลียม</t>
   </si>
   <si>
+    <t>29</t>
+  </si>
+  <si>
     <t>4,307</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ภาษีมูลค่าเพิ่ม</t>
   </si>
   <si>
+    <t>87,177</t>
+  </si>
+  <si>
     <t>87,828</t>
   </si>
   <si>
     <t>83,268</t>
   </si>
   <si>
-    <t>79,520</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีธุรกิจเฉพาะ</t>
   </si>
   <si>
+    <t>5,637</t>
+  </si>
+  <si>
     <t>4,905</t>
   </si>
   <si>
     <t>5,950</t>
   </si>
   <si>
-    <t>5,792</t>
-[...1 lines deleted...]
-  <si>
     <t>อากรแสตมป์</t>
   </si>
   <si>
+    <t>1,412</t>
+  </si>
+  <si>
     <t>1,296</t>
   </si>
   <si>
     <t>1,491</t>
   </si>
   <si>
-    <t>1,308</t>
-[...1 lines deleted...]
-  <si>
     <t>รายได้อื่น</t>
   </si>
   <si>
+    <t>50</t>
+  </si>
+  <si>
     <t>46</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>กรมสรรพสามิต</t>
   </si>
   <si>
+    <t>47,484</t>
+  </si>
+  <si>
     <t>42,547</t>
   </si>
   <si>
     <t>46,241</t>
   </si>
   <si>
-    <t>45,717</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีน้ำมันฯ</t>
   </si>
   <si>
+    <t>23,396</t>
+  </si>
+  <si>
     <t>21,075</t>
   </si>
   <si>
     <t>22,742</t>
   </si>
   <si>
-    <t>21,492</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษียาสูบ</t>
   </si>
   <si>
+    <t>4,050</t>
+  </si>
+  <si>
     <t>3,741</t>
   </si>
   <si>
     <t>4,616</t>
   </si>
   <si>
-    <t>4,638</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีสุราฯ</t>
   </si>
   <si>
+    <t>5,815</t>
+  </si>
+  <si>
     <t>3,926</t>
   </si>
   <si>
     <t>4,333</t>
   </si>
   <si>
-    <t>4,478</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีเบียร์</t>
   </si>
   <si>
+    <t>6,377</t>
+  </si>
+  <si>
     <t>6,247</t>
   </si>
   <si>
     <t>6,543</t>
   </si>
   <si>
-    <t>6,964</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีรถยนต์</t>
   </si>
   <si>
+    <t>4,689</t>
+  </si>
+  <si>
     <t>4,625</t>
   </si>
   <si>
     <t>4,698</t>
   </si>
   <si>
-    <t>4,688</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีเครื่องดื่ม</t>
   </si>
   <si>
+    <t>2,427</t>
+  </si>
+  <si>
     <t>2,128</t>
   </si>
   <si>
     <t>2,150</t>
   </si>
   <si>
-    <t>2,315</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีเครื่องไฟฟ้า</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>ภาษีรถจักรยานยนต์</t>
   </si>
   <si>
+    <t>352</t>
+  </si>
+  <si>
     <t>365</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>419</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีแบตเตอรี่</t>
   </si>
   <si>
+    <t>378</t>
+  </si>
+  <si>
     <t>440</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>371</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีกิจการโทรคมนาคม</t>
   </si>
   <si>
     <t>ภาษีอื่น</t>
   </si>
   <si>
+    <t>302</t>
+  </si>
+  <si>
     <t>299</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>274</t>
+    <t>106</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>กรมศุลกากร</t>
   </si>
   <si>
+    <t>14,499</t>
+  </si>
+  <si>
     <t>9,384</t>
   </si>
   <si>
     <t>9,943</t>
   </si>
   <si>
-    <t>9,454</t>
-[...1 lines deleted...]
-  <si>
     <t>อากรขาเข้า</t>
   </si>
   <si>
+    <t>14,210</t>
+  </si>
+  <si>
     <t>9,293</t>
   </si>
   <si>
     <t>9,740</t>
   </si>
   <si>
-    <t>9,351</t>
-[...1 lines deleted...]
-  <si>
     <t>อากรขาออก</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>3</t>
+    <t>288</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>101</t>
-[...1 lines deleted...]
-  <si>
     <t>หน่วยงานอื่น</t>
   </si>
   <si>
+    <t>25,301</t>
+  </si>
+  <si>
     <t>53,076</t>
   </si>
   <si>
     <t>36,174</t>
   </si>
   <si>
-    <t>16,288</t>
-[...1 lines deleted...]
-  <si>
     <t>ส่วนราชการอื่น</t>
   </si>
   <si>
+    <t>17,549</t>
+  </si>
+  <si>
     <t>39,610</t>
   </si>
   <si>
     <t>17,799</t>
   </si>
   <si>
-    <t>7,552</t>
-[...1 lines deleted...]
-  <si>
     <t>กรมธนารักษ์</t>
   </si>
   <si>
+    <t>321</t>
+  </si>
+  <si>
     <t>513</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>328</t>
-[...1 lines deleted...]
-  <si>
     <t>เงินส่วนเกินจากการจำหน่ายพันธบัตรรัฐบาล</t>
   </si>
   <si>
     <t>แปรรูปรัฐวิสาหกิจ</t>
   </si>
   <si>
     <t>รัฐวิสาหกิจ</t>
   </si>
   <si>
+    <t>7,431</t>
+  </si>
+  <si>
     <t>12,953</t>
   </si>
   <si>
     <t>18,192</t>
   </si>
   <si>
-    <t>8,409</t>
-[...1 lines deleted...]
-  <si>
     <t>รวมรายได้จัดเก็บ (Gross)</t>
   </si>
   <si>
+    <t>404,834</t>
+  </si>
+  <si>
     <t>298,065</t>
   </si>
   <si>
     <t>248,939</t>
   </si>
   <si>
-    <t>385,391</t>
-[...1 lines deleted...]
-  <si>
     <t>หัก</t>
   </si>
   <si>
     <t>คืนภาษีของสรรพากร</t>
   </si>
   <si>
+    <t>36,200</t>
+  </si>
+  <si>
     <t>28,900</t>
   </si>
   <si>
-    <t>28,100</t>
+    <t>32,500</t>
   </si>
   <si>
     <t>25,300</t>
   </si>
   <si>
     <t>24,500</t>
   </si>
   <si>
-    <t>19,000</t>
-[...1 lines deleted...]
-  <si>
     <t>ภาษีอื่นๆ</t>
   </si>
   <si>
+    <t>3,700</t>
+  </si>
+  <si>
     <t>3,600</t>
   </si>
   <si>
     <t>4,400</t>
   </si>
   <si>
-    <t>9,100</t>
-[...1 lines deleted...]
-  <si>
     <t>จัดสรรรายได้จาก VAT ให้ อบจ.</t>
   </si>
   <si>
     <t>2,500</t>
   </si>
   <si>
     <t>2,191</t>
   </si>
   <si>
-    <t>2,131</t>
-[...1 lines deleted...]
-  <si>
     <t>เงินชดเชยภาษีสำหรับสินค้าส่งออก</t>
   </si>
   <si>
+    <t>1,900</t>
+  </si>
+  <si>
     <t>1,300</t>
   </si>
   <si>
     <t>1,060</t>
   </si>
   <si>
-    <t>2,003</t>
-[...1 lines deleted...]
-  <si>
     <t>อากรถอนคืนกรมศุลกากร</t>
   </si>
   <si>
+    <t>657</t>
+  </si>
+  <si>
     <t>726</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>643</t>
-[...1 lines deleted...]
-  <si>
     <t>รวมรายได้สุทธิ (Net)</t>
   </si>
   <si>
+    <t>363,578</t>
+  </si>
+  <si>
     <t>264,639</t>
   </si>
   <si>
     <t>216,101</t>
   </si>
   <si>
-    <t>352,515</t>
-[...1 lines deleted...]
-  <si>
     <t>หักรายได้จัดสรรจาก VAT ให้ อปท. ตาม พ.ร.บ. กำหนดแผนฯ</t>
   </si>
   <si>
+    <t>47,227</t>
+  </si>
+  <si>
     <t>12,748</t>
   </si>
   <si>
     <t>13,581</t>
   </si>
   <si>
-    <t>11,441</t>
-[...1 lines deleted...]
-  <si>
     <t>รายได้สุทธิหลังหักการจัดสรรแล้ว</t>
   </si>
   <si>
+    <t>316,351</t>
+  </si>
+  <si>
     <t>251,891</t>
   </si>
   <si>
     <t>202,521</t>
-  </si>
-[...1 lines deleted...]
-    <t>341,074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -865,51 +865,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D43" sqref="D43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.41333" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>6</v>
@@ -935,501 +935,501 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B24" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D24" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B25" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C26" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D28" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B29" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C29" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D29" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D36" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C37" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>130</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>134</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3" t="s">
         <v>136</v>