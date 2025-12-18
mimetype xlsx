--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1391">
   <si>
     <t>พิกัด</t>
   </si>
   <si>
     <t>มูลค่ารวม</t>
   </si>
   <si>
     <t>ASEAN</t>
   </si>
   <si>
     <t>ASEAN Form D</t>
   </si>
   <si>
     <t>BRUNEI DARUSSALAM</t>
   </si>
   <si>
     <t>BRUNEI DARUSSALAM Form D</t>
   </si>
   <si>
     <t>CAMBODIA</t>
   </si>
   <si>
     <t>CAMBODIA Form D</t>
   </si>
   <si>
@@ -83,4143 +83,4152 @@
   <si>
     <t>MYANMAR Form D</t>
   </si>
   <si>
     <t>PHILIPPINES</t>
   </si>
   <si>
     <t>PHILIPPINES Form D</t>
   </si>
   <si>
     <t>SINGAPORE</t>
   </si>
   <si>
     <t>SINGAPORE Form D</t>
   </si>
   <si>
     <t>VIETNAM</t>
   </si>
   <si>
     <t>VIETNAM Form D</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
-    <t>416,268,263</t>
-[...2 lines deleted...]
-    <t>260,406</t>
+    <t>491,645,485</t>
+  </si>
+  <si>
+    <t>211,406</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>57,576</t>
-[...5 lines deleted...]
-    <t>18,254</t>
+    <t>31,576</t>
+  </si>
+  <si>
+    <t>14,254</t>
+  </si>
+  <si>
+    <t>20,000</t>
+  </si>
+  <si>
+    <t>58,810</t>
+  </si>
+  <si>
+    <t>53,405</t>
+  </si>
+  <si>
+    <t>33,361</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>2,904,988,918</t>
+  </si>
+  <si>
+    <t>355,228</t>
+  </si>
+  <si>
+    <t>112,685</t>
+  </si>
+  <si>
+    <t>242,250</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>29,952,189,588</t>
+  </si>
+  <si>
+    <t>4,865,831,821</t>
+  </si>
+  <si>
+    <t>1,588,384,227</t>
+  </si>
+  <si>
+    <t>1,312,956,669</t>
+  </si>
+  <si>
+    <t>135,801,235</t>
+  </si>
+  <si>
+    <t>47,935,751</t>
+  </si>
+  <si>
+    <t>373,165,181</t>
+  </si>
+  <si>
+    <t>31,062,630</t>
+  </si>
+  <si>
+    <t>850,846,224</t>
+  </si>
+  <si>
+    <t>18,392,494</t>
+  </si>
+  <si>
+    <t>55,715,302</t>
+  </si>
+  <si>
+    <t>1,899,918</t>
+  </si>
+  <si>
+    <t>2,223,312,776</t>
+  </si>
+  <si>
+    <t>1,376,250,811</t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>6,474,011,783</t>
+  </si>
+  <si>
+    <t>389,274,250</t>
+  </si>
+  <si>
+    <t>67,302,833</t>
+  </si>
+  <si>
+    <t>298,155,911</t>
+  </si>
+  <si>
+    <t>32,685,602</t>
+  </si>
+  <si>
+    <t>58,099,286</t>
+  </si>
+  <si>
+    <t>6,735,488</t>
+  </si>
+  <si>
+    <t>2,742,379</t>
+  </si>
+  <si>
+    <t>5,972</t>
+  </si>
+  <si>
+    <t>4,376,532</t>
+  </si>
+  <si>
+    <t>1,992,499</t>
+  </si>
+  <si>
+    <t>25,894,170</t>
+  </si>
+  <si>
+    <t>25,889,244</t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>633,735,134</t>
+  </si>
+  <si>
+    <t>15,659,304</t>
+  </si>
+  <si>
+    <t>5,098,677</t>
+  </si>
+  <si>
+    <t>2,193,261</t>
+  </si>
+  <si>
+    <t>1,106,064</t>
+  </si>
+  <si>
+    <t>178,565</t>
+  </si>
+  <si>
+    <t>3,535,916</t>
+  </si>
+  <si>
+    <t>339,116</t>
+  </si>
+  <si>
+    <t>7,336,735</t>
+  </si>
+  <si>
+    <t>1,710,166</t>
+  </si>
+  <si>
+    <t>1,380,499</t>
+  </si>
+  <si>
+    <t>1,034,328</t>
+  </si>
+  <si>
+    <t>562,832</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>476,320,228</t>
+  </si>
+  <si>
+    <t>128,554,103</t>
+  </si>
+  <si>
+    <t>123,524,213</t>
+  </si>
+  <si>
+    <t>19,675,106</t>
+  </si>
+  <si>
+    <t>16,108,548</t>
+  </si>
+  <si>
+    <t>1,136,216</t>
+  </si>
+  <si>
+    <t>95,928,007</t>
+  </si>
+  <si>
+    <t>94,841,749</t>
+  </si>
+  <si>
+    <t>346,300</t>
+  </si>
+  <si>
+    <t>5,137</t>
+  </si>
+  <si>
+    <t>11,463,337</t>
+  </si>
+  <si>
+    <t>11,091,400</t>
+  </si>
+  <si>
+    <t>07</t>
+  </si>
+  <si>
+    <t>8,227,814,648</t>
+  </si>
+  <si>
+    <t>753,105,660</t>
+  </si>
+  <si>
+    <t>519,229,608</t>
+  </si>
+  <si>
+    <t>3,296,875</t>
+  </si>
+  <si>
+    <t>76,847,599</t>
+  </si>
+  <si>
+    <t>73,697,507</t>
+  </si>
+  <si>
+    <t>252,089,465</t>
+  </si>
+  <si>
+    <t>93,489,825</t>
+  </si>
+  <si>
+    <t>48,654,277</t>
+  </si>
+  <si>
+    <t>47,817,287</t>
+  </si>
+  <si>
+    <t>172,481,996</t>
+  </si>
+  <si>
+    <t>112,443,292</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>199,735,220</t>
+  </si>
+  <si>
+    <t>188,484,822</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>12,020,841,682</t>
+  </si>
+  <si>
+    <t>3,124,456,567</t>
+  </si>
+  <si>
+    <t>1,538,670,903</t>
+  </si>
+  <si>
+    <t>27,823,835</t>
+  </si>
+  <si>
+    <t>14,610,474</t>
+  </si>
+  <si>
+    <t>1,161,805,143</t>
+  </si>
+  <si>
+    <t>238,111,393</t>
+  </si>
+  <si>
+    <t>64,922,680</t>
+  </si>
+  <si>
+    <t>404,137,972</t>
+  </si>
+  <si>
+    <t>394,610,369</t>
+  </si>
+  <si>
+    <t>41,651,422</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>1,424,115,191</t>
+  </si>
+  <si>
+    <t>891,300,610</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>4,252,856,495</t>
+  </si>
+  <si>
+    <t>2,410,569,849</t>
+  </si>
+  <si>
+    <t>2,395,944,495</t>
+  </si>
+  <si>
+    <t>654,915,362</t>
+  </si>
+  <si>
+    <t>652,255,528</t>
+  </si>
+  <si>
+    <t>314,496,955</t>
+  </si>
+  <si>
+    <t>312,612,047</t>
+  </si>
+  <si>
+    <t>205,417,410</t>
+  </si>
+  <si>
+    <t>200,673,894</t>
+  </si>
+  <si>
+    <t>27,394,501</t>
+  </si>
+  <si>
+    <t>27,106,754</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>19,789,259</t>
+  </si>
+  <si>
+    <t>19,764,423</t>
+  </si>
+  <si>
+    <t>1,188,555,511</t>
+  </si>
+  <si>
+    <t>1,183,531,849</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>7,527,042,928</t>
+  </si>
+  <si>
+    <t>1,413,150,600</t>
+  </si>
+  <si>
+    <t>1,327,033,903</t>
+  </si>
+  <si>
+    <t>20,908</t>
+  </si>
+  <si>
+    <t>30,931</t>
+  </si>
+  <si>
+    <t>158,186,409</t>
+  </si>
+  <si>
+    <t>122,064,213</t>
+  </si>
+  <si>
+    <t>297,726</t>
+  </si>
+  <si>
+    <t>1,204,971,537</t>
+  </si>
+  <si>
+    <t>1,204,969,690</t>
+  </si>
+  <si>
+    <t>17,539</t>
+  </si>
+  <si>
+    <t>49,625,550</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>3,155,246,332</t>
+  </si>
+  <si>
+    <t>548,304,940</t>
+  </si>
+  <si>
+    <t>505,026,343</t>
+  </si>
+  <si>
+    <t>11,370,952</t>
+  </si>
+  <si>
+    <t>11,355,795</t>
+  </si>
+  <si>
+    <t>52,898,924</t>
+  </si>
+  <si>
+    <t>51,480,367</t>
+  </si>
+  <si>
+    <t>58,802,842</t>
+  </si>
+  <si>
+    <t>46,671,700</t>
+  </si>
+  <si>
+    <t>1,811,816</t>
+  </si>
+  <si>
+    <t>20,438,498</t>
+  </si>
+  <si>
+    <t>20,435,624</t>
+  </si>
+  <si>
+    <t>402,981,908</t>
+  </si>
+  <si>
+    <t>373,280,494</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>19,760,392,558</t>
+  </si>
+  <si>
+    <t>237,874,759</t>
+  </si>
+  <si>
+    <t>177,986,907</t>
+  </si>
+  <si>
+    <t>39,454,297</t>
+  </si>
+  <si>
+    <t>36,150,446</t>
+  </si>
+  <si>
+    <t>64,159,278</t>
+  </si>
+  <si>
+    <t>38,749,546</t>
+  </si>
+  <si>
+    <t>8,097,643</t>
+  </si>
+  <si>
+    <t>6,698,255</t>
+  </si>
+  <si>
+    <t>80,301,879</t>
+  </si>
+  <si>
+    <t>80,238,409</t>
+  </si>
+  <si>
+    <t>19,139,787</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>26,721,623</t>
+  </si>
+  <si>
+    <t>16,150,251</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>992,599,716</t>
+  </si>
+  <si>
+    <t>73,054,148</t>
+  </si>
+  <si>
+    <t>40,298,308</t>
+  </si>
+  <si>
+    <t>26,213,699</t>
+  </si>
+  <si>
+    <t>25,904,359</t>
+  </si>
+  <si>
+    <t>5,493,049</t>
+  </si>
+  <si>
+    <t>4,358,799</t>
+  </si>
+  <si>
+    <t>5,498,129</t>
+  </si>
+  <si>
+    <t>67,281</t>
+  </si>
+  <si>
+    <t>16,582,993</t>
+  </si>
+  <si>
+    <t>18,867,787</t>
+  </si>
+  <si>
+    <t>123,314</t>
+  </si>
+  <si>
+    <t>398,491</t>
+  </si>
+  <si>
+    <t>397,925</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>195,509,346</t>
+  </si>
+  <si>
+    <t>170,840,370</t>
+  </si>
+  <si>
+    <t>144,484,555</t>
+  </si>
+  <si>
+    <t>100,112,043</t>
+  </si>
+  <si>
+    <t>89,412,304</t>
+  </si>
+  <si>
+    <t>66,360,716</t>
+  </si>
+  <si>
+    <t>51,542,225</t>
+  </si>
+  <si>
+    <t>837,585</t>
+  </si>
+  <si>
+    <t>642,125</t>
+  </si>
+  <si>
+    <t>2,887,901</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>3,372,477,071</t>
+  </si>
+  <si>
+    <t>1,488,718,836</t>
+  </si>
+  <si>
+    <t>1,354,648,397</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>603,909,498</t>
+  </si>
+  <si>
+    <t>597,828,480</t>
+  </si>
+  <si>
+    <t>2,065,372</t>
+  </si>
+  <si>
+    <t>755,864,004</t>
+  </si>
+  <si>
+    <t>658,816,380</t>
+  </si>
+  <si>
+    <t>12,709,296</t>
+  </si>
+  <si>
+    <t>101,614,999</t>
+  </si>
+  <si>
+    <t>75,303,458</t>
+  </si>
+  <si>
+    <t>12,555,547</t>
+  </si>
+  <si>
+    <t>7,994,591</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>3,634,263,369</t>
+  </si>
+  <si>
+    <t>938,581,574</t>
+  </si>
+  <si>
+    <t>746,940,957</t>
+  </si>
+  <si>
+    <t>476,384,212</t>
+  </si>
+  <si>
+    <t>295,528,639</t>
+  </si>
+  <si>
+    <t>18,047,135</t>
+  </si>
+  <si>
+    <t>15,613,337</t>
+  </si>
+  <si>
+    <t>1,297,265</t>
+  </si>
+  <si>
+    <t>20,628,137</t>
+  </si>
+  <si>
+    <t>16,418,866</t>
+  </si>
+  <si>
+    <t>16,414,638</t>
+  </si>
+  <si>
+    <t>405,805,959</t>
+  </si>
+  <si>
+    <t>397,464,620</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>2,668,406,761</t>
+  </si>
+  <si>
+    <t>590,329,342</t>
+  </si>
+  <si>
+    <t>580,090,619</t>
+  </si>
+  <si>
+    <t>306,101,414</t>
+  </si>
+  <si>
+    <t>305,176,452</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>50,353,323</t>
+  </si>
+  <si>
+    <t>43,670,942</t>
+  </si>
+  <si>
+    <t>3,631,809</t>
+  </si>
+  <si>
+    <t>3,507,416</t>
+  </si>
+  <si>
+    <t>57,990,792</t>
+  </si>
+  <si>
+    <t>17,428,387</t>
+  </si>
+  <si>
+    <t>17,155,331</t>
+  </si>
+  <si>
+    <t>154,823,250</t>
+  </si>
+  <si>
+    <t>154,093,357</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>3,462,640,715</t>
+  </si>
+  <si>
+    <t>2,002,901,486</t>
+  </si>
+  <si>
+    <t>1,599,487,210</t>
+  </si>
+  <si>
+    <t>460,754,287</t>
+  </si>
+  <si>
+    <t>380,902,321</t>
+  </si>
+  <si>
+    <t>1,170,260,751</t>
+  </si>
+  <si>
+    <t>878,021,506</t>
+  </si>
+  <si>
+    <t>1,939,355</t>
+  </si>
+  <si>
+    <t>4,167,818</t>
+  </si>
+  <si>
+    <t>337,511,406</t>
+  </si>
+  <si>
+    <t>308,176,935</t>
+  </si>
+  <si>
+    <t>28,267,869</t>
+  </si>
+  <si>
+    <t>28,257,879</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>6,250,282,667</t>
+  </si>
+  <si>
+    <t>3,069,564,910</t>
+  </si>
+  <si>
+    <t>2,924,654,871</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>993,551,135</t>
+  </si>
+  <si>
+    <t>979,487,443</t>
+  </si>
+  <si>
+    <t>1,100,526,759</t>
+  </si>
+  <si>
+    <t>987,594,876</t>
+  </si>
+  <si>
+    <t>3,745,974</t>
+  </si>
+  <si>
+    <t>2,505,020</t>
+  </si>
+  <si>
+    <t>43,988,226</t>
+  </si>
+  <si>
+    <t>759,757,377</t>
+  </si>
+  <si>
+    <t>748,511,333</t>
+  </si>
+  <si>
+    <t>167,995,040</t>
+  </si>
+  <si>
+    <t>162,588,298</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>3,173,018,703</t>
+  </si>
+  <si>
+    <t>507,495,460</t>
+  </si>
+  <si>
+    <t>475,289,292</t>
+  </si>
+  <si>
+    <t>195,382,678</t>
+  </si>
+  <si>
+    <t>194,998,932</t>
+  </si>
+  <si>
+    <t>81,014,881</t>
+  </si>
+  <si>
+    <t>80,896,561</t>
+  </si>
+  <si>
+    <t>13,606,247</t>
+  </si>
+  <si>
+    <t>738,500</t>
+  </si>
+  <si>
+    <t>40,698,678</t>
+  </si>
+  <si>
+    <t>30,591,734</t>
+  </si>
+  <si>
+    <t>1,445</t>
+  </si>
+  <si>
+    <t>25,434,552</t>
+  </si>
+  <si>
+    <t>15,598,714</t>
+  </si>
+  <si>
+    <t>15,162,330</t>
+  </si>
+  <si>
+    <t>135,758,265</t>
+  </si>
+  <si>
+    <t>127,755,021</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>15,127,036,027</t>
+  </si>
+  <si>
+    <t>9,017,176,798</t>
+  </si>
+  <si>
+    <t>8,351,619,120</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>2,365</t>
+  </si>
+  <si>
+    <t>786,454,619</t>
+  </si>
+  <si>
+    <t>737,384,970</t>
+  </si>
+  <si>
+    <t>47,091,986</t>
+  </si>
+  <si>
+    <t>1,858,702,819</t>
+  </si>
+  <si>
+    <t>1,503,389,551</t>
+  </si>
+  <si>
+    <t>3,031,345</t>
+  </si>
+  <si>
+    <t>1,103,400</t>
+  </si>
+  <si>
+    <t>13,491,450</t>
+  </si>
+  <si>
+    <t>2,719,020,847</t>
+  </si>
+  <si>
+    <t>2,618,757,161</t>
+  </si>
+  <si>
+    <t>3,589,380,894</t>
+  </si>
+  <si>
+    <t>3,431,069,345</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>3,890,239,576</t>
+  </si>
+  <si>
+    <t>508,315,048</t>
+  </si>
+  <si>
+    <t>395,170,207</t>
+  </si>
+  <si>
+    <t>24,931</t>
+  </si>
+  <si>
+    <t>132,366,290</t>
+  </si>
+  <si>
+    <t>129,041,140</t>
+  </si>
+  <si>
+    <t>43,032,180</t>
+  </si>
+  <si>
+    <t>123,906,535</t>
+  </si>
+  <si>
+    <t>89,526,813</t>
+  </si>
+  <si>
+    <t>27,277,395</t>
+  </si>
+  <si>
+    <t>21,189,372</t>
+  </si>
+  <si>
+    <t>826,163</t>
+  </si>
+  <si>
+    <t>32,544,920</t>
+  </si>
+  <si>
+    <t>12,636,345</t>
+  </si>
+  <si>
+    <t>148,336,634</t>
+  </si>
+  <si>
+    <t>142,321,734</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>22,264,610,200</t>
+  </si>
+  <si>
+    <t>1,436,351,538</t>
+  </si>
+  <si>
+    <t>1,411,790,005</t>
+  </si>
+  <si>
+    <t>205,333,650</t>
+  </si>
+  <si>
+    <t>205,306,722</t>
+  </si>
+  <si>
+    <t>4,048,885</t>
+  </si>
+  <si>
+    <t>3,029,625</t>
+  </si>
+  <si>
+    <t>52,447,734</t>
+  </si>
+  <si>
+    <t>47,261,531</t>
+  </si>
+  <si>
+    <t>355,483,247</t>
+  </si>
+  <si>
+    <t>24,521,133</t>
+  </si>
+  <si>
+    <t>253,025,340</t>
+  </si>
+  <si>
+    <t>234,715,913</t>
+  </si>
+  <si>
+    <t>541,491,549</t>
+  </si>
+  <si>
+    <t>541,472,231</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>2,618,829,298</t>
+  </si>
+  <si>
+    <t>1,838,065,732</t>
+  </si>
+  <si>
+    <t>1,053,972,040</t>
+  </si>
+  <si>
+    <t>29,007,975</t>
+  </si>
+  <si>
+    <t>848,917,702</t>
+  </si>
+  <si>
+    <t>106,182,583</t>
+  </si>
+  <si>
+    <t>28,158,608</t>
+  </si>
+  <si>
+    <t>4,471,418</t>
+  </si>
+  <si>
+    <t>1,823,972</t>
+  </si>
+  <si>
+    <t>919,635,590</t>
+  </si>
+  <si>
+    <t>919,630,849</t>
+  </si>
+  <si>
+    <t>6,050,467</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>3,575,983,679</t>
+  </si>
+  <si>
+    <t>739,759,966</t>
+  </si>
+  <si>
+    <t>98,702,555</t>
+  </si>
+  <si>
+    <t>355,196</t>
+  </si>
+  <si>
+    <t>21,500,638</t>
+  </si>
+  <si>
+    <t>1,980,854</t>
+  </si>
+  <si>
+    <t>648,326,240</t>
+  </si>
+  <si>
+    <t>90,446,229</t>
+  </si>
+  <si>
+    <t>52,772,128</t>
+  </si>
+  <si>
+    <t>3,316,688</t>
+  </si>
+  <si>
+    <t>93,645</t>
+  </si>
+  <si>
+    <t>11,363</t>
+  </si>
+  <si>
+    <t>3,964,545</t>
+  </si>
+  <si>
+    <t>12,736,211</t>
+  </si>
+  <si>
+    <t>2,603,588</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>5,824,607,040</t>
+  </si>
+  <si>
+    <t>1,581,757,703</t>
+  </si>
+  <si>
+    <t>18,037,883</t>
+  </si>
+  <si>
+    <t>2,810,420</t>
+  </si>
+  <si>
+    <t>5,145,491</t>
+  </si>
+  <si>
+    <t>19,887,484</t>
+  </si>
+  <si>
+    <t>1,494,797,231</t>
+  </si>
+  <si>
+    <t>1,981,139</t>
+  </si>
+  <si>
+    <t>7,069,043</t>
+  </si>
+  <si>
+    <t>32,029,012</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>384,460,477,690</t>
+  </si>
+  <si>
+    <t>92,282,348,384</t>
+  </si>
+  <si>
+    <t>1,736,172,033</t>
+  </si>
+  <si>
+    <t>1,596,015,176</t>
+  </si>
+  <si>
+    <t>21,481,997,017</t>
+  </si>
+  <si>
+    <t>33,270,750</t>
+  </si>
+  <si>
+    <t>24,872,366,557</t>
+  </si>
+  <si>
+    <t>21,967,843,427</t>
+  </si>
+  <si>
+    <t>49,973,249</t>
+  </si>
+  <si>
+    <t>13,688,872,030</t>
+  </si>
+  <si>
+    <t>344,721,884</t>
+  </si>
+  <si>
+    <t>5,335,133,562</t>
+  </si>
+  <si>
+    <t>1,611,863,447</t>
+  </si>
+  <si>
+    <t>2,995,398,731</t>
+  </si>
+  <si>
+    <t>41,064,587</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>20,987,190,245</t>
+  </si>
+  <si>
+    <t>2,554,003,458</t>
+  </si>
+  <si>
+    <t>95,188,386</t>
+  </si>
+  <si>
+    <t>372,846,486</t>
+  </si>
+  <si>
+    <t>1,788,266</t>
+  </si>
+  <si>
+    <t>87,796,435</t>
+  </si>
+  <si>
+    <t>8,392,806</t>
+  </si>
+  <si>
+    <t>1,659,424,320</t>
+  </si>
+  <si>
+    <t>52,008,071</t>
+  </si>
+  <si>
+    <t>2,422</t>
+  </si>
+  <si>
+    <t>1,945</t>
+  </si>
+  <si>
+    <t>43,581,754</t>
+  </si>
+  <si>
+    <t>90,021</t>
+  </si>
+  <si>
+    <t>390,350,096</t>
+  </si>
+  <si>
+    <t>32,909,222</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>38,913,614,482</t>
+  </si>
+  <si>
+    <t>7,791,790,896</t>
+  </si>
+  <si>
+    <t>596,709,363</t>
+  </si>
+  <si>
+    <t>51,658,653</t>
+  </si>
+  <si>
+    <t>1,550</t>
+  </si>
+  <si>
+    <t>1,481,003,930</t>
+  </si>
+  <si>
+    <t>239,509,640</t>
+  </si>
+  <si>
+    <t>972,800</t>
+  </si>
+  <si>
+    <t>2,548,182,418</t>
+  </si>
+  <si>
+    <t>121,182,697</t>
+  </si>
+  <si>
+    <t>1,254,719</t>
+  </si>
+  <si>
+    <t>24,837,431</t>
+  </si>
+  <si>
+    <t>2,448,735,648</t>
+  </si>
+  <si>
+    <t>190,554,156</t>
+  </si>
+  <si>
+    <t>1,235,143,747</t>
+  </si>
+  <si>
+    <t>21,381,639</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>28,543,597,428</t>
+  </si>
+  <si>
+    <t>935,123,950</t>
+  </si>
+  <si>
+    <t>430,155,186</t>
+  </si>
+  <si>
+    <t>33,120</t>
+  </si>
+  <si>
+    <t>250,466,442</t>
+  </si>
+  <si>
+    <t>165,358,168</t>
+  </si>
+  <si>
+    <t>110,291,678</t>
+  </si>
+  <si>
+    <t>32,297,878</t>
+  </si>
+  <si>
+    <t>48,058</t>
+  </si>
+  <si>
+    <t>14,178,550</t>
+  </si>
+  <si>
+    <t>511,011,209</t>
+  </si>
+  <si>
+    <t>184,863,146</t>
+  </si>
+  <si>
+    <t>49,094,893</t>
+  </si>
+  <si>
+    <t>36,931,745</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>25,183,779,447</t>
+  </si>
+  <si>
+    <t>2,975,658,026</t>
+  </si>
+  <si>
+    <t>179,181,807</t>
+  </si>
+  <si>
+    <t>382,577,731</t>
+  </si>
+  <si>
+    <t>280,146</t>
+  </si>
+  <si>
+    <t>244,750,767</t>
+  </si>
+  <si>
+    <t>494,788</t>
+  </si>
+  <si>
+    <t>966,696,757</t>
+  </si>
+  <si>
+    <t>103,145,200</t>
+  </si>
+  <si>
+    <t>1,308,219,787</t>
+  </si>
+  <si>
+    <t>64,911,592</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>5,424,427</t>
+  </si>
+  <si>
+    <t>4,484,858</t>
+  </si>
+  <si>
+    <t>63,503,387</t>
+  </si>
+  <si>
+    <t>6,307,920</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>12,951,373,759</t>
+  </si>
+  <si>
+    <t>1,606,909,052</t>
+  </si>
+  <si>
+    <t>645,004,258</t>
+  </si>
+  <si>
+    <t>221,919,886</t>
+  </si>
+  <si>
+    <t>105,692,022</t>
+  </si>
+  <si>
+    <t>14,360,639</t>
+  </si>
+  <si>
+    <t>14,355,357</t>
+  </si>
+  <si>
+    <t>962,625,892</t>
+  </si>
+  <si>
+    <t>345,442,833</t>
+  </si>
+  <si>
+    <t>28,338</t>
+  </si>
+  <si>
+    <t>60,415,064</t>
+  </si>
+  <si>
+    <t>200,286,680</t>
+  </si>
+  <si>
+    <t>103,499,564</t>
+  </si>
+  <si>
+    <t>147,272,553</t>
+  </si>
+  <si>
+    <t>75,906,949</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>16,635,928,823</t>
+  </si>
+  <si>
+    <t>5,641,126,656</t>
+  </si>
+  <si>
+    <t>3,188,654,855</t>
+  </si>
+  <si>
+    <t>439,110</t>
+  </si>
+  <si>
+    <t>1,381,741,749</t>
+  </si>
+  <si>
+    <t>1,245,358,428</t>
+  </si>
+  <si>
+    <t>256,002,831</t>
+  </si>
+  <si>
+    <t>178,375,004</t>
+  </si>
+  <si>
+    <t>427,663</t>
+  </si>
+  <si>
+    <t>1,881,990</t>
+  </si>
+  <si>
+    <t>3,797,622,634</t>
+  </si>
+  <si>
+    <t>1,576,649,117</t>
+  </si>
+  <si>
+    <t>203,010,679</t>
+  </si>
+  <si>
+    <t>186,941,041</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>7,661,675,062</t>
+  </si>
+  <si>
+    <t>1,563,993,414</t>
+  </si>
+  <si>
+    <t>855,586,043</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>406,004,436</t>
+  </si>
+  <si>
+    <t>372,592,714</t>
+  </si>
+  <si>
+    <t>124,904</t>
+  </si>
+  <si>
+    <t>609,127,356</t>
+  </si>
+  <si>
+    <t>166,120,344</t>
+  </si>
+  <si>
+    <t>22,973</t>
+  </si>
+  <si>
+    <t>65,366,966</t>
+  </si>
+  <si>
+    <t>255,068,166</t>
+  </si>
+  <si>
+    <t>111,762,858</t>
+  </si>
+  <si>
+    <t>228,278,081</t>
+  </si>
+  <si>
+    <t>140,741,182</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>4,009,906,181</t>
+  </si>
+  <si>
+    <t>284,856,558</t>
+  </si>
+  <si>
+    <t>183,566,617</t>
+  </si>
+  <si>
+    <t>5,516</t>
+  </si>
+  <si>
+    <t>46,480,309</t>
+  </si>
+  <si>
+    <t>45,541,628</t>
+  </si>
+  <si>
+    <t>89,856,138</t>
+  </si>
+  <si>
+    <t>79,991,772</t>
+  </si>
+  <si>
+    <t>649,216</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>124,652,257</t>
+  </si>
+  <si>
+    <t>48,064,469</t>
+  </si>
+  <si>
+    <t>23,212,508</t>
+  </si>
+  <si>
+    <t>9,968,748</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>447,615,267</t>
+  </si>
+  <si>
+    <t>47,707,423</t>
+  </si>
+  <si>
+    <t>322,507</t>
+  </si>
+  <si>
+    <t>24,059,942</t>
+  </si>
+  <si>
+    <t>23,324,974</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>1,046,672,061</t>
+  </si>
+  <si>
+    <t>14,501,935</t>
+  </si>
+  <si>
+    <t>652,489</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>2,170</t>
+  </si>
+  <si>
+    <t>8,708,953</t>
+  </si>
+  <si>
+    <t>24,163</t>
+  </si>
+  <si>
+    <t>5,300,862</t>
+  </si>
+  <si>
+    <t>465,256</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>36,330,619,424</t>
+  </si>
+  <si>
+    <t>9,038,073,922</t>
+  </si>
+  <si>
+    <t>4,955,120,048</t>
+  </si>
+  <si>
+    <t>362,105</t>
+  </si>
+  <si>
+    <t>2,166,958,554</t>
+  </si>
+  <si>
+    <t>1,587,088,571</t>
+  </si>
+  <si>
+    <t>31,786</t>
+  </si>
+  <si>
+    <t>3,613,492,272</t>
+  </si>
+  <si>
+    <t>1,912,289,699</t>
+  </si>
+  <si>
+    <t>39,870</t>
+  </si>
+  <si>
+    <t>23,138,997</t>
+  </si>
+  <si>
+    <t>2,331,813,613</t>
+  </si>
+  <si>
+    <t>872,969,714</t>
+  </si>
+  <si>
+    <t>902,236,725</t>
+  </si>
+  <si>
+    <t>561,937,754</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>96,221,441,556</t>
+  </si>
+  <si>
+    <t>11,683,777,352</t>
+  </si>
+  <si>
+    <t>4,454,663,256</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>5,181,845</t>
+  </si>
+  <si>
+    <t>1,769,312</t>
+  </si>
+  <si>
+    <t>935,610,312</t>
+  </si>
+  <si>
+    <t>662,809,088</t>
+  </si>
+  <si>
+    <t>34,766,072</t>
+  </si>
+  <si>
+    <t>5,010,534</t>
+  </si>
+  <si>
+    <t>5,026,534,915</t>
+  </si>
+  <si>
+    <t>1,554,664,001</t>
+  </si>
+  <si>
+    <t>105,814,844</t>
+  </si>
+  <si>
+    <t>546,742,047</t>
+  </si>
+  <si>
+    <t>3,189,568,673</t>
+  </si>
+  <si>
+    <t>1,220,686,566</t>
+  </si>
+  <si>
+    <t>1,839,558,135</t>
+  </si>
+  <si>
+    <t>932,908,750</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>25,500,574,837</t>
+  </si>
+  <si>
+    <t>3,166,654,555</t>
+  </si>
+  <si>
+    <t>1,737,183,918</t>
+  </si>
+  <si>
+    <t>1,187,598</t>
+  </si>
+  <si>
+    <t>15,545,187</t>
+  </si>
+  <si>
+    <t>14,273,763</t>
+  </si>
+  <si>
+    <t>1,002,223,059</t>
+  </si>
+  <si>
+    <t>835,725,178</t>
+  </si>
+  <si>
+    <t>206,972</t>
+  </si>
+  <si>
+    <t>752,533,951</t>
+  </si>
+  <si>
+    <t>269,231,577</t>
+  </si>
+  <si>
+    <t>1,686,215</t>
+  </si>
+  <si>
+    <t>137,345,293</t>
+  </si>
+  <si>
+    <t>684,249,082</t>
+  </si>
+  <si>
+    <t>223,103,615</t>
+  </si>
+  <si>
+    <t>571,677,198</t>
+  </si>
+  <si>
+    <t>367,443,815</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>3,320,212,232</t>
+  </si>
+  <si>
+    <t>304,417,246</t>
+  </si>
+  <si>
+    <t>25,806,035</t>
+  </si>
+  <si>
+    <t>1,539,155</t>
+  </si>
+  <si>
+    <t>9,211,102</t>
+  </si>
+  <si>
+    <t>2,162,917</t>
+  </si>
+  <si>
+    <t>129,596,067</t>
+  </si>
+  <si>
+    <t>7,000,809</t>
+  </si>
+  <si>
+    <t>462,888</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>79,850</t>
+  </si>
+  <si>
+    <t>163,527,660</t>
+  </si>
+  <si>
+    <t>16,642,309</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>8,149,519,189</t>
+  </si>
+  <si>
+    <t>652,740,814</t>
+  </si>
+  <si>
+    <t>369,177,981</t>
+  </si>
+  <si>
+    <t>113,340,060</t>
+  </si>
+  <si>
+    <t>70,232,490</t>
+  </si>
+  <si>
+    <t>137,148,349</t>
+  </si>
+  <si>
+    <t>87,547,885</t>
+  </si>
+  <si>
+    <t>2,493</t>
+  </si>
+  <si>
+    <t>9,992,756</t>
+  </si>
+  <si>
+    <t>4,776,274</t>
+  </si>
+  <si>
+    <t>18,131,614</t>
+  </si>
+  <si>
+    <t>16,013,029</t>
+  </si>
+  <si>
+    <t>41,112,443</t>
+  </si>
+  <si>
+    <t>13,482,838</t>
+  </si>
+  <si>
+    <t>5,984,991</t>
+  </si>
+  <si>
+    <t>319,530,261</t>
+  </si>
+  <si>
+    <t>168,867,274</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>1,909,435,853</t>
+  </si>
+  <si>
+    <t>88,136</t>
+  </si>
+  <si>
+    <t>74,918</t>
+  </si>
+  <si>
+    <t>12,302</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>5,382,322,173</t>
+  </si>
+  <si>
+    <t>1,193,370,034</t>
+  </si>
+  <si>
+    <t>778,075,152</t>
+  </si>
+  <si>
+    <t>8,000</t>
+  </si>
+  <si>
+    <t>667,549</t>
+  </si>
+  <si>
+    <t>661,549</t>
+  </si>
+  <si>
+    <t>116,855,071</t>
+  </si>
+  <si>
+    <t>110,472,749</t>
+  </si>
+  <si>
+    <t>47,700,790</t>
+  </si>
+  <si>
+    <t>25,248,002</t>
+  </si>
+  <si>
+    <t>263,506,454</t>
+  </si>
+  <si>
+    <t>89,307,438</t>
+  </si>
+  <si>
+    <t>94,644,105</t>
+  </si>
+  <si>
+    <t>2,079,059</t>
+  </si>
+  <si>
+    <t>3,328,443</t>
+  </si>
+  <si>
+    <t>11,990,562</t>
+  </si>
+  <si>
+    <t>7,523,190</t>
+  </si>
+  <si>
+    <t>654,669,060</t>
+  </si>
+  <si>
+    <t>542,777,118</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>56,215,957</t>
+  </si>
+  <si>
+    <t>1,633,460</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>104,827,892</t>
+  </si>
+  <si>
+    <t>6,312,863</t>
+  </si>
+  <si>
+    <t>4,936,234</t>
+  </si>
+  <si>
+    <t>1,948,080</t>
+  </si>
+  <si>
+    <t>1,735,829</t>
+  </si>
+  <si>
+    <t>2,634</t>
+  </si>
+  <si>
+    <t>41,701</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>19,085</t>
+  </si>
+  <si>
+    <t>4,301,007</t>
+  </si>
+  <si>
+    <t>3,158,704</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>9,632,637,472</t>
+  </si>
+  <si>
+    <t>107,587,624</t>
+  </si>
+  <si>
+    <t>37,696,766</t>
+  </si>
+  <si>
+    <t>8,282,457</t>
+  </si>
+  <si>
+    <t>260,070</t>
+  </si>
+  <si>
+    <t>2,500,380</t>
+  </si>
+  <si>
+    <t>38,139,327</t>
+  </si>
+  <si>
+    <t>20,708,397</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>20,133,643,497</t>
+  </si>
+  <si>
+    <t>4,761,247,789</t>
+  </si>
+  <si>
+    <t>3,447,319,907</t>
+  </si>
+  <si>
+    <t>541,113</t>
+  </si>
+  <si>
+    <t>1,337,601,008</t>
+  </si>
+  <si>
+    <t>1,060,637,683</t>
+  </si>
+  <si>
+    <t>139,177,039</t>
+  </si>
+  <si>
+    <t>105,774,923</t>
+  </si>
+  <si>
+    <t>1,695,097,382</t>
+  </si>
+  <si>
+    <t>1,250,372,034</t>
+  </si>
+  <si>
+    <t>1,343,415</t>
+  </si>
+  <si>
+    <t>61,252,063</t>
+  </si>
+  <si>
+    <t>160,721,052</t>
+  </si>
+  <si>
+    <t>3,016,068</t>
+  </si>
+  <si>
+    <t>1,365,514,717</t>
+  </si>
+  <si>
+    <t>1,020,621,738</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>1,826,322,251</t>
+  </si>
+  <si>
+    <t>351,889,887</t>
+  </si>
+  <si>
+    <t>12,299,905</t>
+  </si>
+  <si>
+    <t>25,269</t>
+  </si>
+  <si>
+    <t>60,483,684</t>
+  </si>
+  <si>
+    <t>841,836</t>
+  </si>
+  <si>
+    <t>6,561,815</t>
+  </si>
+  <si>
+    <t>650,335</t>
+  </si>
+  <si>
+    <t>10,221,662</t>
+  </si>
+  <si>
+    <t>75,808,476</t>
+  </si>
+  <si>
+    <t>3,401,420</t>
+  </si>
+  <si>
+    <t>61,114</t>
+  </si>
+  <si>
+    <t>2,288,694</t>
+  </si>
+  <si>
+    <t>106,947,405</t>
+  </si>
+  <si>
+    <t>89,491,768</t>
+  </si>
+  <si>
+    <t>7,406,314</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>45,451,986</t>
+  </si>
+  <si>
+    <t>12,289,255</t>
+  </si>
+  <si>
+    <t>5,800,695</t>
+  </si>
+  <si>
+    <t>53,633</t>
+  </si>
+  <si>
+    <t>12,235,622</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>363,081,657</t>
+  </si>
+  <si>
+    <t>207,752</t>
+  </si>
+  <si>
+    <t>105,129</t>
+  </si>
+  <si>
+    <t>43,857</t>
+  </si>
+  <si>
+    <t>42,029</t>
+  </si>
+  <si>
+    <t>4,857</t>
+  </si>
+  <si>
+    <t>117,009</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>3,685,164,155</t>
+  </si>
+  <si>
+    <t>540,205,129</t>
+  </si>
+  <si>
+    <t>339,901,840</t>
+  </si>
+  <si>
+    <t>43,384</t>
+  </si>
+  <si>
+    <t>86,188,047</t>
+  </si>
+  <si>
+    <t>55,633,437</t>
+  </si>
+  <si>
+    <t>71,700</t>
+  </si>
+  <si>
+    <t>257,515</t>
+  </si>
+  <si>
+    <t>15,240</t>
+  </si>
+  <si>
+    <t>93,053</t>
+  </si>
+  <si>
+    <t>61,732</t>
+  </si>
+  <si>
+    <t>453,474,458</t>
+  </si>
+  <si>
+    <t>284,268,403</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>169,568,355</t>
+  </si>
+  <si>
+    <t>34,061,967</t>
+  </si>
+  <si>
+    <t>1,446,674</t>
+  </si>
+  <si>
+    <t>64,229</t>
+  </si>
+  <si>
+    <t>364,189</t>
+  </si>
+  <si>
+    <t>43,589</t>
+  </si>
+  <si>
+    <t>545,263</t>
+  </si>
+  <si>
+    <t>19,907</t>
+  </si>
+  <si>
+    <t>33,068,379</t>
+  </si>
+  <si>
+    <t>987,546</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>6,713,642,207</t>
+  </si>
+  <si>
+    <t>845,056,767</t>
+  </si>
+  <si>
+    <t>648,108,090</t>
+  </si>
+  <si>
+    <t>21,263</t>
+  </si>
+  <si>
+    <t>324,496,528</t>
+  </si>
+  <si>
+    <t>294,824,172</t>
+  </si>
+  <si>
+    <t>88,742</t>
+  </si>
+  <si>
+    <t>33,073,698</t>
+  </si>
+  <si>
+    <t>1,547,367</t>
+  </si>
+  <si>
+    <t>2,747,586</t>
+  </si>
+  <si>
+    <t>1,862,259</t>
+  </si>
+  <si>
+    <t>133,761</t>
+  </si>
+  <si>
+    <t>11,843,237</t>
+  </si>
+  <si>
+    <t>3,907,720</t>
+  </si>
+  <si>
+    <t>472,651,952</t>
+  </si>
+  <si>
+    <t>345,966,572</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>2,622,352,885</t>
+  </si>
+  <si>
+    <t>296,183,333</t>
+  </si>
+  <si>
+    <t>113,194,698</t>
+  </si>
+  <si>
+    <t>210,828,366</t>
+  </si>
+  <si>
+    <t>55,316,066</t>
+  </si>
+  <si>
+    <t>4,000</t>
+  </si>
+  <si>
+    <t>18,941,743</t>
+  </si>
+  <si>
+    <t>120,000</t>
+  </si>
+  <si>
+    <t>77,140</t>
+  </si>
+  <si>
+    <t>66,212,084</t>
+  </si>
+  <si>
+    <t>57,878,632</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>2,774,694,521</t>
+  </si>
+  <si>
+    <t>193,437,492</t>
+  </si>
+  <si>
+    <t>127,345,085</t>
+  </si>
+  <si>
+    <t>1,069,101</t>
+  </si>
+  <si>
+    <t>47,723,047</t>
+  </si>
+  <si>
+    <t>37,373,603</t>
+  </si>
+  <si>
+    <t>973</t>
+  </si>
+  <si>
+    <t>61,659,717</t>
+  </si>
+  <si>
+    <t>26,119,190</t>
+  </si>
+  <si>
+    <t>37,146,631</t>
+  </si>
+  <si>
+    <t>735,638</t>
+  </si>
+  <si>
+    <t>2,555,455</t>
+  </si>
+  <si>
+    <t>42,546,930</t>
+  </si>
+  <si>
+    <t>26,097,320</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>631,313,213</t>
+  </si>
+  <si>
+    <t>49,880,802</t>
+  </si>
+  <si>
+    <t>46,324,644</t>
   </si>
   <si>
     <t>15,000</t>
   </si>
   <si>
-    <t>70,810</t>
-[...14 lines deleted...]
-    <t>10,293</t>
+    <t>5,000</t>
+  </si>
+  <si>
+    <t>17,722,494</t>
+  </si>
+  <si>
+    <t>16,607,708</t>
+  </si>
+  <si>
+    <t>7,036</t>
+  </si>
+  <si>
+    <t>4,812,697</t>
+  </si>
+  <si>
+    <t>4,346,230</t>
+  </si>
+  <si>
+    <t>3,000</t>
+  </si>
+  <si>
+    <t>7,621</t>
+  </si>
+  <si>
+    <t>1,263,602</t>
+  </si>
+  <si>
+    <t>26,044,352</t>
+  </si>
+  <si>
+    <t>25,370,706</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>1,567,225,304</t>
+  </si>
+  <si>
+    <t>254,592,783</t>
+  </si>
+  <si>
+    <t>18,337,917</t>
+  </si>
+  <si>
+    <t>25,552,528</t>
+  </si>
+  <si>
+    <t>843,647</t>
+  </si>
+  <si>
+    <t>5,609,014</t>
+  </si>
+  <si>
+    <t>5,153,690</t>
+  </si>
+  <si>
+    <t>161,400</t>
+  </si>
+  <si>
+    <t>3,653,561</t>
+  </si>
+  <si>
+    <t>257,396</t>
+  </si>
+  <si>
+    <t>23,756,665</t>
+  </si>
+  <si>
+    <t>82,552,995</t>
+  </si>
+  <si>
+    <t>113,049,182</t>
+  </si>
+  <si>
+    <t>8,662,927</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>4,769,027,095</t>
+  </si>
+  <si>
+    <t>487,325,378</t>
+  </si>
+  <si>
+    <t>290,182,246</t>
+  </si>
+  <si>
+    <t>4,470,783</t>
+  </si>
+  <si>
+    <t>37,497,181</t>
+  </si>
+  <si>
+    <t>28,703,317</t>
+  </si>
+  <si>
+    <t>4,440</t>
+  </si>
+  <si>
+    <t>33,150,527</t>
+  </si>
+  <si>
+    <t>3,434,352</t>
+  </si>
+  <si>
+    <t>8,404</t>
+  </si>
+  <si>
+    <t>55,085,973</t>
+  </si>
+  <si>
+    <t>3,435,226</t>
+  </si>
+  <si>
+    <t>353,672,844</t>
+  </si>
+  <si>
+    <t>258,044,577</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>3,688,979,386</t>
+  </si>
+  <si>
+    <t>773,546,842</t>
+  </si>
+  <si>
+    <t>115,679,395</t>
+  </si>
+  <si>
+    <t>4,996,157</t>
+  </si>
+  <si>
+    <t>54,334,429</t>
+  </si>
+  <si>
+    <t>19,531,764</t>
+  </si>
+  <si>
+    <t>15,703</t>
+  </si>
+  <si>
+    <t>96,389,188</t>
+  </si>
+  <si>
+    <t>20,364,995</t>
+  </si>
+  <si>
+    <t>1,516,747</t>
+  </si>
+  <si>
+    <t>2,004,599</t>
+  </si>
+  <si>
+    <t>1,228,637</t>
+  </si>
+  <si>
+    <t>613,061,382</t>
+  </si>
+  <si>
+    <t>75,782,636</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>6,270,056,580</t>
+  </si>
+  <si>
+    <t>1,327,130,995</t>
+  </si>
+  <si>
+    <t>977,478,884</t>
+  </si>
+  <si>
+    <t>311,906,662</t>
+  </si>
+  <si>
+    <t>235,030,612</t>
+  </si>
+  <si>
+    <t>177,617,816</t>
+  </si>
+  <si>
+    <t>127,706,856</t>
+  </si>
+  <si>
+    <t>27,000,034</t>
+  </si>
+  <si>
+    <t>4,431,911</t>
+  </si>
+  <si>
+    <t>30,181,079</t>
+  </si>
+  <si>
+    <t>22,816,270</t>
+  </si>
+  <si>
+    <t>7,099,945</t>
+  </si>
+  <si>
+    <t>5,993,448</t>
+  </si>
+  <si>
+    <t>19,602,940</t>
+  </si>
+  <si>
+    <t>11,156,521</t>
+  </si>
+  <si>
+    <t>742,565,998</t>
+  </si>
+  <si>
+    <t>575,090,704</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>7,954,751,502</t>
+  </si>
+  <si>
+    <t>1,199,068,385</t>
+  </si>
+  <si>
+    <t>797,647,326</t>
+  </si>
+  <si>
+    <t>211,863,115</t>
+  </si>
+  <si>
+    <t>147,770,523</t>
+  </si>
+  <si>
+    <t>200,798,334</t>
+  </si>
+  <si>
+    <t>156,461,327</t>
+  </si>
+  <si>
+    <t>11,875,285</t>
+  </si>
+  <si>
+    <t>11,247,283</t>
+  </si>
+  <si>
+    <t>13,770,993</t>
+  </si>
+  <si>
+    <t>6,590,798</t>
+  </si>
+  <si>
+    <t>23,630,034</t>
+  </si>
+  <si>
+    <t>19,401,844</t>
+  </si>
+  <si>
+    <t>19,719,414</t>
+  </si>
+  <si>
+    <t>24,941,519</t>
+  </si>
+  <si>
+    <t>6,573,043</t>
+  </si>
+  <si>
+    <t>692,469,691</t>
+  </si>
+  <si>
+    <t>443,889,586</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>4,138,985,876</t>
+  </si>
+  <si>
+    <t>670,744,080</t>
+  </si>
+  <si>
+    <t>388,640,712</t>
+  </si>
+  <si>
+    <t>115,111</t>
+  </si>
+  <si>
+    <t>44,656,974</t>
+  </si>
+  <si>
+    <t>19,583,846</t>
+  </si>
+  <si>
+    <t>50,950,885</t>
+  </si>
+  <si>
+    <t>36,658,305</t>
+  </si>
+  <si>
+    <t>8,876,474</t>
+  </si>
+  <si>
+    <t>4,720,334</t>
+  </si>
+  <si>
+    <t>29,956,371</t>
+  </si>
+  <si>
+    <t>5,787,674</t>
+  </si>
+  <si>
+    <t>5,296,460</t>
+  </si>
+  <si>
+    <t>4,160,333</t>
+  </si>
+  <si>
+    <t>27,409,942</t>
+  </si>
+  <si>
+    <t>89,473,327</t>
+  </si>
+  <si>
+    <t>414,008,536</t>
+  </si>
+  <si>
+    <t>317,649,820</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>6,631,852,092</t>
+  </si>
+  <si>
+    <t>2,944,990,690</t>
+  </si>
+  <si>
+    <t>2,421,204,859</t>
+  </si>
+  <si>
+    <t>133,471,421</t>
+  </si>
+  <si>
+    <t>106,779,802</t>
+  </si>
+  <si>
+    <t>799,857,198</t>
+  </si>
+  <si>
+    <t>719,456,353</t>
+  </si>
+  <si>
+    <t>40,567,490</t>
+  </si>
+  <si>
+    <t>475,279</t>
+  </si>
+  <si>
+    <t>19,891,265</t>
+  </si>
+  <si>
+    <t>13,768,835</t>
+  </si>
+  <si>
+    <t>14,428,063</t>
+  </si>
+  <si>
+    <t>11,822,051</t>
+  </si>
+  <si>
+    <t>132,007</t>
+  </si>
+  <si>
+    <t>43,515,324</t>
+  </si>
+  <si>
+    <t>83,786</t>
+  </si>
+  <si>
+    <t>1,893,127,922</t>
+  </si>
+  <si>
+    <t>1,568,740,789</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>616,400,365</t>
+  </si>
+  <si>
+    <t>83,659,599</t>
+  </si>
+  <si>
+    <t>54,376,514</t>
+  </si>
+  <si>
+    <t>4,540,803</t>
+  </si>
+  <si>
+    <t>384,751</t>
+  </si>
+  <si>
+    <t>15,648,859</t>
+  </si>
+  <si>
+    <t>13,024,188</t>
+  </si>
+  <si>
+    <t>612,031</t>
+  </si>
+  <si>
+    <t>476,970</t>
+  </si>
+  <si>
+    <t>1,538,750</t>
+  </si>
+  <si>
+    <t>913,981</t>
+  </si>
+  <si>
+    <t>3,600</t>
+  </si>
+  <si>
+    <t>3,423,553</t>
+  </si>
+  <si>
+    <t>4,829,431</t>
+  </si>
+  <si>
+    <t>53,062,572</t>
+  </si>
+  <si>
+    <t>37,192,791</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>211,330,586</t>
+  </si>
+  <si>
+    <t>2,864,297</t>
+  </si>
+  <si>
+    <t>1,699,558</t>
+  </si>
+  <si>
+    <t>1,110,184</t>
+  </si>
+  <si>
+    <t>1,049,586</t>
+  </si>
+  <si>
+    <t>189,001</t>
+  </si>
+  <si>
+    <t>172,510</t>
+  </si>
+  <si>
+    <t>32,175</t>
+  </si>
+  <si>
+    <t>750,316</t>
+  </si>
+  <si>
+    <t>6,479</t>
+  </si>
+  <si>
+    <t>121,354</t>
+  </si>
+  <si>
+    <t>654,788</t>
+  </si>
+  <si>
+    <t>477,462</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>259,636,714</t>
+  </si>
+  <si>
+    <t>16,560,033</t>
+  </si>
+  <si>
+    <t>500,593</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>652,537</t>
+  </si>
+  <si>
+    <t>173,843</t>
+  </si>
+  <si>
+    <t>4,065,480</t>
+  </si>
+  <si>
+    <t>208,523</t>
+  </si>
+  <si>
+    <t>7,615,521</t>
+  </si>
+  <si>
+    <t>3,558,359</t>
+  </si>
+  <si>
+    <t>22,377</t>
+  </si>
+  <si>
+    <t>436,390</t>
+  </si>
+  <si>
+    <t>326,750</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>3,356,654,329</t>
+  </si>
+  <si>
+    <t>167,925,012</t>
+  </si>
+  <si>
+    <t>110,859,628</t>
+  </si>
+  <si>
+    <t>18,918</t>
+  </si>
+  <si>
+    <t>20,985,447</t>
+  </si>
+  <si>
+    <t>17,846,074</t>
+  </si>
+  <si>
+    <t>1,615</t>
+  </si>
+  <si>
+    <t>67,979,459</t>
+  </si>
+  <si>
+    <t>36,038,923</t>
+  </si>
+  <si>
+    <t>514,201</t>
+  </si>
+  <si>
+    <t>3,796,081</t>
+  </si>
+  <si>
+    <t>26,738,383</t>
+  </si>
+  <si>
+    <t>13,098,334</t>
+  </si>
+  <si>
+    <t>47,890,908</t>
+  </si>
+  <si>
+    <t>41,046,745</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>6,782,045,356</t>
+  </si>
+  <si>
+    <t>730,092,946</t>
+  </si>
+  <si>
+    <t>427,119,656</t>
+  </si>
+  <si>
+    <t>60,468</t>
+  </si>
+  <si>
+    <t>416,135</t>
+  </si>
+  <si>
+    <t>146,674,194</t>
+  </si>
+  <si>
+    <t>69,339,361</t>
+  </si>
+  <si>
+    <t>41,145</t>
+  </si>
+  <si>
+    <t>140,041,152</t>
+  </si>
+  <si>
+    <t>44,412,338</t>
+  </si>
+  <si>
+    <t>5,870,749</t>
+  </si>
+  <si>
+    <t>4,859,581</t>
+  </si>
+  <si>
+    <t>11,466,558</t>
+  </si>
+  <si>
+    <t>420,662,964</t>
+  </si>
+  <si>
+    <t>313,367,957</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>9,229,133,903</t>
+  </si>
+  <si>
+    <t>676,616,125</t>
+  </si>
+  <si>
+    <t>422,468,158</t>
+  </si>
+  <si>
+    <t>6,633</t>
+  </si>
+  <si>
+    <t>227,951,649</t>
+  </si>
+  <si>
+    <t>214,845,131</t>
+  </si>
+  <si>
+    <t>7,431,628</t>
+  </si>
+  <si>
+    <t>270,302,607</t>
+  </si>
+  <si>
+    <t>146,400,793</t>
+  </si>
+  <si>
+    <t>212,075</t>
+  </si>
+  <si>
+    <t>26,836,681</t>
+  </si>
+  <si>
+    <t>27,319,496</t>
+  </si>
+  <si>
+    <t>1,232,849</t>
+  </si>
+  <si>
+    <t>116,555,356</t>
+  </si>
+  <si>
+    <t>57,291,713</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>287,245,158,918</t>
+  </si>
+  <si>
+    <t>25,140,502,334</t>
+  </si>
+  <si>
+    <t>829,963</t>
   </si>
   <si>
     <t>10,000</t>
   </si>
   <si>
-    <t>293</t>
-[...2123 lines deleted...]
-    <t>485,080</t>
+    <t>18,830,655</t>
+  </si>
+  <si>
+    <t>3,003,945,189</t>
+  </si>
+  <si>
+    <t>352,121,117</t>
+  </si>
+  <si>
+    <t>2,842,498,545</t>
+  </si>
+  <si>
+    <t>143,696,595</t>
+  </si>
+  <si>
+    <t>73,125,273</t>
+  </si>
+  <si>
+    <t>18,388,231,121</t>
+  </si>
+  <si>
+    <t>318,043,839</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>97,223,082,771</t>
+  </si>
+  <si>
+    <t>5,913,700,095</t>
+  </si>
+  <si>
+    <t>1,948,715,553</t>
+  </si>
+  <si>
+    <t>261,260</t>
+  </si>
+  <si>
+    <t>2,766,033,828</t>
+  </si>
+  <si>
+    <t>422,974,301</t>
+  </si>
+  <si>
+    <t>1,102,225</t>
+  </si>
+  <si>
+    <t>1,357,658,621</t>
+  </si>
+  <si>
+    <t>739,580,360</t>
+  </si>
+  <si>
+    <t>86,411,139</t>
+  </si>
+  <si>
+    <t>47,207,053</t>
+  </si>
+  <si>
+    <t>56,157,704</t>
+  </si>
+  <si>
+    <t>1,598,868,265</t>
+  </si>
+  <si>
+    <t>786,160,892</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>77,800,156,846</t>
+  </si>
+  <si>
+    <t>7,748,034,159</t>
+  </si>
+  <si>
+    <t>1,775,261,459</t>
+  </si>
+  <si>
+    <t>187,050</t>
+  </si>
+  <si>
+    <t>3,737,158</t>
+  </si>
+  <si>
+    <t>1,240,240</t>
+  </si>
+  <si>
+    <t>1,060,983,967</t>
+  </si>
+  <si>
+    <t>475,544,199</t>
+  </si>
+  <si>
+    <t>375,752,054</t>
+  </si>
+  <si>
+    <t>349,247,542</t>
+  </si>
+  <si>
+    <t>3,081,682,311</t>
+  </si>
+  <si>
+    <t>225,218,294</t>
+  </si>
+  <si>
+    <t>8,851,877</t>
+  </si>
+  <si>
+    <t>371,138</t>
+  </si>
+  <si>
+    <t>337,706,980</t>
+  </si>
+  <si>
+    <t>505,238,378</t>
+  </si>
+  <si>
+    <t>45,711,412</t>
+  </si>
+  <si>
+    <t>2,373,894,384</t>
+  </si>
+  <si>
+    <t>644,222,965</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>51,706,937,424</t>
+  </si>
+  <si>
+    <t>5,679,196,787</t>
+  </si>
+  <si>
+    <t>850,182,100</t>
+  </si>
+  <si>
+    <t>18,510,806</t>
+  </si>
+  <si>
+    <t>2,988,165,426</t>
+  </si>
+  <si>
+    <t>90,150,749</t>
+  </si>
+  <si>
+    <t>467,522,653</t>
+  </si>
+  <si>
+    <t>820,715,059</t>
+  </si>
+  <si>
+    <t>211,310,746</t>
+  </si>
+  <si>
+    <t>90,248,986</t>
+  </si>
+  <si>
+    <t>99,431,439</t>
+  </si>
+  <si>
+    <t>25,990,435</t>
+  </si>
+  <si>
+    <t>131,944</t>
+  </si>
+  <si>
+    <t>1,168,611,983</t>
+  </si>
+  <si>
+    <t>548,588,661</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>974,585,665</t>
+  </si>
+  <si>
+    <t>13,658,219</t>
+  </si>
+  <si>
+    <t>132,418</t>
+  </si>
+  <si>
+    <t>1,756,588</t>
+  </si>
+  <si>
+    <t>11,586,304</t>
+  </si>
+  <si>
+    <t>182,909</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>46,632,776,115</t>
+  </si>
+  <si>
+    <t>7,224,996,406</t>
+  </si>
+  <si>
+    <t>277,308,665</t>
+  </si>
+  <si>
+    <t>1,670,581,905</t>
+  </si>
+  <si>
+    <t>580,640</t>
+  </si>
+  <si>
+    <t>943,644,281</t>
+  </si>
+  <si>
+    <t>71,675,931</t>
+  </si>
+  <si>
+    <t>113,785,110</t>
+  </si>
+  <si>
+    <t>3,423,679,540</t>
+  </si>
+  <si>
+    <t>164,542,647</t>
+  </si>
+  <si>
+    <t>356,152,268</t>
+  </si>
+  <si>
+    <t>58,429,038</t>
+  </si>
+  <si>
+    <t>137,968,186</t>
+  </si>
+  <si>
+    <t>2,376,245</t>
+  </si>
+  <si>
+    <t>520,756,078</t>
+  </si>
+  <si>
+    <t>37,859,568</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>1,561,221,621</t>
+  </si>
+  <si>
+    <t>212,506,728</t>
+  </si>
+  <si>
+    <t>4,246,046</t>
+  </si>
+  <si>
+    <t>21,817,942</t>
+  </si>
+  <si>
+    <t>51,802,737</t>
+  </si>
+  <si>
+    <t>172,158</t>
+  </si>
+  <si>
+    <t>134,467,845</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>4,546,037,508</t>
+  </si>
+  <si>
+    <t>217,829,283</t>
+  </si>
+  <si>
+    <t>2,315,364</t>
+  </si>
+  <si>
+    <t>20,809,624</t>
+  </si>
+  <si>
+    <t>603,877</t>
+  </si>
+  <si>
+    <t>20,528,887</t>
+  </si>
+  <si>
+    <t>215,979</t>
+  </si>
+  <si>
+    <t>31,692</t>
+  </si>
+  <si>
+    <t>172,486,193</t>
+  </si>
+  <si>
+    <t>3,756,908</t>
+  </si>
+  <si>
+    <t>1,711,487</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>1,774,347,791</t>
+  </si>
+  <si>
+    <t>1,105,650,590</t>
+  </si>
+  <si>
+    <t>373,690,915</t>
+  </si>
+  <si>
+    <t>703,342,696</t>
+  </si>
+  <si>
+    <t>22,596,500</t>
+  </si>
+  <si>
+    <t>6,020,479</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>3,958,208,393</t>
+  </si>
+  <si>
+    <t>2,789,376,295</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>63,761</t>
+  </si>
+  <si>
+    <t>409,918,142</t>
+  </si>
+  <si>
+    <t>1,674,176</t>
+  </si>
+  <si>
+    <t>2,358,781,524</t>
+  </si>
+  <si>
+    <t>257,344</t>
+  </si>
+  <si>
+    <t>9,762,817</t>
+  </si>
+  <si>
+    <t>8,917,963</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>9,125,999,491</t>
+  </si>
+  <si>
+    <t>382,362,106</t>
+  </si>
+  <si>
+    <t>167,462,378</t>
+  </si>
+  <si>
+    <t>29,760</t>
+  </si>
+  <si>
+    <t>70,224,269</t>
+  </si>
+  <si>
+    <t>56,300,606</t>
+  </si>
+  <si>
+    <t>13,410,281</t>
+  </si>
+  <si>
+    <t>90,091,295</t>
+  </si>
+  <si>
+    <t>23,134,576</t>
+  </si>
+  <si>
+    <t>382,922</t>
+  </si>
+  <si>
+    <t>5,307,181</t>
+  </si>
+  <si>
+    <t>77,227,527</t>
+  </si>
+  <si>
+    <t>19,017,255</t>
+  </si>
+  <si>
+    <t>125,688,871</t>
+  </si>
+  <si>
+    <t>67,258,727</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>8,111,712,783</t>
+  </si>
+  <si>
+    <t>740,157,240</t>
+  </si>
+  <si>
+    <t>366,349,506</t>
+  </si>
+  <si>
+    <t>125,082</t>
+  </si>
+  <si>
+    <t>59,102,482</t>
+  </si>
+  <si>
+    <t>58,796,581</t>
+  </si>
+  <si>
+    <t>90,187,228</t>
+  </si>
+  <si>
+    <t>68,821,341</t>
+  </si>
+  <si>
+    <t>1,099</t>
+  </si>
+  <si>
+    <t>166,826,294</t>
+  </si>
+  <si>
+    <t>29,424,977</t>
+  </si>
+  <si>
+    <t>92,099</t>
+  </si>
+  <si>
+    <t>120,890,859</t>
+  </si>
+  <si>
+    <t>81,783,767</t>
+  </si>
+  <si>
+    <t>3,529,335</t>
+  </si>
+  <si>
+    <t>221,148,330</t>
+  </si>
+  <si>
+    <t>186,099,536</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>302,236,837,834</t>
+  </si>
+  <si>
+    <t>37,112,897,041</t>
+  </si>
+  <si>
+    <t>5,183,857,208</t>
+  </si>
+  <si>
+    <t>178,980,730</t>
+  </si>
+  <si>
+    <t>5,042,628,917</t>
+  </si>
+  <si>
+    <t>2,784,723,558</t>
+  </si>
+  <si>
+    <t>156,184,827</t>
+  </si>
+  <si>
+    <t>10,270,535,428</t>
+  </si>
+  <si>
+    <t>457,328,210</t>
+  </si>
+  <si>
+    <t>5,286,392</t>
+  </si>
+  <si>
+    <t>8,645,665,815</t>
+  </si>
+  <si>
+    <t>4,065,063,806</t>
+  </si>
+  <si>
+    <t>86,680,413</t>
+  </si>
+  <si>
+    <t>8,748,551,126</t>
+  </si>
+  <si>
+    <t>1,773,212,033</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>842,196,895,814</t>
+  </si>
+  <si>
+    <t>133,803,603,597</t>
+  </si>
+  <si>
+    <t>7,905,913,588</t>
+  </si>
+  <si>
+    <t>25,355</t>
+  </si>
+  <si>
+    <t>1,317,785,716</t>
+  </si>
+  <si>
+    <t>217,936,278</t>
+  </si>
+  <si>
+    <t>8,426,088,175</t>
+  </si>
+  <si>
+    <t>2,531,540,875</t>
+  </si>
+  <si>
+    <t>1,757,798,117</t>
+  </si>
+  <si>
+    <t>26,969,044</t>
+  </si>
+  <si>
+    <t>49,742,833,214</t>
+  </si>
+  <si>
+    <t>1,171,437,711</t>
+  </si>
+  <si>
+    <t>259,373,803</t>
+  </si>
+  <si>
+    <t>3,888,483</t>
+  </si>
+  <si>
+    <t>10,122,885,098</t>
+  </si>
+  <si>
+    <t>20,337,693,696</t>
+  </si>
+  <si>
+    <t>73,682,784</t>
+  </si>
+  <si>
+    <t>41,839,120,423</t>
+  </si>
+  <si>
+    <t>3,074,845,309</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>681,686,976</t>
+  </si>
+  <si>
+    <t>97,717,026</t>
+  </si>
+  <si>
+    <t>300,265</t>
+  </si>
+  <si>
+    <t>6,422,027</t>
+  </si>
+  <si>
+    <t>70,619,180</t>
+  </si>
+  <si>
+    <t>131,843</t>
+  </si>
+  <si>
+    <t>16,715,256</t>
+  </si>
+  <si>
+    <t>3,828,720</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>94,040,622,284</t>
+  </si>
+  <si>
+    <t>16,164,324,884</t>
+  </si>
+  <si>
+    <t>11,283,308,642</t>
+  </si>
+  <si>
+    <t>424,855,767</t>
+  </si>
+  <si>
+    <t>33,501,901</t>
+  </si>
+  <si>
+    <t>5,618,392,244</t>
+  </si>
+  <si>
+    <t>4,720,952,663</t>
+  </si>
+  <si>
+    <t>33,494,512</t>
+  </si>
+  <si>
+    <t>29,848,535</t>
+  </si>
+  <si>
+    <t>3,221,531,614</t>
+  </si>
+  <si>
+    <t>2,534,482,897</t>
+  </si>
+  <si>
+    <t>10,694,239</t>
+  </si>
+  <si>
+    <t>609,575</t>
+  </si>
+  <si>
+    <t>1,801,128,637</t>
+  </si>
+  <si>
+    <t>1,332,956,162</t>
+  </si>
+  <si>
+    <t>7,489,324</t>
+  </si>
+  <si>
+    <t>3,721,271,709</t>
+  </si>
+  <si>
+    <t>3,031,455,565</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>13,034,399,479</t>
+  </si>
+  <si>
+    <t>247,422,909</t>
+  </si>
+  <si>
+    <t>722,997</t>
+  </si>
+  <si>
+    <t>131,754,142</t>
+  </si>
+  <si>
+    <t>775,645</t>
+  </si>
+  <si>
+    <t>113,711,523</t>
+  </si>
+  <si>
+    <t>458,602</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>23,252,686,070</t>
+  </si>
+  <si>
+    <t>3,634,525,768</t>
+  </si>
+  <si>
+    <t>178,593</t>
+  </si>
+  <si>
+    <t>2,484,830,694</t>
+  </si>
+  <si>
+    <t>598,040,027</t>
+  </si>
+  <si>
+    <t>452,032,823</t>
+  </si>
+  <si>
+    <t>99,622,224</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>69,152,667,812</t>
+  </si>
+  <si>
+    <t>9,322,243,608</t>
+  </si>
+  <si>
+    <t>1,193,321,354</t>
+  </si>
+  <si>
+    <t>48,963</t>
+  </si>
+  <si>
+    <t>19,552,000</t>
+  </si>
+  <si>
+    <t>669,322,306</t>
+  </si>
+  <si>
+    <t>496,652,243</t>
+  </si>
+  <si>
+    <t>223,462,851</t>
+  </si>
+  <si>
+    <t>15,957,237</t>
+  </si>
+  <si>
+    <t>3,309,592,583</t>
+  </si>
+  <si>
+    <t>98,543,946</t>
+  </si>
+  <si>
+    <t>65,998,813</t>
+  </si>
+  <si>
+    <t>1,766,847,461</t>
+  </si>
+  <si>
+    <t>1,261,903,117</t>
+  </si>
+  <si>
+    <t>112,255,015</t>
+  </si>
+  <si>
+    <t>2,005,515,514</t>
+  </si>
+  <si>
+    <t>263,139,543</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>7,936,629,617</t>
+  </si>
+  <si>
+    <t>133,484,748</t>
+  </si>
+  <si>
+    <t>7,561,936</t>
+  </si>
+  <si>
+    <t>8,450,418</t>
+  </si>
+  <si>
+    <t>8,497,270</t>
+  </si>
+  <si>
+    <t>5,040</t>
+  </si>
+  <si>
+    <t>18,772,119</t>
+  </si>
+  <si>
+    <t>124,084</t>
+  </si>
+  <si>
+    <t>18,228,611</t>
+  </si>
+  <si>
+    <t>21,919,790</t>
+  </si>
+  <si>
+    <t>57,487,416</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>429,758,958</t>
+  </si>
+  <si>
+    <t>85,122,134</t>
+  </si>
+  <si>
+    <t>73,885,540</t>
+  </si>
+  <si>
+    <t>70,064,741</t>
+  </si>
+  <si>
+    <t>62,701,563</t>
+  </si>
+  <si>
+    <t>11,880,377</t>
+  </si>
+  <si>
+    <t>9,667,955</t>
+  </si>
+  <si>
+    <t>317,628</t>
+  </si>
+  <si>
+    <t>100,683</t>
+  </si>
+  <si>
+    <t>778,575</t>
+  </si>
+  <si>
+    <t>1,977,130</t>
+  </si>
+  <si>
+    <t>1,469,384</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>820,281,432</t>
+  </si>
+  <si>
+    <t>17,021,634</t>
+  </si>
+  <si>
+    <t>3,275,896</t>
+  </si>
+  <si>
+    <t>13,745,738</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>16,679,173,846</t>
+  </si>
+  <si>
+    <t>844,331,300</t>
+  </si>
+  <si>
+    <t>651,344,007</t>
+  </si>
+  <si>
+    <t>79,500</t>
+  </si>
+  <si>
+    <t>45,108,390</t>
+  </si>
+  <si>
+    <t>39,901,324</t>
+  </si>
+  <si>
+    <t>140,181,543</t>
+  </si>
+  <si>
+    <t>126,111,520</t>
+  </si>
+  <si>
+    <t>33,987,406</t>
+  </si>
+  <si>
+    <t>276,412,802</t>
+  </si>
+  <si>
+    <t>247,526,580</t>
+  </si>
+  <si>
+    <t>4,505,784</t>
+  </si>
+  <si>
+    <t>21,005,105</t>
+  </si>
+  <si>
+    <t>194,423,416</t>
+  </si>
+  <si>
+    <t>144,536,975</t>
+  </si>
+  <si>
+    <t>128,627,354</t>
+  </si>
+  <si>
+    <t>82,441,238</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>6,564,023,248</t>
+  </si>
+  <si>
+    <t>240,826,168</t>
+  </si>
+  <si>
+    <t>120,161,830</t>
+  </si>
+  <si>
+    <t>19,500</t>
+  </si>
+  <si>
+    <t>878,210</t>
+  </si>
+  <si>
+    <t>31,156,748</t>
+  </si>
+  <si>
+    <t>8,513,247</t>
+  </si>
+  <si>
+    <t>6,232,105</t>
+  </si>
+  <si>
+    <t>6,228,669</t>
+  </si>
+  <si>
+    <t>42,109,100</t>
+  </si>
+  <si>
+    <t>23,743,744</t>
+  </si>
+  <si>
+    <t>2,870,542</t>
+  </si>
+  <si>
+    <t>718,542</t>
+  </si>
+  <si>
+    <t>10,550,315</t>
+  </si>
+  <si>
+    <t>4,558,110</t>
+  </si>
+  <si>
+    <t>142,451,538</t>
+  </si>
+  <si>
+    <t>75,492,252</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>5,469,043,030</t>
+  </si>
+  <si>
+    <t>577,535,161</t>
+  </si>
+  <si>
+    <t>484,257,390</t>
+  </si>
+  <si>
+    <t>355,592</t>
+  </si>
+  <si>
+    <t>63,810,653</t>
+  </si>
+  <si>
+    <t>61,129,413</t>
+  </si>
+  <si>
+    <t>11,013</t>
+  </si>
+  <si>
+    <t>111,035,276</t>
+  </si>
+  <si>
+    <t>74,210,241</t>
+  </si>
+  <si>
+    <t>2,512,692</t>
+  </si>
+  <si>
+    <t>1,507,450</t>
+  </si>
+  <si>
+    <t>481,961</t>
+  </si>
+  <si>
+    <t>45,142,146</t>
+  </si>
+  <si>
+    <t>31,678,877</t>
+  </si>
+  <si>
+    <t>354,185,828</t>
+  </si>
+  <si>
+    <t>315,731,409</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>151,679,827</t>
+  </si>
+  <si>
+    <t>16,404,690</t>
+  </si>
+  <si>
+    <t>40,215</t>
   </si>
   <si>
     <t>2,000</t>
   </si>
   <si>
-    <t>159,074</t>
-[...1897 lines deleted...]
-  <si>
     <t>9,063</t>
   </si>
   <si>
-    <t>209,779</t>
+    <t>234,383</t>
   </si>
   <si>
     <t>630,270</t>
   </si>
   <si>
-    <t>174,431</t>
-[...11 lines deleted...]
-    <t>967,716</t>
+    <t>174,808</t>
+  </si>
+  <si>
+    <t>46,841</t>
+  </si>
+  <si>
+    <t>10,545</t>
+  </si>
+  <si>
+    <t>14,151,234</t>
+  </si>
+  <si>
+    <t>1,145,546</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -4552,64 +4561,64 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="V1" sqref="V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4661,128 +4670,128 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+      <c r="I2" t="s">
+        <v>25</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
         <v>27</v>
       </c>
-      <c r="H2" t="s">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
         <v>28</v>
       </c>
-      <c r="N2" t="s">
-[...2 lines deleted...]
-      <c r="O2" t="s">
+      <c r="P2" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q2" t="s">
         <v>29</v>
       </c>
-      <c r="P2" t="s">
-[...2 lines deleted...]
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>30</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
+        <v>25</v>
+      </c>
+      <c r="T2" t="s">
+        <v>25</v>
+      </c>
+      <c r="U2" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="V2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:22">
       <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
         <v>33</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>34</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>35</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>25</v>
       </c>
       <c r="I3" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>25</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>25</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>25</v>
       </c>
       <c r="Q3" t="s">
         <v>37</v>
       </c>
       <c r="R3" t="s">
         <v>25</v>
       </c>
@@ -4901,453 +4910,453 @@
       <c r="K5" t="s">
         <v>25</v>
       </c>
       <c r="L5" t="s">
         <v>25</v>
       </c>
       <c r="M5" t="s">
         <v>59</v>
       </c>
       <c r="N5" t="s">
         <v>60</v>
       </c>
       <c r="O5" t="s">
         <v>61</v>
       </c>
       <c r="P5" t="s">
         <v>25</v>
       </c>
       <c r="Q5" t="s">
         <v>62</v>
       </c>
       <c r="R5" t="s">
         <v>63</v>
       </c>
       <c r="S5" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="T5" t="s">
         <v>25</v>
       </c>
       <c r="U5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:22">
       <c r="A6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>25</v>
       </c>
       <c r="I6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S6" t="s">
         <v>25</v>
       </c>
       <c r="T6" t="s">
         <v>25</v>
       </c>
       <c r="U6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="V6" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:22">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
       <c r="I7" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J7" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K7" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="L7" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M7" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="N7" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="O7" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="P7" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Q7" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="R7" t="s">
         <v>25</v>
       </c>
       <c r="S7" t="s">
         <v>25</v>
       </c>
       <c r="T7" t="s">
         <v>25</v>
       </c>
       <c r="U7" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="V7" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8" spans="1:22">
       <c r="A8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="L8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="M8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="N8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="O8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Q8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="R8" t="s">
         <v>25</v>
       </c>
       <c r="S8" t="s">
         <v>25</v>
       </c>
       <c r="T8" t="s">
         <v>25</v>
       </c>
       <c r="U8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="V8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="9" spans="1:22">
       <c r="A9" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C9" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I9" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J9" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K9" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L9" t="s">
-        <v>117</v>
+        <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>25</v>
       </c>
       <c r="O9" t="s">
         <v>119</v>
       </c>
       <c r="P9" t="s">
         <v>120</v>
       </c>
       <c r="Q9" t="s">
         <v>121</v>
       </c>
       <c r="R9" t="s">
         <v>122</v>
       </c>
       <c r="S9" t="s">
         <v>25</v>
       </c>
       <c r="T9" t="s">
         <v>25</v>
       </c>
       <c r="U9" t="s">
         <v>123</v>
       </c>
       <c r="V9" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="10" spans="1:22">
       <c r="A10" t="s">
         <v>125</v>
       </c>
       <c r="B10" t="s">
         <v>126</v>
       </c>
       <c r="C10" t="s">
         <v>127</v>
       </c>
       <c r="D10" t="s">
         <v>128</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" t="s">
+        <v>25</v>
+      </c>
+      <c r="I10" t="s">
         <v>129</v>
       </c>
-      <c r="H10" t="s">
-[...2 lines deleted...]
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>130</v>
       </c>
-      <c r="J10" t="s">
+      <c r="K10" t="s">
         <v>131</v>
       </c>
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>132</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>133</v>
       </c>
-      <c r="M10" t="s">
+      <c r="N10" t="s">
         <v>134</v>
       </c>
-      <c r="N10" t="s">
+      <c r="O10" t="s">
         <v>135</v>
       </c>
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>136</v>
       </c>
-      <c r="P10" t="s">
+      <c r="Q10" t="s">
         <v>137</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="R10" t="s">
         <v>138</v>
       </c>
-      <c r="R10" t="s">
+      <c r="S10" t="s">
         <v>139</v>
       </c>
-      <c r="S10" t="s">
+      <c r="T10" t="s">
+        <v>25</v>
+      </c>
+      <c r="U10" t="s">
         <v>140</v>
       </c>
-      <c r="T10" t="s">
-[...2 lines deleted...]
-      <c r="U10" t="s">
+      <c r="V10" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="11" spans="1:22">
       <c r="A11" t="s">
+        <v>142</v>
+      </c>
+      <c r="B11" t="s">
         <v>143</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>144</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>145</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" t="s">
         <v>146</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I11" t="s">
         <v>147</v>
       </c>
-      <c r="H11" t="s">
-[...2 lines deleted...]
-      <c r="I11" t="s">
+      <c r="J11" t="s">
+        <v>25</v>
+      </c>
+      <c r="K11" t="s">
         <v>148</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="L11" t="s">
         <v>149</v>
       </c>
-      <c r="L11" t="s">
+      <c r="M11" t="s">
         <v>150</v>
       </c>
-      <c r="M11" t="s">
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
         <v>151</v>
       </c>
-      <c r="N11" t="s">
-[...2 lines deleted...]
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>152</v>
       </c>
-      <c r="P11" t="s">
+      <c r="Q11" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="R11" t="s">
         <v>25</v>
       </c>
       <c r="S11" t="s">
         <v>25</v>
       </c>
       <c r="T11" t="s">
         <v>25</v>
       </c>
       <c r="U11" t="s">
         <v>154</v>
       </c>
       <c r="V11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:22">
       <c r="A12" t="s">
         <v>155</v>
       </c>
       <c r="B12" t="s">
         <v>156</v>
       </c>
       <c r="C12" t="s">
@@ -5365,982 +5374,982 @@
       <c r="G12" t="s">
         <v>25</v>
       </c>
       <c r="H12" t="s">
         <v>25</v>
       </c>
       <c r="I12" t="s">
         <v>159</v>
       </c>
       <c r="J12" t="s">
         <v>160</v>
       </c>
       <c r="K12" t="s">
         <v>161</v>
       </c>
       <c r="L12" t="s">
         <v>162</v>
       </c>
       <c r="M12" t="s">
         <v>163</v>
       </c>
       <c r="N12" t="s">
         <v>164</v>
       </c>
       <c r="O12" t="s">
+        <v>25</v>
+      </c>
+      <c r="P12" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q12" t="s">
         <v>165</v>
       </c>
-      <c r="P12" t="s">
-[...2 lines deleted...]
-      <c r="Q12" t="s">
+      <c r="R12" t="s">
         <v>166</v>
       </c>
-      <c r="R12" t="s">
+      <c r="S12" t="s">
         <v>167</v>
       </c>
-      <c r="S12" t="s">
+      <c r="T12" t="s">
+        <v>25</v>
+      </c>
+      <c r="U12" t="s">
         <v>168</v>
       </c>
-      <c r="T12" t="s">
-[...2 lines deleted...]
-      <c r="U12" t="s">
+      <c r="V12" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:22">
       <c r="A13" t="s">
+        <v>170</v>
+      </c>
+      <c r="B13" t="s">
         <v>171</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>172</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>173</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" t="s">
         <v>174</v>
       </c>
-      <c r="E13" t="s">
-[...11 lines deleted...]
-      <c r="I13" t="s">
+      <c r="J13" t="s">
         <v>175</v>
       </c>
-      <c r="J13" t="s">
+      <c r="K13" t="s">
         <v>176</v>
       </c>
-      <c r="K13" t="s">
+      <c r="L13" t="s">
         <v>177</v>
       </c>
-      <c r="L13" t="s">
+      <c r="M13" t="s">
         <v>178</v>
       </c>
-      <c r="M13" t="s">
+      <c r="N13" t="s">
         <v>179</v>
       </c>
-      <c r="N13" t="s">
+      <c r="O13" t="s">
         <v>180</v>
       </c>
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>181</v>
       </c>
-      <c r="P13" t="s">
+      <c r="Q13" t="s">
         <v>182</v>
       </c>
-      <c r="Q13" t="s">
+      <c r="R13" t="s">
         <v>183</v>
       </c>
-      <c r="R13" t="s">
+      <c r="S13" t="s">
+        <v>25</v>
+      </c>
+      <c r="T13" t="s">
+        <v>25</v>
+      </c>
+      <c r="U13" t="s">
         <v>184</v>
       </c>
-      <c r="S13" t="s">
-[...5 lines deleted...]
-      <c r="U13" t="s">
+      <c r="V13" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" t="s">
+        <v>186</v>
+      </c>
+      <c r="B14" t="s">
         <v>187</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>188</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>189</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" t="s">
+        <v>25</v>
+      </c>
+      <c r="I14" t="s">
         <v>190</v>
       </c>
-      <c r="E14" t="s">
-[...11 lines deleted...]
-      <c r="I14" t="s">
+      <c r="J14" t="s">
         <v>191</v>
       </c>
-      <c r="J14" t="s">
+      <c r="K14" t="s">
         <v>192</v>
       </c>
-      <c r="K14" t="s">
+      <c r="L14" t="s">
         <v>193</v>
       </c>
-      <c r="L14" t="s">
+      <c r="M14" t="s">
         <v>194</v>
       </c>
-      <c r="M14" t="s">
+      <c r="N14" t="s">
         <v>195</v>
       </c>
-      <c r="N14" t="s">
+      <c r="O14" t="s">
+        <v>25</v>
+      </c>
+      <c r="P14" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q14" t="s">
         <v>196</v>
       </c>
-      <c r="O14" t="s">
-[...5 lines deleted...]
-      <c r="Q14" t="s">
+      <c r="R14" t="s">
         <v>197</v>
       </c>
-      <c r="R14" t="s">
+      <c r="S14" t="s">
         <v>198</v>
       </c>
-      <c r="S14" t="s">
+      <c r="T14" t="s">
+        <v>25</v>
+      </c>
+      <c r="U14" t="s">
         <v>199</v>
       </c>
-      <c r="T14" t="s">
-[...2 lines deleted...]
-      <c r="U14" t="s">
+      <c r="V14" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" t="s">
+        <v>201</v>
+      </c>
+      <c r="B15" t="s">
         <v>202</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>203</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>204</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>25</v>
+      </c>
+      <c r="F15" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" t="s">
+        <v>25</v>
+      </c>
+      <c r="I15" t="s">
         <v>205</v>
       </c>
-      <c r="E15" t="s">
-[...11 lines deleted...]
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>206</v>
       </c>
-      <c r="J15" t="s">
+      <c r="K15" t="s">
+        <v>25</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
         <v>207</v>
       </c>
-      <c r="K15" t="s">
+      <c r="N15" t="s">
         <v>208</v>
       </c>
-      <c r="L15" t="s">
-[...2 lines deleted...]
-      <c r="M15" t="s">
+      <c r="O15" t="s">
         <v>209</v>
       </c>
-      <c r="N15" t="s">
+      <c r="P15" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q15" t="s">
         <v>210</v>
       </c>
-      <c r="O15" t="s">
+      <c r="R15" t="s">
+        <v>210</v>
+      </c>
+      <c r="S15" t="s">
+        <v>25</v>
+      </c>
+      <c r="T15" t="s">
+        <v>25</v>
+      </c>
+      <c r="U15" t="s">
         <v>211</v>
       </c>
-      <c r="P15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="V15" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" t="s">
+        <v>212</v>
+      </c>
+      <c r="B16" t="s">
+        <v>213</v>
+      </c>
+      <c r="C16" t="s">
         <v>214</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>215</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
+        <v>25</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
         <v>216</v>
       </c>
-      <c r="D16" t="s">
+      <c r="H16" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" t="s">
         <v>217</v>
       </c>
-      <c r="E16" t="s">
-[...5 lines deleted...]
-      <c r="G16" t="s">
+      <c r="J16" t="s">
         <v>218</v>
       </c>
-      <c r="H16" t="s">
-[...2 lines deleted...]
-      <c r="I16" t="s">
+      <c r="K16" t="s">
         <v>219</v>
       </c>
-      <c r="J16" t="s">
+      <c r="L16" t="s">
+        <v>219</v>
+      </c>
+      <c r="M16" t="s">
         <v>220</v>
       </c>
-      <c r="K16" t="s">
+      <c r="N16" t="s">
         <v>221</v>
       </c>
-      <c r="L16" t="s">
-[...2 lines deleted...]
-      <c r="M16" t="s">
+      <c r="O16" t="s">
+        <v>25</v>
+      </c>
+      <c r="P16" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q16" t="s">
         <v>222</v>
       </c>
-      <c r="N16" t="s">
+      <c r="R16" t="s">
         <v>223</v>
       </c>
-      <c r="O16" t="s">
-[...5 lines deleted...]
-      <c r="Q16" t="s">
+      <c r="S16" t="s">
         <v>224</v>
       </c>
-      <c r="R16" t="s">
+      <c r="T16" t="s">
+        <v>25</v>
+      </c>
+      <c r="U16" t="s">
         <v>225</v>
       </c>
-      <c r="S16" t="s">
+      <c r="V16" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" t="s">
+        <v>227</v>
+      </c>
+      <c r="B17" t="s">
+        <v>228</v>
+      </c>
+      <c r="C17" t="s">
         <v>229</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>230</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
+        <v>25</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" t="s">
+        <v>25</v>
+      </c>
+      <c r="I17" t="s">
         <v>231</v>
       </c>
-      <c r="D17" t="s">
+      <c r="J17" t="s">
         <v>232</v>
       </c>
-      <c r="E17" t="s">
-[...11 lines deleted...]
-      <c r="I17" t="s">
+      <c r="K17" t="s">
+        <v>25</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
         <v>233</v>
       </c>
-      <c r="J17" t="s">
+      <c r="N17" t="s">
         <v>234</v>
       </c>
-      <c r="K17" t="s">
-[...5 lines deleted...]
-      <c r="M17" t="s">
+      <c r="O17" t="s">
         <v>235</v>
       </c>
-      <c r="N17" t="s">
+      <c r="P17" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q17" t="s">
         <v>236</v>
       </c>
-      <c r="O17" t="s">
+      <c r="R17" t="s">
         <v>237</v>
       </c>
-      <c r="P17" t="s">
-[...2 lines deleted...]
-      <c r="Q17" t="s">
+      <c r="S17" t="s">
         <v>238</v>
       </c>
-      <c r="R17" t="s">
+      <c r="T17" t="s">
+        <v>25</v>
+      </c>
+      <c r="U17" t="s">
         <v>239</v>
       </c>
-      <c r="S17" t="s">
+      <c r="V17" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" t="s">
+        <v>241</v>
+      </c>
+      <c r="B18" t="s">
+        <v>242</v>
+      </c>
+      <c r="C18" t="s">
         <v>243</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>244</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" t="s">
         <v>245</v>
       </c>
-      <c r="D18" t="s">
+      <c r="J18" t="s">
         <v>246</v>
       </c>
-      <c r="E18" t="s">
-[...5 lines deleted...]
-      <c r="G18" t="s">
+      <c r="K18" t="s">
         <v>247</v>
       </c>
-      <c r="H18" t="s">
-[...2 lines deleted...]
-      <c r="I18" t="s">
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
         <v>248</v>
       </c>
-      <c r="J18" t="s">
+      <c r="N18" t="s">
         <v>249</v>
       </c>
-      <c r="K18" t="s">
+      <c r="O18" t="s">
         <v>250</v>
       </c>
-      <c r="L18" t="s">
-[...2 lines deleted...]
-      <c r="M18" t="s">
+      <c r="P18" t="s">
         <v>251</v>
       </c>
-      <c r="N18" t="s">
+      <c r="Q18" t="s">
         <v>252</v>
       </c>
-      <c r="O18" t="s">
+      <c r="R18" t="s">
         <v>253</v>
       </c>
-      <c r="P18" t="s">
+      <c r="S18" t="s">
         <v>254</v>
       </c>
-      <c r="Q18" t="s">
+      <c r="T18" t="s">
+        <v>25</v>
+      </c>
+      <c r="U18" t="s">
         <v>255</v>
       </c>
-      <c r="R18" t="s">
+      <c r="V18" t="s">
         <v>256</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" t="s">
+        <v>257</v>
+      </c>
+      <c r="B19" t="s">
+        <v>258</v>
+      </c>
+      <c r="C19" t="s">
+        <v>259</v>
+      </c>
+      <c r="D19" t="s">
         <v>260</v>
       </c>
-      <c r="B19" t="s">
+      <c r="E19" t="s">
+        <v>25</v>
+      </c>
+      <c r="F19" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" t="s">
+        <v>25</v>
+      </c>
+      <c r="H19" t="s">
+        <v>25</v>
+      </c>
+      <c r="I19" t="s">
         <v>261</v>
       </c>
-      <c r="C19" t="s">
+      <c r="J19" t="s">
         <v>262</v>
       </c>
-      <c r="D19" t="s">
+      <c r="K19" t="s">
+        <v>25</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
         <v>263</v>
       </c>
-      <c r="E19" t="s">
-[...11 lines deleted...]
-      <c r="I19" t="s">
+      <c r="N19" t="s">
         <v>264</v>
       </c>
-      <c r="J19" t="s">
+      <c r="O19" t="s">
         <v>265</v>
       </c>
-      <c r="K19" t="s">
-[...5 lines deleted...]
-      <c r="M19" t="s">
+      <c r="P19" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q19" t="s">
         <v>266</v>
       </c>
-      <c r="N19" t="s">
+      <c r="R19" t="s">
         <v>267</v>
       </c>
-      <c r="O19" t="s">
+      <c r="S19" t="s">
         <v>268</v>
       </c>
-      <c r="P19" t="s">
-[...2 lines deleted...]
-      <c r="Q19" t="s">
+      <c r="T19" t="s">
+        <v>25</v>
+      </c>
+      <c r="U19" t="s">
         <v>269</v>
       </c>
-      <c r="R19" t="s">
+      <c r="V19" t="s">
         <v>270</v>
-      </c>
-[...10 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" t="s">
+        <v>271</v>
+      </c>
+      <c r="B20" t="s">
+        <v>272</v>
+      </c>
+      <c r="C20" t="s">
+        <v>273</v>
+      </c>
+      <c r="D20" t="s">
         <v>274</v>
       </c>
-      <c r="B20" t="s">
+      <c r="E20" t="s">
+        <v>25</v>
+      </c>
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20" t="s">
         <v>275</v>
       </c>
-      <c r="C20" t="s">
+      <c r="H20" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" t="s">
         <v>276</v>
       </c>
-      <c r="D20" t="s">
+      <c r="J20" t="s">
         <v>277</v>
       </c>
-      <c r="E20" t="s">
-[...5 lines deleted...]
-      <c r="G20" t="s">
+      <c r="K20" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
         <v>278</v>
       </c>
-      <c r="H20" t="s">
-[...2 lines deleted...]
-      <c r="I20" t="s">
+      <c r="N20" t="s">
         <v>279</v>
       </c>
-      <c r="J20" t="s">
+      <c r="O20" t="s">
         <v>280</v>
       </c>
-      <c r="K20" t="s">
-[...5 lines deleted...]
-      <c r="M20" t="s">
+      <c r="P20" t="s">
         <v>281</v>
       </c>
-      <c r="N20" t="s">
+      <c r="Q20" t="s">
         <v>282</v>
       </c>
-      <c r="O20" t="s">
+      <c r="R20" t="s">
         <v>283</v>
       </c>
-      <c r="P20" t="s">
+      <c r="S20" t="s">
         <v>284</v>
       </c>
-      <c r="Q20" t="s">
+      <c r="T20" t="s">
+        <v>25</v>
+      </c>
+      <c r="U20" t="s">
         <v>285</v>
       </c>
-      <c r="R20" t="s">
+      <c r="V20" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" t="s">
+        <v>287</v>
+      </c>
+      <c r="B21" t="s">
+        <v>288</v>
+      </c>
+      <c r="C21" t="s">
+        <v>289</v>
+      </c>
+      <c r="D21" t="s">
         <v>290</v>
       </c>
-      <c r="B21" t="s">
+      <c r="E21" t="s">
+        <v>25</v>
+      </c>
+      <c r="F21" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" t="s">
         <v>291</v>
       </c>
-      <c r="C21" t="s">
+      <c r="H21" t="s">
         <v>292</v>
       </c>
-      <c r="D21" t="s">
+      <c r="I21" t="s">
         <v>293</v>
       </c>
-      <c r="E21" t="s">
-[...5 lines deleted...]
-      <c r="G21" t="s">
+      <c r="J21" t="s">
         <v>294</v>
       </c>
-      <c r="H21" t="s">
-[...2 lines deleted...]
-      <c r="I21" t="s">
+      <c r="K21" t="s">
         <v>295</v>
       </c>
-      <c r="J21" t="s">
+      <c r="L21" t="s">
         <v>296</v>
       </c>
-      <c r="K21" t="s">
+      <c r="M21" t="s">
         <v>297</v>
       </c>
-      <c r="L21" t="s">
+      <c r="N21" t="s">
         <v>298</v>
       </c>
-      <c r="M21" t="s">
+      <c r="O21" t="s">
         <v>299</v>
       </c>
-      <c r="N21" t="s">
+      <c r="P21" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q21" t="s">
         <v>300</v>
       </c>
-      <c r="O21" t="s">
-[...5 lines deleted...]
-      <c r="Q21" t="s">
+      <c r="R21" t="s">
         <v>301</v>
       </c>
-      <c r="R21" t="s">
+      <c r="S21" t="s">
         <v>302</v>
       </c>
-      <c r="S21" t="s">
+      <c r="T21" t="s">
+        <v>25</v>
+      </c>
+      <c r="U21" t="s">
         <v>303</v>
       </c>
-      <c r="T21" t="s">
-[...2 lines deleted...]
-      <c r="U21" t="s">
+      <c r="V21" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" t="s">
+        <v>305</v>
+      </c>
+      <c r="B22" t="s">
         <v>306</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>307</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>308</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>309</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" t="s">
         <v>310</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
+        <v>25</v>
+      </c>
+      <c r="I22" t="s">
         <v>311</v>
       </c>
-      <c r="H22" t="s">
-[...2 lines deleted...]
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>312</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>313</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
+        <v>313</v>
+      </c>
+      <c r="M22" t="s">
         <v>314</v>
       </c>
-      <c r="L22" t="s">
-[...2 lines deleted...]
-      <c r="M22" t="s">
+      <c r="N22" t="s">
         <v>315</v>
       </c>
-      <c r="N22" t="s">
+      <c r="O22" t="s">
         <v>316</v>
       </c>
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>317</v>
       </c>
-      <c r="P22" t="s">
+      <c r="Q22" t="s">
         <v>318</v>
       </c>
-      <c r="Q22" t="s">
+      <c r="R22" t="s">
         <v>319</v>
       </c>
-      <c r="R22" t="s">
+      <c r="S22" t="s">
         <v>320</v>
       </c>
-      <c r="S22" t="s">
+      <c r="T22" t="s">
+        <v>25</v>
+      </c>
+      <c r="U22" t="s">
         <v>321</v>
       </c>
-      <c r="T22" t="s">
-[...2 lines deleted...]
-      <c r="U22" t="s">
+      <c r="V22" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" t="s">
+        <v>323</v>
+      </c>
+      <c r="B23" t="s">
         <v>324</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>325</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>326</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
+        <v>25</v>
+      </c>
+      <c r="F23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" t="s">
         <v>327</v>
       </c>
-      <c r="E23" t="s">
-[...5 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
+        <v>25</v>
+      </c>
+      <c r="I23" t="s">
         <v>328</v>
       </c>
-      <c r="H23" t="s">
-[...2 lines deleted...]
-      <c r="I23" t="s">
+      <c r="J23" t="s">
         <v>329</v>
       </c>
-      <c r="J23" t="s">
+      <c r="K23" t="s">
         <v>330</v>
       </c>
-      <c r="K23" t="s">
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
         <v>331</v>
       </c>
-      <c r="L23" t="s">
-[...2 lines deleted...]
-      <c r="M23" t="s">
+      <c r="N23" t="s">
         <v>332</v>
       </c>
-      <c r="N23" t="s">
+      <c r="O23" t="s">
         <v>333</v>
       </c>
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>334</v>
       </c>
-      <c r="P23" t="s">
+      <c r="Q23" t="s">
         <v>335</v>
       </c>
-      <c r="Q23" t="s">
+      <c r="R23" t="s">
         <v>336</v>
       </c>
-      <c r="R23" t="s">
+      <c r="S23" t="s">
         <v>337</v>
       </c>
-      <c r="S23" t="s">
+      <c r="T23" t="s">
+        <v>25</v>
+      </c>
+      <c r="U23" t="s">
         <v>338</v>
       </c>
-      <c r="T23" t="s">
-[...2 lines deleted...]
-      <c r="U23" t="s">
+      <c r="V23" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" t="s">
+        <v>340</v>
+      </c>
+      <c r="B24" t="s">
         <v>341</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>342</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>343</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
+        <v>25</v>
+      </c>
+      <c r="F24" t="s">
+        <v>25</v>
+      </c>
+      <c r="G24" t="s">
+        <v>25</v>
+      </c>
+      <c r="H24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I24" t="s">
         <v>344</v>
       </c>
-      <c r="E24" t="s">
-[...11 lines deleted...]
-      <c r="I24" t="s">
+      <c r="J24" t="s">
         <v>345</v>
       </c>
-      <c r="J24" t="s">
+      <c r="K24" t="s">
         <v>346</v>
       </c>
-      <c r="K24" t="s">
+      <c r="L24" t="s">
         <v>347</v>
       </c>
-      <c r="L24" t="s">
+      <c r="M24" t="s">
         <v>348</v>
       </c>
-      <c r="M24" t="s">
+      <c r="N24" t="s">
         <v>349</v>
       </c>
-      <c r="N24" t="s">
+      <c r="O24" t="s">
         <v>350</v>
       </c>
-      <c r="O24" t="s">
+      <c r="P24" t="s">
+        <v>350</v>
+      </c>
+      <c r="Q24" t="s">
         <v>351</v>
       </c>
-      <c r="P24" t="s">
-[...2 lines deleted...]
-      <c r="Q24" t="s">
+      <c r="R24" t="s">
         <v>352</v>
       </c>
-      <c r="R24" t="s">
+      <c r="S24" t="s">
         <v>353</v>
       </c>
-      <c r="S24" t="s">
+      <c r="T24" t="s">
+        <v>25</v>
+      </c>
+      <c r="U24" t="s">
         <v>354</v>
       </c>
-      <c r="T24" t="s">
-[...2 lines deleted...]
-      <c r="U24" t="s">
+      <c r="V24" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" t="s">
+        <v>356</v>
+      </c>
+      <c r="B25" t="s">
         <v>357</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>358</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>359</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
+        <v>25</v>
+      </c>
+      <c r="F25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G25" t="s">
         <v>360</v>
       </c>
-      <c r="E25" t="s">
-[...5 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
+        <v>25</v>
+      </c>
+      <c r="I25" t="s">
         <v>361</v>
       </c>
-      <c r="H25" t="s">
-[...2 lines deleted...]
-      <c r="I25" t="s">
+      <c r="J25" t="s">
         <v>362</v>
       </c>
-      <c r="J25" t="s">
+      <c r="K25" t="s">
         <v>363</v>
       </c>
-      <c r="K25" t="s">
+      <c r="L25" t="s">
+        <v>363</v>
+      </c>
+      <c r="M25" t="s">
         <v>364</v>
       </c>
-      <c r="L25" t="s">
-[...2 lines deleted...]
-      <c r="M25" t="s">
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
         <v>365</v>
       </c>
-      <c r="N25" t="s">
-[...2 lines deleted...]
-      <c r="O25" t="s">
+      <c r="P25" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q25" t="s">
         <v>366</v>
       </c>
-      <c r="P25" t="s">
-[...2 lines deleted...]
-      <c r="Q25" t="s">
+      <c r="R25" t="s">
         <v>367</v>
       </c>
-      <c r="R25" t="s">
+      <c r="S25" t="s">
+        <v>25</v>
+      </c>
+      <c r="T25" t="s">
+        <v>25</v>
+      </c>
+      <c r="U25" t="s">
         <v>368</v>
-      </c>
-[...7 lines deleted...]
-        <v>369</v>
       </c>
       <c r="V25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:22">
       <c r="A26" t="s">
+        <v>369</v>
+      </c>
+      <c r="B26" t="s">
         <v>370</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>371</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>372</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
+        <v>25</v>
+      </c>
+      <c r="F26" t="s">
+        <v>25</v>
+      </c>
+      <c r="G26" t="s">
         <v>373</v>
       </c>
-      <c r="E26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H26" t="s">
-        <v>25</v>
+        <v>373</v>
       </c>
       <c r="I26" t="s">
         <v>374</v>
       </c>
       <c r="J26" t="s">
         <v>375</v>
       </c>
       <c r="K26" t="s">
         <v>376</v>
       </c>
       <c r="L26" t="s">
         <v>377</v>
       </c>
       <c r="M26" t="s">
         <v>378</v>
       </c>
       <c r="N26" t="s">
         <v>379</v>
       </c>
       <c r="O26" t="s">
         <v>380</v>
       </c>
       <c r="P26" t="s">
         <v>25</v>
       </c>
@@ -6527,610 +6536,610 @@
       <c r="I29" t="s">
         <v>416</v>
       </c>
       <c r="J29" t="s">
         <v>417</v>
       </c>
       <c r="K29" t="s">
         <v>418</v>
       </c>
       <c r="L29" t="s">
         <v>419</v>
       </c>
       <c r="M29" t="s">
         <v>420</v>
       </c>
       <c r="N29" t="s">
         <v>421</v>
       </c>
       <c r="O29" t="s">
         <v>422</v>
       </c>
       <c r="P29" t="s">
         <v>25</v>
       </c>
       <c r="Q29" t="s">
-        <v>25</v>
+        <v>423</v>
       </c>
       <c r="R29" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="S29" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="T29" t="s">
         <v>25</v>
       </c>
       <c r="U29" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="V29" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="30" spans="1:22">
       <c r="A30" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B30" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C30" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D30" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E30" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H30" t="s">
         <v>25</v>
       </c>
       <c r="I30" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J30" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K30" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="L30" t="s">
         <v>25</v>
       </c>
       <c r="M30" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="N30" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="O30" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P30" t="s">
         <v>25</v>
       </c>
       <c r="Q30" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="R30" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="S30" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="T30" t="s">
         <v>25</v>
       </c>
       <c r="U30" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="V30" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="31" spans="1:22">
       <c r="A31" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C31" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D31" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E31" t="s">
         <v>25</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="G31" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H31" t="s">
         <v>25</v>
       </c>
       <c r="I31" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J31" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>25</v>
       </c>
       <c r="M31" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N31" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="O31" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P31" t="s">
         <v>25</v>
       </c>
       <c r="Q31" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="R31" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="S31" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="T31" t="s">
         <v>25</v>
       </c>
       <c r="U31" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="V31" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="32" spans="1:22">
       <c r="A32" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B32" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C32" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D32" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E32" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F32" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G32" t="s">
         <v>25</v>
       </c>
       <c r="H32" t="s">
         <v>25</v>
       </c>
       <c r="I32" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="J32" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K32" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="L32" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M32" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="N32" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="O32" t="s">
-        <v>25</v>
+        <v>472</v>
       </c>
       <c r="P32" t="s">
         <v>25</v>
       </c>
       <c r="Q32" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="R32" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="S32" t="s">
         <v>25</v>
       </c>
       <c r="T32" t="s">
         <v>25</v>
       </c>
       <c r="U32" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="V32" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="33" spans="1:22">
       <c r="A33" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B33" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D33" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E33" t="s">
         <v>25</v>
       </c>
       <c r="F33" t="s">
         <v>25</v>
       </c>
       <c r="G33" t="s">
         <v>25</v>
       </c>
       <c r="H33" t="s">
         <v>25</v>
       </c>
       <c r="I33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="J33" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K33" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L33" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="M33" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="N33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="O33" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="P33" t="s">
         <v>25</v>
       </c>
       <c r="Q33" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="R33" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="S33" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="T33" t="s">
         <v>25</v>
       </c>
       <c r="U33" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="V33" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="34" spans="1:22">
       <c r="A34" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B34" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C34" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D34" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="E34" t="s">
         <v>25</v>
       </c>
       <c r="F34" t="s">
         <v>25</v>
       </c>
       <c r="G34" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H34" t="s">
         <v>25</v>
       </c>
       <c r="I34" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="J34" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>25</v>
       </c>
       <c r="M34" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="N34" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="O34" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="P34" t="s">
         <v>25</v>
       </c>
       <c r="Q34" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="R34" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="S34" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="T34" t="s">
         <v>25</v>
       </c>
       <c r="U34" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="V34" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="35" spans="1:22">
       <c r="A35" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B35" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C35" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D35" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E35" t="s">
         <v>25</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="H35" t="s">
         <v>25</v>
       </c>
       <c r="I35" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="J35" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="K35" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="L35" t="s">
         <v>25</v>
       </c>
       <c r="M35" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="N35" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="O35" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="P35" t="s">
         <v>25</v>
       </c>
       <c r="Q35" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="R35" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="S35" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="T35" t="s">
         <v>25</v>
       </c>
       <c r="U35" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="V35" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="36" spans="1:22">
       <c r="A36" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B36" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C36" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D36" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="H36" t="s">
         <v>25</v>
       </c>
       <c r="I36" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="J36" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>25</v>
       </c>
       <c r="M36" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="N36" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="O36" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="P36" t="s">
         <v>25</v>
       </c>
       <c r="Q36" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="R36" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="S36" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="T36" t="s">
         <v>25</v>
       </c>
       <c r="U36" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="V36" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="37" spans="1:22">
       <c r="A37" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B37" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C37" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="D37" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="E37" t="s">
         <v>25</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" t="s">
         <v>25</v>
       </c>
       <c r="H37" t="s">
         <v>25</v>
       </c>
       <c r="I37" t="s">
         <v>25</v>
       </c>
       <c r="J37" t="s">
         <v>25</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>25</v>
       </c>
       <c r="M37" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="N37" t="s">
-        <v>541</v>
+        <v>25</v>
       </c>
       <c r="O37" t="s">
         <v>25</v>
       </c>
       <c r="P37" t="s">
         <v>25</v>
       </c>
       <c r="Q37" t="s">
+        <v>544</v>
+      </c>
+      <c r="R37" t="s">
+        <v>25</v>
+      </c>
+      <c r="S37" t="s">
+        <v>25</v>
+      </c>
+      <c r="T37" t="s">
+        <v>25</v>
+      </c>
+      <c r="U37" t="s">
         <v>542</v>
       </c>
-      <c r="R37" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V37" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
     </row>
     <row r="38" spans="1:22">
       <c r="A38" t="s">
         <v>545</v>
       </c>
       <c r="B38" t="s">
         <v>546</v>
       </c>
       <c r="C38" t="s">
         <v>547</v>
       </c>
       <c r="D38" t="s">
         <v>548</v>
       </c>
       <c r="E38" t="s">
         <v>25</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" t="s">
         <v>549</v>
       </c>
       <c r="H38" t="s">
@@ -7272,421 +7281,421 @@
       <c r="H40" t="s">
         <v>577</v>
       </c>
       <c r="I40" t="s">
         <v>578</v>
       </c>
       <c r="J40" t="s">
         <v>579</v>
       </c>
       <c r="K40" t="s">
         <v>580</v>
       </c>
       <c r="L40" t="s">
         <v>581</v>
       </c>
       <c r="M40" t="s">
         <v>582</v>
       </c>
       <c r="N40" t="s">
         <v>583</v>
       </c>
       <c r="O40" t="s">
         <v>584</v>
       </c>
       <c r="P40" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q40" t="s">
         <v>585</v>
       </c>
-      <c r="Q40" t="s">
+      <c r="R40" t="s">
         <v>586</v>
       </c>
-      <c r="R40" t="s">
+      <c r="S40" t="s">
         <v>587</v>
       </c>
-      <c r="S40" t="s">
+      <c r="T40" t="s">
+        <v>25</v>
+      </c>
+      <c r="U40" t="s">
         <v>588</v>
       </c>
-      <c r="T40" t="s">
-[...2 lines deleted...]
-      <c r="U40" t="s">
+      <c r="V40" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="41" spans="1:22">
       <c r="A41" t="s">
+        <v>590</v>
+      </c>
+      <c r="B41" t="s">
         <v>591</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>592</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>593</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>594</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>25</v>
+      </c>
+      <c r="G41" t="s">
         <v>595</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>596</v>
       </c>
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>597</v>
       </c>
-      <c r="I41" t="s">
+      <c r="J41" t="s">
         <v>598</v>
       </c>
-      <c r="J41" t="s">
+      <c r="K41" t="s">
         <v>599</v>
       </c>
-      <c r="K41" t="s">
+      <c r="L41" t="s">
+        <v>25</v>
+      </c>
+      <c r="M41" t="s">
         <v>600</v>
       </c>
-      <c r="L41" t="s">
-[...2 lines deleted...]
-      <c r="M41" t="s">
+      <c r="N41" t="s">
         <v>601</v>
       </c>
-      <c r="N41" t="s">
+      <c r="O41" t="s">
         <v>602</v>
       </c>
-      <c r="O41" t="s">
+      <c r="P41" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q41" t="s">
         <v>603</v>
       </c>
-      <c r="P41" t="s">
+      <c r="R41" t="s">
         <v>604</v>
       </c>
-      <c r="Q41" t="s">
+      <c r="S41" t="s">
         <v>605</v>
       </c>
-      <c r="R41" t="s">
+      <c r="T41" t="s">
+        <v>25</v>
+      </c>
+      <c r="U41" t="s">
         <v>606</v>
       </c>
-      <c r="S41" t="s">
+      <c r="V41" t="s">
         <v>607</v>
-      </c>
-[...7 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="42" spans="1:22">
       <c r="A42" t="s">
+        <v>608</v>
+      </c>
+      <c r="B42" t="s">
+        <v>609</v>
+      </c>
+      <c r="C42" t="s">
         <v>610</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
         <v>611</v>
       </c>
-      <c r="C42" t="s">
+      <c r="E42" t="s">
+        <v>25</v>
+      </c>
+      <c r="F42" t="s">
+        <v>25</v>
+      </c>
+      <c r="G42" t="s">
         <v>612</v>
       </c>
-      <c r="D42" t="s">
+      <c r="H42" t="s">
+        <v>25</v>
+      </c>
+      <c r="I42" t="s">
         <v>613</v>
       </c>
-      <c r="E42" t="s">
-[...5 lines deleted...]
-      <c r="G42" t="s">
+      <c r="J42" t="s">
         <v>614</v>
       </c>
-      <c r="H42" t="s">
-[...2 lines deleted...]
-      <c r="I42" t="s">
+      <c r="K42" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" t="s">
+        <v>25</v>
+      </c>
+      <c r="M42" t="s">
         <v>615</v>
       </c>
-      <c r="J42" t="s">
+      <c r="N42" t="s">
         <v>616</v>
       </c>
-      <c r="K42" t="s">
-[...5 lines deleted...]
-      <c r="M42" t="s">
+      <c r="O42" t="s">
         <v>617</v>
       </c>
-      <c r="N42" t="s">
+      <c r="P42" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q42" t="s">
         <v>618</v>
       </c>
-      <c r="O42" t="s">
+      <c r="R42" t="s">
         <v>619</v>
       </c>
-      <c r="P42" t="s">
-[...2 lines deleted...]
-      <c r="Q42" t="s">
+      <c r="S42" t="s">
+        <v>25</v>
+      </c>
+      <c r="T42" t="s">
+        <v>25</v>
+      </c>
+      <c r="U42" t="s">
         <v>620</v>
       </c>
-      <c r="R42" t="s">
+      <c r="V42" t="s">
         <v>621</v>
-      </c>
-[...10 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="43" spans="1:22">
       <c r="A43" t="s">
+        <v>622</v>
+      </c>
+      <c r="B43" t="s">
+        <v>623</v>
+      </c>
+      <c r="C43" t="s">
         <v>624</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
         <v>625</v>
       </c>
-      <c r="C43" t="s">
+      <c r="E43" t="s">
+        <v>25</v>
+      </c>
+      <c r="F43" t="s">
+        <v>25</v>
+      </c>
+      <c r="G43" t="s">
         <v>626</v>
       </c>
-      <c r="D43" t="s">
+      <c r="H43" t="s">
         <v>627</v>
       </c>
-      <c r="E43" t="s">
-[...5 lines deleted...]
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>628</v>
       </c>
-      <c r="H43" t="s">
+      <c r="J43" t="s">
         <v>629</v>
       </c>
-      <c r="I43" t="s">
+      <c r="K43" t="s">
         <v>630</v>
       </c>
-      <c r="J43" t="s">
+      <c r="L43" t="s">
+        <v>25</v>
+      </c>
+      <c r="M43" t="s">
         <v>631</v>
       </c>
-      <c r="K43" t="s">
+      <c r="N43" t="s">
         <v>632</v>
       </c>
-      <c r="L43" t="s">
-[...2 lines deleted...]
-      <c r="M43" t="s">
+      <c r="O43" t="s">
         <v>633</v>
       </c>
-      <c r="N43" t="s">
+      <c r="P43" t="s">
         <v>634</v>
       </c>
-      <c r="O43" t="s">
+      <c r="Q43" t="s">
         <v>635</v>
       </c>
-      <c r="P43" t="s">
+      <c r="R43" t="s">
         <v>636</v>
       </c>
-      <c r="Q43" t="s">
+      <c r="S43" t="s">
         <v>637</v>
       </c>
-      <c r="R43" t="s">
+      <c r="T43" t="s">
+        <v>25</v>
+      </c>
+      <c r="U43" t="s">
         <v>638</v>
       </c>
-      <c r="S43" t="s">
-[...5 lines deleted...]
-      <c r="U43" t="s">
+      <c r="V43" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="44" spans="1:22">
       <c r="A44" t="s">
+        <v>640</v>
+      </c>
+      <c r="B44" t="s">
         <v>641</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>642</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>643</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
+        <v>25</v>
+      </c>
+      <c r="F44" t="s">
+        <v>25</v>
+      </c>
+      <c r="G44" t="s">
+        <v>25</v>
+      </c>
+      <c r="H44" t="s">
+        <v>25</v>
+      </c>
+      <c r="I44" t="s">
+        <v>25</v>
+      </c>
+      <c r="J44" t="s">
+        <v>25</v>
+      </c>
+      <c r="K44" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" t="s">
+        <v>25</v>
+      </c>
+      <c r="M44" t="s">
         <v>644</v>
       </c>
-      <c r="E44" t="s">
-[...23 lines deleted...]
-      <c r="M44" t="s">
+      <c r="N44" t="s">
+        <v>25</v>
+      </c>
+      <c r="O44" t="s">
+        <v>25</v>
+      </c>
+      <c r="P44" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q44" t="s">
         <v>645</v>
       </c>
-      <c r="N44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R44" t="s">
-        <v>647</v>
+        <v>25</v>
       </c>
       <c r="S44" t="s">
         <v>25</v>
       </c>
       <c r="T44" t="s">
         <v>25</v>
       </c>
       <c r="U44" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="V44" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
     </row>
     <row r="45" spans="1:22">
       <c r="A45" t="s">
+        <v>646</v>
+      </c>
+      <c r="B45" t="s">
+        <v>647</v>
+      </c>
+      <c r="C45" t="s">
+        <v>648</v>
+      </c>
+      <c r="D45" t="s">
         <v>649</v>
       </c>
-      <c r="B45" t="s">
+      <c r="E45" t="s">
         <v>650</v>
       </c>
-      <c r="C45" t="s">
+      <c r="F45" t="s">
+        <v>25</v>
+      </c>
+      <c r="G45" t="s">
         <v>651</v>
       </c>
-      <c r="D45" t="s">
+      <c r="H45" t="s">
         <v>652</v>
       </c>
-      <c r="E45" t="s">
-[...5 lines deleted...]
-      <c r="G45" t="s">
+      <c r="I45" t="s">
         <v>653</v>
       </c>
-      <c r="H45" t="s">
+      <c r="J45" t="s">
         <v>654</v>
       </c>
-      <c r="I45" t="s">
+      <c r="K45" t="s">
         <v>655</v>
       </c>
-      <c r="J45" t="s">
+      <c r="L45" t="s">
         <v>656</v>
       </c>
-      <c r="K45" t="s">
+      <c r="M45" t="s">
         <v>657</v>
       </c>
-      <c r="L45" t="s">
+      <c r="N45" t="s">
         <v>658</v>
       </c>
-      <c r="M45" t="s">
+      <c r="O45" t="s">
         <v>659</v>
       </c>
-      <c r="N45" t="s">
+      <c r="P45" t="s">
         <v>660</v>
       </c>
-      <c r="O45" t="s">
+      <c r="Q45" t="s">
         <v>661</v>
       </c>
-      <c r="P45" t="s">
+      <c r="R45" t="s">
         <v>662</v>
       </c>
-      <c r="Q45" t="s">
+      <c r="S45" t="s">
         <v>663</v>
       </c>
-      <c r="R45" t="s">
+      <c r="T45" t="s">
+        <v>25</v>
+      </c>
+      <c r="U45" t="s">
         <v>664</v>
       </c>
-      <c r="S45" t="s">
+      <c r="V45" t="s">
         <v>665</v>
-      </c>
-[...7 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="46" spans="1:22">
       <c r="A46" t="s">
+        <v>666</v>
+      </c>
+      <c r="B46" t="s">
+        <v>667</v>
+      </c>
+      <c r="C46" t="s">
         <v>668</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
         <v>25</v>
       </c>
       <c r="E46" t="s">
         <v>25</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" t="s">
         <v>25</v>
       </c>
       <c r="H46" t="s">
         <v>25</v>
       </c>
       <c r="I46" t="s">
         <v>25</v>
       </c>
       <c r="J46" t="s">
         <v>25</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
@@ -7695,107 +7704,107 @@
       <c r="M46" t="s">
         <v>25</v>
       </c>
       <c r="N46" t="s">
         <v>25</v>
       </c>
       <c r="O46" t="s">
         <v>25</v>
       </c>
       <c r="P46" t="s">
         <v>25</v>
       </c>
       <c r="Q46" t="s">
         <v>25</v>
       </c>
       <c r="R46" t="s">
         <v>25</v>
       </c>
       <c r="S46" t="s">
         <v>25</v>
       </c>
       <c r="T46" t="s">
         <v>25</v>
       </c>
       <c r="U46" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="V46" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:22">
       <c r="A47" t="s">
+        <v>669</v>
+      </c>
+      <c r="B47" t="s">
+        <v>670</v>
+      </c>
+      <c r="C47" t="s">
         <v>671</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>672</v>
       </c>
-      <c r="C47" t="s">
+      <c r="E47" t="s">
+        <v>25</v>
+      </c>
+      <c r="F47" t="s">
+        <v>25</v>
+      </c>
+      <c r="G47" t="s">
+        <v>25</v>
+      </c>
+      <c r="H47" t="s">
+        <v>25</v>
+      </c>
+      <c r="I47" t="s">
         <v>673</v>
       </c>
-      <c r="D47" t="s">
+      <c r="J47" t="s">
         <v>674</v>
       </c>
-      <c r="E47" t="s">
-[...11 lines deleted...]
-      <c r="I47" t="s">
+      <c r="K47" t="s">
         <v>675</v>
       </c>
-      <c r="J47" t="s">
+      <c r="L47" t="s">
+        <v>25</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>25</v>
+      </c>
+      <c r="O47" t="s">
         <v>676</v>
       </c>
-      <c r="K47" t="s">
+      <c r="P47" t="s">
+        <v>676</v>
+      </c>
+      <c r="Q47" t="s">
         <v>677</v>
-      </c>
-[...16 lines deleted...]
-        <v>25</v>
       </c>
       <c r="R47" t="s">
         <v>678</v>
       </c>
       <c r="S47" t="s">
         <v>25</v>
       </c>
       <c r="T47" t="s">
         <v>25</v>
       </c>
       <c r="U47" t="s">
         <v>679</v>
       </c>
       <c r="V47" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="48" spans="1:22">
       <c r="A48" t="s">
         <v>681</v>
       </c>
       <c r="B48" t="s">
         <v>682</v>
       </c>
       <c r="C48" t="s">
@@ -7831,3383 +7840,3383 @@
       <c r="M48" t="s">
         <v>686</v>
       </c>
       <c r="N48" t="s">
         <v>25</v>
       </c>
       <c r="O48" t="s">
         <v>687</v>
       </c>
       <c r="P48" t="s">
         <v>25</v>
       </c>
       <c r="Q48" t="s">
         <v>688</v>
       </c>
       <c r="R48" t="s">
         <v>689</v>
       </c>
       <c r="S48" t="s">
         <v>25</v>
       </c>
       <c r="T48" t="s">
         <v>25</v>
       </c>
       <c r="U48" t="s">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="V48" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:22">
       <c r="A49" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B49" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C49" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D49" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E49" t="s">
         <v>25</v>
       </c>
       <c r="F49" t="s">
         <v>25</v>
       </c>
       <c r="G49" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="H49" t="s">
         <v>25</v>
       </c>
       <c r="I49" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="J49" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="K49" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="L49" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="M49" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="N49" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="O49" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="P49" t="s">
         <v>25</v>
       </c>
       <c r="Q49" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="R49" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="S49" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="T49" t="s">
         <v>25</v>
       </c>
       <c r="U49" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="V49" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="50" spans="1:22">
       <c r="A50" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B50" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C50" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D50" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E50" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
       <c r="G50" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H50" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="I50" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J50" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="K50" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="L50" t="s">
         <v>25</v>
       </c>
       <c r="M50" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="N50" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="O50" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="P50" t="s">
         <v>25</v>
       </c>
       <c r="Q50" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="R50" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="S50" t="s">
         <v>25</v>
       </c>
       <c r="T50" t="s">
         <v>25</v>
       </c>
       <c r="U50" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="V50" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="51" spans="1:22">
       <c r="A51" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B51" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C51" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D51" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E51" t="s">
         <v>25</v>
       </c>
       <c r="F51" t="s">
         <v>25</v>
       </c>
       <c r="G51" t="s">
         <v>25</v>
       </c>
       <c r="H51" t="s">
         <v>25</v>
       </c>
       <c r="I51" t="s">
         <v>25</v>
       </c>
       <c r="J51" t="s">
         <v>25</v>
       </c>
       <c r="K51" t="s">
+        <v>729</v>
+      </c>
+      <c r="L51" t="s">
+        <v>25</v>
+      </c>
+      <c r="M51" t="s">
+        <v>25</v>
+      </c>
+      <c r="N51" t="s">
+        <v>25</v>
+      </c>
+      <c r="O51" t="s">
+        <v>25</v>
+      </c>
+      <c r="P51" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>25</v>
+      </c>
+      <c r="R51" t="s">
+        <v>25</v>
+      </c>
+      <c r="S51" t="s">
+        <v>25</v>
+      </c>
+      <c r="T51" t="s">
+        <v>25</v>
+      </c>
+      <c r="U51" t="s">
+        <v>730</v>
+      </c>
+      <c r="V51" t="s">
         <v>728</v>
-      </c>
-[...31 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="52" spans="1:22">
       <c r="A52" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B52" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C52" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>734</v>
       </c>
       <c r="E52" t="s">
         <v>25</v>
       </c>
       <c r="F52" t="s">
         <v>25</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52" t="s">
         <v>25</v>
       </c>
       <c r="I52" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="J52" t="s">
         <v>25</v>
       </c>
       <c r="K52" t="s">
+        <v>736</v>
+      </c>
+      <c r="L52" t="s">
+        <v>25</v>
+      </c>
+      <c r="M52" t="s">
+        <v>25</v>
+      </c>
+      <c r="N52" t="s">
+        <v>25</v>
+      </c>
+      <c r="O52" t="s">
+        <v>25</v>
+      </c>
+      <c r="P52" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>25</v>
+      </c>
+      <c r="R52" t="s">
+        <v>737</v>
+      </c>
+      <c r="S52" t="s">
+        <v>25</v>
+      </c>
+      <c r="T52" t="s">
+        <v>25</v>
+      </c>
+      <c r="U52" t="s">
+        <v>738</v>
+      </c>
+      <c r="V52" t="s">
         <v>734</v>
-      </c>
-[...31 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B53" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C53" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D53" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="E53" t="s">
         <v>25</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
       <c r="G53" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="H53" t="s">
         <v>25</v>
       </c>
       <c r="I53" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="J53" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="K53" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="L53" t="s">
         <v>25</v>
       </c>
       <c r="M53" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="N53" t="s">
         <v>25</v>
       </c>
       <c r="O53" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="P53" t="s">
         <v>25</v>
       </c>
       <c r="Q53" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="R53" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="S53" t="s">
         <v>25</v>
       </c>
       <c r="T53" t="s">
         <v>25</v>
       </c>
       <c r="U53" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="V53" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B54" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C54" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D54" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="E54" t="s">
         <v>25</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
         <v>25</v>
       </c>
       <c r="H54" t="s">
         <v>25</v>
       </c>
       <c r="I54" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="J54" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="K54" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="L54" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="M54" t="s">
         <v>25</v>
       </c>
       <c r="N54" t="s">
         <v>25</v>
       </c>
       <c r="O54" t="s">
         <v>25</v>
       </c>
       <c r="P54" t="s">
         <v>25</v>
       </c>
       <c r="Q54" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="R54" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="S54" t="s">
         <v>25</v>
       </c>
       <c r="T54" t="s">
         <v>25</v>
       </c>
       <c r="U54" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="V54" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B55" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C55" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D55" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="H55" t="s">
         <v>25</v>
       </c>
       <c r="I55" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="J55" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="K55" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="L55" t="s">
         <v>25</v>
       </c>
       <c r="M55" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="N55" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="O55" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="P55" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="Q55" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="R55" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="S55" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="T55" t="s">
         <v>25</v>
       </c>
       <c r="U55" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="V55" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B56" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C56" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D56" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E56" t="s">
         <v>25</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>783</v>
+        <v>25</v>
       </c>
       <c r="H56" t="s">
         <v>25</v>
       </c>
       <c r="I56" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="J56" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="K56" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L56" t="s">
         <v>25</v>
       </c>
       <c r="M56" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="N56" t="s">
         <v>25</v>
       </c>
       <c r="O56" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="P56" t="s">
         <v>25</v>
       </c>
       <c r="Q56" t="s">
-        <v>789</v>
+        <v>25</v>
       </c>
       <c r="R56" t="s">
         <v>790</v>
       </c>
       <c r="S56" t="s">
         <v>25</v>
       </c>
       <c r="T56" t="s">
         <v>25</v>
       </c>
       <c r="U56" t="s">
         <v>791</v>
       </c>
       <c r="V56" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="57" spans="1:22">
       <c r="A57" t="s">
         <v>793</v>
       </c>
       <c r="B57" t="s">
         <v>794</v>
       </c>
       <c r="C57" t="s">
         <v>795</v>
       </c>
       <c r="D57" t="s">
         <v>796</v>
       </c>
       <c r="E57" t="s">
         <v>25</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
       <c r="G57" t="s">
         <v>797</v>
       </c>
       <c r="H57" t="s">
         <v>25</v>
       </c>
       <c r="I57" t="s">
         <v>798</v>
       </c>
       <c r="J57" t="s">
         <v>799</v>
       </c>
       <c r="K57" t="s">
-        <v>25</v>
+        <v>800</v>
       </c>
       <c r="L57" t="s">
         <v>25</v>
       </c>
       <c r="M57" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="N57" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="O57" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="P57" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="Q57" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="R57" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="S57" t="s">
         <v>25</v>
       </c>
       <c r="T57" t="s">
         <v>25</v>
       </c>
       <c r="U57" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="V57" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="58" spans="1:22">
       <c r="A58" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B58" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C58" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D58" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E58" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="H58" t="s">
         <v>25</v>
       </c>
       <c r="I58" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J58" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="K58" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="L58" t="s">
         <v>25</v>
       </c>
       <c r="M58" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="N58" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="O58" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="P58" t="s">
         <v>25</v>
       </c>
       <c r="Q58" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="R58" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="S58" t="s">
         <v>25</v>
       </c>
       <c r="T58" t="s">
         <v>25</v>
       </c>
       <c r="U58" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="V58" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B59" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C59" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D59" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E59" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="F59" t="s">
         <v>25</v>
       </c>
       <c r="G59" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="H59" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="I59" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="J59" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="K59" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="L59" t="s">
         <v>25</v>
       </c>
       <c r="M59" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="N59" t="s">
         <v>25</v>
       </c>
       <c r="O59" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="P59" t="s">
         <v>25</v>
       </c>
       <c r="Q59" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="R59" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="S59" t="s">
         <v>25</v>
       </c>
       <c r="T59" t="s">
         <v>25</v>
       </c>
       <c r="U59" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="V59" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B60" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C60" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D60" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="E60" t="s">
         <v>25</v>
       </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
       <c r="G60" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H60" t="s">
         <v>25</v>
       </c>
       <c r="I60" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="J60" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="K60" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="L60" t="s">
         <v>25</v>
       </c>
       <c r="M60" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N60" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="O60" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="P60" t="s">
         <v>25</v>
       </c>
       <c r="Q60" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R60" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="S60" t="s">
         <v>25</v>
       </c>
       <c r="T60" t="s">
         <v>25</v>
       </c>
       <c r="U60" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="V60" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B61" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C61" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D61" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="E61" t="s">
         <v>25</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
       <c r="G61" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H61" t="s">
         <v>25</v>
       </c>
       <c r="I61" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J61" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="K61" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="L61" t="s">
         <v>25</v>
       </c>
       <c r="M61" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="N61" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="O61" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="P61" t="s">
         <v>25</v>
       </c>
       <c r="Q61" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="R61" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="S61" t="s">
         <v>25</v>
       </c>
       <c r="T61" t="s">
         <v>25</v>
       </c>
       <c r="U61" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="V61" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="62" spans="1:22">
       <c r="A62" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B62" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C62" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D62" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H62" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="I62" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="J62" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="K62" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="L62" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="M62" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="N62" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="O62" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P62" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="Q62" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="R62" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="S62" t="s">
         <v>25</v>
       </c>
       <c r="T62" t="s">
         <v>25</v>
       </c>
       <c r="U62" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="V62" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="63" spans="1:22">
       <c r="A63" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B63" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C63" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D63" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E63" t="s">
         <v>25</v>
       </c>
       <c r="F63" t="s">
         <v>25</v>
       </c>
       <c r="G63" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="H63" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="I63" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="J63" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="K63" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="L63" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="M63" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="N63" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="O63" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="P63" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="Q63" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="R63" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="S63" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="T63" t="s">
         <v>25</v>
       </c>
       <c r="U63" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="V63" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="64" spans="1:22">
       <c r="A64" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B64" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C64" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D64" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="E64" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="H64" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="I64" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="J64" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="K64" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="L64" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="M64" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="N64" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="O64" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="P64" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="Q64" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="R64" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="S64" t="s">
         <v>25</v>
       </c>
       <c r="T64" t="s">
         <v>25</v>
       </c>
       <c r="U64" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="V64" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="65" spans="1:22">
       <c r="A65" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B65" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C65" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D65" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E65" t="s">
         <v>25</v>
       </c>
       <c r="F65" t="s">
         <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="H65" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="I65" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="J65" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="K65" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="L65" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="M65" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="N65" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="O65" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="P65" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="Q65" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="R65" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="S65" t="s">
-        <v>25</v>
+        <v>941</v>
       </c>
       <c r="T65" t="s">
         <v>25</v>
       </c>
       <c r="U65" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="V65" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B66" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C66" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D66" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="E66" t="s">
         <v>25</v>
       </c>
       <c r="F66" t="s">
         <v>25</v>
       </c>
       <c r="G66" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="H66" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="I66" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="J66" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="K66" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="L66" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="M66" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="N66" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="O66" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="P66" t="s">
         <v>25</v>
       </c>
       <c r="Q66" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="R66" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="S66" t="s">
         <v>25</v>
       </c>
       <c r="T66" t="s">
         <v>25</v>
       </c>
       <c r="U66" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="V66" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
     </row>
     <row r="67" spans="1:22">
       <c r="A67" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B67" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C67" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D67" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="E67" t="s">
         <v>25</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="H67" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="I67" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="J67" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>25</v>
       </c>
       <c r="M67" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="N67" t="s">
         <v>25</v>
       </c>
       <c r="O67" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="P67" t="s">
         <v>25</v>
       </c>
       <c r="Q67" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="R67" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="S67" t="s">
         <v>25</v>
       </c>
       <c r="T67" t="s">
         <v>25</v>
       </c>
       <c r="U67" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="V67" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="68" spans="1:22">
       <c r="A68" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="B68" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C68" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="D68" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="E68" t="s">
         <v>25</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="H68" t="s">
         <v>25</v>
       </c>
       <c r="I68" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="J68" t="s">
-        <v>25</v>
+        <v>981</v>
       </c>
       <c r="K68" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="L68" t="s">
         <v>25</v>
       </c>
       <c r="M68" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="N68" t="s">
         <v>25</v>
       </c>
       <c r="O68" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="P68" t="s">
         <v>25</v>
       </c>
       <c r="Q68" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="R68" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="S68" t="s">
         <v>25</v>
       </c>
       <c r="T68" t="s">
         <v>25</v>
       </c>
       <c r="U68" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="V68" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
     </row>
     <row r="69" spans="1:22">
       <c r="A69" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="B69" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="C69" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="D69" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="E69" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
       <c r="G69" t="s">
         <v>25</v>
       </c>
       <c r="H69" t="s">
         <v>25</v>
       </c>
       <c r="I69" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="J69" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="K69" t="s">
-        <v>25</v>
+        <v>996</v>
       </c>
       <c r="L69" t="s">
         <v>25</v>
       </c>
       <c r="M69" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="N69" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="O69" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="P69" t="s">
         <v>25</v>
       </c>
       <c r="Q69" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="R69" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="S69" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="T69" t="s">
         <v>25</v>
       </c>
       <c r="U69" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="V69" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="B70" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="C70" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="D70" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="E70" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="F70" t="s">
         <v>25</v>
       </c>
       <c r="G70" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="H70" t="s">
         <v>25</v>
       </c>
       <c r="I70" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="J70" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="K70" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="L70" t="s">
         <v>25</v>
       </c>
       <c r="M70" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="N70" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="O70" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="P70" t="s">
         <v>25</v>
       </c>
       <c r="Q70" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="R70" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="S70" t="s">
         <v>25</v>
       </c>
       <c r="T70" t="s">
         <v>25</v>
       </c>
       <c r="U70" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="V70" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="B71" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="C71" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="D71" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="E71" t="s">
-        <v>811</v>
+        <v>25</v>
       </c>
       <c r="F71" t="s">
         <v>25</v>
       </c>
       <c r="G71" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="H71" t="s">
         <v>25</v>
       </c>
       <c r="I71" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="J71" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="K71" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="L71" t="s">
         <v>25</v>
       </c>
       <c r="M71" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="N71" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="O71" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="P71" t="s">
         <v>25</v>
       </c>
       <c r="Q71" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="R71" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="S71" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="T71" t="s">
         <v>25</v>
       </c>
       <c r="U71" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="V71" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="72" spans="1:22">
       <c r="A72" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="B72" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="C72" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="D72" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="E72" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="H72" t="s">
         <v>25</v>
       </c>
       <c r="I72" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="J72" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="K72" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="L72" t="s">
         <v>25</v>
       </c>
       <c r="M72" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="N72" t="s">
         <v>25</v>
       </c>
       <c r="O72" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="P72" t="s">
         <v>25</v>
       </c>
       <c r="Q72" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="R72" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="S72" t="s">
         <v>25</v>
       </c>
       <c r="T72" t="s">
         <v>25</v>
       </c>
       <c r="U72" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="V72" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:22">
       <c r="A73" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="B73" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="C73" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="D73" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="E73" t="s">
         <v>25</v>
       </c>
       <c r="F73" t="s">
         <v>25</v>
       </c>
       <c r="G73" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="H73" t="s">
         <v>25</v>
       </c>
       <c r="I73" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="J73" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="K73" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="L73" t="s">
-        <v>1053</v>
+        <v>25</v>
       </c>
       <c r="M73" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="N73" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="O73" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="P73" t="s">
         <v>25</v>
       </c>
       <c r="Q73" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="R73" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="S73" t="s">
         <v>25</v>
       </c>
       <c r="T73" t="s">
         <v>25</v>
       </c>
       <c r="U73" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="V73" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="74" spans="1:22">
       <c r="A74" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="B74" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C74" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="D74" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="E74" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="F74" t="s">
         <v>25</v>
       </c>
       <c r="G74" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="H74" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="I74" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="J74" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="K74" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="L74" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="M74" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="N74" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="O74" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="P74" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="Q74" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="R74" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="S74" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="T74" t="s">
         <v>25</v>
       </c>
       <c r="U74" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="V74" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="75" spans="1:22">
       <c r="A75" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B75" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C75" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D75" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="E75" t="s">
         <v>25</v>
       </c>
       <c r="F75" t="s">
         <v>25</v>
       </c>
       <c r="G75" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="H75" t="s">
         <v>25</v>
       </c>
       <c r="I75" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="J75" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="K75" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="L75" t="s">
         <v>25</v>
       </c>
       <c r="M75" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="N75" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="O75" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="P75" t="s">
         <v>25</v>
       </c>
       <c r="Q75" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="R75" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="S75" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="T75" t="s">
         <v>25</v>
       </c>
       <c r="U75" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="V75" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="76" spans="1:22">
       <c r="A76" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="B76" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C76" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D76" t="s">
         <v>25</v>
       </c>
       <c r="E76" t="s">
         <v>25</v>
       </c>
       <c r="F76" t="s">
         <v>25</v>
       </c>
       <c r="G76" t="s">
         <v>25</v>
       </c>
       <c r="H76" t="s">
         <v>25</v>
       </c>
       <c r="I76" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="J76" t="s">
         <v>25</v>
       </c>
       <c r="K76" t="s">
         <v>25</v>
       </c>
       <c r="L76" t="s">
         <v>25</v>
       </c>
       <c r="M76" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="N76" t="s">
         <v>25</v>
       </c>
       <c r="O76" t="s">
         <v>25</v>
       </c>
       <c r="P76" t="s">
         <v>25</v>
       </c>
       <c r="Q76" t="s">
         <v>25</v>
       </c>
       <c r="R76" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="S76" t="s">
         <v>25</v>
       </c>
       <c r="T76" t="s">
         <v>25</v>
       </c>
       <c r="U76" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="V76" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="B77" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="C77" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="D77" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="E77" t="s">
         <v>25</v>
       </c>
       <c r="F77" t="s">
         <v>25</v>
       </c>
       <c r="G77" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="H77" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="I77" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="J77" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="K77" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="L77" t="s">
         <v>25</v>
       </c>
       <c r="M77" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="N77" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="O77" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="P77" t="s">
         <v>25</v>
       </c>
       <c r="Q77" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="R77" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="S77" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="T77" t="s">
         <v>25</v>
       </c>
       <c r="U77" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="V77" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="B78" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="C78" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="D78" t="s">
         <v>25</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78" t="s">
         <v>25</v>
       </c>
       <c r="G78" t="s">
         <v>25</v>
       </c>
       <c r="H78" t="s">
         <v>25</v>
       </c>
       <c r="I78" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="J78" t="s">
         <v>25</v>
       </c>
       <c r="K78" t="s">
         <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>25</v>
       </c>
       <c r="M78" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="N78" t="s">
         <v>25</v>
       </c>
       <c r="O78" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="P78" t="s">
         <v>25</v>
       </c>
       <c r="Q78" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="R78" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="S78" t="s">
         <v>25</v>
       </c>
       <c r="T78" t="s">
         <v>25</v>
       </c>
       <c r="U78" t="s">
         <v>25</v>
       </c>
       <c r="V78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:22">
       <c r="A79" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B79" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C79" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="D79" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="E79" t="s">
         <v>25</v>
       </c>
       <c r="F79" t="s">
         <v>25</v>
       </c>
       <c r="G79" t="s">
         <v>25</v>
       </c>
       <c r="H79" t="s">
         <v>25</v>
       </c>
       <c r="I79" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="J79" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>25</v>
       </c>
       <c r="M79" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="N79" t="s">
         <v>25</v>
       </c>
       <c r="O79" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="P79" t="s">
         <v>25</v>
       </c>
       <c r="Q79" t="s">
-        <v>25</v>
+        <v>1141</v>
       </c>
       <c r="R79" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="S79" t="s">
         <v>25</v>
       </c>
       <c r="T79" t="s">
         <v>25</v>
       </c>
       <c r="U79" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="V79" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="80" spans="1:22">
       <c r="A80" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="B80" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="C80" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="D80" t="s">
         <v>25</v>
       </c>
       <c r="E80" t="s">
         <v>25</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
         <v>25</v>
       </c>
       <c r="H80" t="s">
         <v>25</v>
       </c>
       <c r="I80" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="J80" t="s">
         <v>25</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>25</v>
       </c>
       <c r="M80" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="N80" t="s">
         <v>25</v>
       </c>
       <c r="O80" t="s">
         <v>25</v>
       </c>
       <c r="P80" t="s">
         <v>25</v>
       </c>
       <c r="Q80" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="R80" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="S80" t="s">
         <v>25</v>
       </c>
       <c r="T80" t="s">
         <v>25</v>
       </c>
       <c r="U80" t="s">
         <v>25</v>
       </c>
       <c r="V80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:22">
       <c r="A81" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="B81" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="C81" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="D81" t="s">
         <v>25</v>
       </c>
       <c r="E81" t="s">
-        <v>25</v>
+        <v>1155</v>
       </c>
       <c r="F81" t="s">
         <v>25</v>
       </c>
       <c r="G81" t="s">
         <v>25</v>
       </c>
       <c r="H81" t="s">
         <v>25</v>
       </c>
       <c r="I81" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="J81" t="s">
         <v>25</v>
       </c>
       <c r="K81" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="L81" t="s">
         <v>25</v>
       </c>
       <c r="M81" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="N81" t="s">
         <v>25</v>
       </c>
       <c r="O81" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="P81" t="s">
         <v>25</v>
       </c>
       <c r="Q81" t="s">
-        <v>25</v>
+        <v>1160</v>
       </c>
       <c r="R81" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="S81" t="s">
         <v>25</v>
       </c>
       <c r="T81" t="s">
         <v>25</v>
       </c>
       <c r="U81" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="V81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:22">
       <c r="A82" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="B82" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="C82" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="D82" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="E82" t="s">
         <v>25</v>
       </c>
       <c r="F82" t="s">
         <v>25</v>
       </c>
       <c r="G82" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="H82" t="s">
         <v>25</v>
       </c>
       <c r="I82" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="J82" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="K82" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="L82" t="s">
         <v>25</v>
       </c>
       <c r="M82" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="N82" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="O82" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="P82" t="s">
         <v>25</v>
       </c>
       <c r="Q82" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="R82" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="S82" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="T82" t="s">
         <v>25</v>
       </c>
       <c r="U82" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="V82" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="83" spans="1:22">
       <c r="A83" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="B83" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="C83" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="D83" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="E83" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="F83" t="s">
         <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="H83" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="I83" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="J83" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
       <c r="K83" t="s">
-        <v>741</v>
+        <v>1188</v>
       </c>
       <c r="L83" t="s">
         <v>25</v>
       </c>
       <c r="M83" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
       <c r="N83" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="O83" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
       <c r="P83" t="s">
         <v>25</v>
       </c>
       <c r="Q83" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="R83" t="s">
-        <v>1185</v>
+        <v>1193</v>
       </c>
       <c r="S83" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="T83" t="s">
         <v>25</v>
       </c>
       <c r="U83" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="V83" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="84" spans="1:22">
       <c r="A84" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
       <c r="B84" t="s">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="C84" t="s">
-        <v>1191</v>
+        <v>1199</v>
       </c>
       <c r="D84" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="E84" t="s">
-        <v>1193</v>
+        <v>25</v>
       </c>
       <c r="F84" t="s">
         <v>25</v>
       </c>
       <c r="G84" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="H84" t="s">
         <v>25</v>
       </c>
       <c r="I84" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="J84" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="K84" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="L84" t="s">
-        <v>1198</v>
+        <v>25</v>
       </c>
       <c r="M84" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="N84" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="O84" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="P84" t="s">
         <v>25</v>
       </c>
       <c r="Q84" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="R84" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="S84" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="T84" t="s">
         <v>25</v>
       </c>
       <c r="U84" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="V84" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="85" spans="1:22">
       <c r="A85" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="B85" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="C85" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="D85" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="E85" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="F85" t="s">
         <v>25</v>
       </c>
       <c r="G85" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="H85" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="I85" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="J85" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="K85" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="L85" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="M85" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="N85" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="O85" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="P85" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="Q85" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="R85" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="S85" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="T85" t="s">
         <v>25</v>
       </c>
       <c r="U85" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="V85" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="86" spans="1:22">
       <c r="A86" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="B86" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="C86" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="D86" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="E86" t="s">
         <v>25</v>
       </c>
       <c r="F86" t="s">
         <v>25</v>
       </c>
       <c r="G86" t="s">
         <v>25</v>
       </c>
       <c r="H86" t="s">
         <v>25</v>
       </c>
       <c r="I86" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="J86" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="K86" t="s">
         <v>25</v>
       </c>
       <c r="L86" t="s">
         <v>25</v>
       </c>
       <c r="M86" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="N86" t="s">
         <v>25</v>
       </c>
       <c r="O86" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
       <c r="P86" t="s">
         <v>25</v>
       </c>
       <c r="Q86" t="s">
         <v>25</v>
       </c>
       <c r="R86" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="S86" t="s">
         <v>25</v>
       </c>
       <c r="T86" t="s">
         <v>25</v>
       </c>
       <c r="U86" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="V86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:22">
       <c r="A87" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="B87" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="C87" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="D87" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="E87" t="s">
-        <v>1240</v>
+        <v>25</v>
       </c>
       <c r="F87" t="s">
         <v>25</v>
       </c>
       <c r="G87" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="H87" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="I87" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="J87" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="K87" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="L87" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="M87" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="N87" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="O87" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="P87" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="Q87" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="R87" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="S87" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="T87" t="s">
         <v>25</v>
       </c>
       <c r="U87" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="V87" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="88" spans="1:22">
       <c r="A88" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="B88" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="C88" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="D88" t="s">
-        <v>1259</v>
+        <v>25</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88" t="s">
         <v>25</v>
       </c>
       <c r="I88" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="J88" t="s">
         <v>25</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>25</v>
       </c>
       <c r="M88" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="N88" t="s">
         <v>25</v>
       </c>
       <c r="O88" t="s">
         <v>25</v>
       </c>
       <c r="P88" t="s">
         <v>25</v>
       </c>
       <c r="Q88" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="R88" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="S88" t="s">
         <v>25</v>
       </c>
       <c r="T88" t="s">
         <v>25</v>
       </c>
       <c r="U88" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="V88" t="s">
-        <v>1259</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:22">
       <c r="A89" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="B89" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="C89" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="D89" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="E89" t="s">
         <v>25</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
       <c r="G89" t="s">
         <v>25</v>
       </c>
       <c r="H89" t="s">
         <v>25</v>
       </c>
       <c r="I89" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="J89" t="s">
         <v>25</v>
       </c>
       <c r="K89" t="s">
         <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>25</v>
       </c>
       <c r="M89" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="N89" t="s">
         <v>25</v>
       </c>
       <c r="O89" t="s">
         <v>25</v>
       </c>
       <c r="P89" t="s">
         <v>25</v>
       </c>
       <c r="Q89" t="s">
         <v>25</v>
       </c>
       <c r="R89" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="S89" t="s">
         <v>25</v>
       </c>
       <c r="T89" t="s">
         <v>25</v>
       </c>
       <c r="U89" t="s">
+        <v>1276</v>
+      </c>
+      <c r="V89" t="s">
         <v>1272</v>
-      </c>
-[...1 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="90" spans="1:22">
       <c r="A90" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="B90" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="C90" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="D90" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="E90" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="F90" t="s">
         <v>25</v>
       </c>
       <c r="G90" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="H90" t="s">
         <v>25</v>
       </c>
       <c r="I90" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="J90" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="K90" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="L90" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="M90" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="N90" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="O90" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="P90" t="s">
         <v>25</v>
       </c>
       <c r="Q90" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="R90" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="S90" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="T90" t="s">
         <v>25</v>
       </c>
       <c r="U90" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="V90" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="91" spans="1:22">
       <c r="A91" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B91" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="C91" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D91" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="E91" t="s">
-        <v>1295</v>
+        <v>25</v>
       </c>
       <c r="F91" t="s">
         <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="H91" t="s">
         <v>25</v>
       </c>
       <c r="I91" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="J91" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="K91" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="L91" t="s">
         <v>25</v>
       </c>
       <c r="M91" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="N91" t="s">
         <v>25</v>
       </c>
       <c r="O91" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="P91" t="s">
         <v>25</v>
       </c>
       <c r="Q91" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="R91" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="S91" t="s">
         <v>25</v>
       </c>
       <c r="T91" t="s">
         <v>25</v>
       </c>
       <c r="U91" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="V91" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:22">
       <c r="A92" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="B92" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="C92" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="D92" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="E92" t="s">
-        <v>25</v>
+        <v>819</v>
       </c>
       <c r="F92" t="s">
         <v>25</v>
       </c>
       <c r="G92" t="s">
         <v>25</v>
       </c>
       <c r="H92" t="s">
         <v>25</v>
       </c>
       <c r="I92" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="J92" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="K92" t="s">
         <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>25</v>
       </c>
       <c r="M92" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="N92" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="O92" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="P92" t="s">
         <v>25</v>
       </c>
       <c r="Q92" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="R92" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="S92" t="s">
         <v>25</v>
       </c>
       <c r="T92" t="s">
         <v>25</v>
       </c>
       <c r="U92" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="V92" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="93" spans="1:22">
       <c r="A93" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="B93" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="C93" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="D93" t="s">
         <v>25</v>
       </c>
       <c r="E93" t="s">
         <v>25</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
         <v>25</v>
       </c>
       <c r="H93" t="s">
         <v>25</v>
       </c>
       <c r="I93" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="J93" t="s">
         <v>25</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>25</v>
       </c>
       <c r="M93" t="s">
         <v>25</v>
       </c>
       <c r="N93" t="s">
         <v>25</v>
       </c>
       <c r="O93" t="s">
         <v>25</v>
       </c>
       <c r="P93" t="s">
         <v>25</v>
       </c>
       <c r="Q93" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="R93" t="s">
-        <v>1322</v>
+        <v>25</v>
       </c>
       <c r="S93" t="s">
         <v>25</v>
       </c>
       <c r="T93" t="s">
         <v>25</v>
       </c>
       <c r="U93" t="s">
         <v>25</v>
       </c>
       <c r="V93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:22">
       <c r="A94" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="B94" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C94" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D94" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="E94" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="F94" t="s">
         <v>25</v>
       </c>
       <c r="G94" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="H94" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="I94" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="J94" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="K94" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="L94" t="s">
         <v>25</v>
       </c>
       <c r="M94" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="N94" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="O94" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="P94" t="s">
         <v>25</v>
       </c>
       <c r="Q94" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="R94" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="S94" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="T94" t="s">
         <v>25</v>
       </c>
       <c r="U94" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="V94" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="95" spans="1:22">
       <c r="A95" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B95" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C95" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="D95" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="E95" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="F95" t="s">
         <v>25</v>
       </c>
       <c r="G95" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="H95" t="s">
         <v>25</v>
       </c>
       <c r="I95" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="J95" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="K95" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="L95" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="M95" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="N95" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="O95" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="P95" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="Q95" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="R95" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="S95" t="s">
         <v>25</v>
       </c>
       <c r="T95" t="s">
         <v>25</v>
       </c>
       <c r="U95" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="V95" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="96" spans="1:22">
       <c r="A96" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="B96" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C96" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D96" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="E96" t="s">
         <v>25</v>
       </c>
       <c r="F96" t="s">
         <v>25</v>
       </c>
       <c r="G96" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="H96" t="s">
         <v>25</v>
       </c>
       <c r="I96" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="J96" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="K96" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="L96" t="s">
         <v>25</v>
       </c>
       <c r="M96" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="N96" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="O96" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="P96" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="Q96" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="R96" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="S96" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="T96" t="s">
         <v>25</v>
       </c>
       <c r="U96" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="V96" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="97" spans="1:22">
       <c r="A97" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B97" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C97" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="D97" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="E97" t="s">
-        <v>25</v>
+        <v>1382</v>
       </c>
       <c r="F97" t="s">
         <v>25</v>
       </c>
       <c r="G97" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="H97" t="s">
         <v>25</v>
       </c>
       <c r="I97" t="s">
+        <v>1384</v>
+      </c>
+      <c r="J97" t="s">
         <v>1381</v>
       </c>
-      <c r="J97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K97" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="L97" t="s">
         <v>25</v>
       </c>
       <c r="M97" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="N97" t="s">
         <v>25</v>
       </c>
       <c r="O97" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="P97" t="s">
         <v>25</v>
       </c>
       <c r="Q97" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="R97" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="S97" t="s">
         <v>25</v>
       </c>
       <c r="T97" t="s">
         <v>25</v>
       </c>
       <c r="U97" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="V97" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>