--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -83,4143 +83,4143 @@
   <si>
     <t>MYANMAR Form D</t>
   </si>
   <si>
     <t>PHILIPPINES</t>
   </si>
   <si>
     <t>PHILIPPINES Form D</t>
   </si>
   <si>
     <t>SINGAPORE</t>
   </si>
   <si>
     <t>SINGAPORE Form D</t>
   </si>
   <si>
     <t>VIETNAM</t>
   </si>
   <si>
     <t>VIETNAM Form D</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
-    <t>403,591,876</t>
-[...2 lines deleted...]
-    <t>207,875</t>
+    <t>416,268,263</t>
+  </si>
+  <si>
+    <t>260,406</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>41,769</t>
+    <t>57,576</t>
   </si>
   <si>
     <t>30,000</t>
   </si>
   <si>
-    <t>3,681</t>
-[...1 lines deleted...]
-  <si>
     <t>18,254</t>
   </si>
   <si>
+    <t>15,000</t>
+  </si>
+  <si>
+    <t>70,810</t>
+  </si>
+  <si>
+    <t>30,405</t>
+  </si>
+  <si>
+    <t>38,361</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>2,980,897,766</t>
+  </si>
+  <si>
+    <t>10,293</t>
+  </si>
+  <si>
     <t>10,000</t>
   </si>
   <si>
-    <t>53,810</t>
-[...20 lines deleted...]
-    <t>721</t>
+    <t>293</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
-    <t>27,914,690,011</t>
-[...41 lines deleted...]
-    <t>1,394,905,397</t>
+    <t>27,389,394,260</t>
+  </si>
+  <si>
+    <t>4,491,357,857</t>
+  </si>
+  <si>
+    <t>1,589,126,262</t>
+  </si>
+  <si>
+    <t>972,799,066</t>
+  </si>
+  <si>
+    <t>118,561,844</t>
+  </si>
+  <si>
+    <t>36,199,297</t>
+  </si>
+  <si>
+    <t>418,881,551</t>
+  </si>
+  <si>
+    <t>29,435,967</t>
+  </si>
+  <si>
+    <t>727,476,992</t>
+  </si>
+  <si>
+    <t>19,315,709</t>
+  </si>
+  <si>
+    <t>57,386,803</t>
+  </si>
+  <si>
+    <t>361,601</t>
+  </si>
+  <si>
+    <t>2,278,252,547</t>
+  </si>
+  <si>
+    <t>1,390,696,230</t>
   </si>
   <si>
     <t>04</t>
   </si>
   <si>
-    <t>7,469,065,151</t>
-[...35 lines deleted...]
-    <t>21,991,175</t>
+    <t>6,860,906,689</t>
+  </si>
+  <si>
+    <t>417,401,310</t>
+  </si>
+  <si>
+    <t>89,928,296</t>
+  </si>
+  <si>
+    <t>332,548,332</t>
+  </si>
+  <si>
+    <t>60,716,839</t>
+  </si>
+  <si>
+    <t>57,751,549</t>
+  </si>
+  <si>
+    <t>7,237,854</t>
+  </si>
+  <si>
+    <t>2,742,379</t>
+  </si>
+  <si>
+    <t>1,366</t>
+  </si>
+  <si>
+    <t>2,382,677</t>
+  </si>
+  <si>
+    <t>21,975,007</t>
+  </si>
+  <si>
+    <t>21,973,603</t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
-    <t>627,561,043</t>
-[...14 lines deleted...]
-    <t>161,399</t>
+    <t>632,241,858</t>
+  </si>
+  <si>
+    <t>20,929,493</t>
+  </si>
+  <si>
+    <t>8,332,961</t>
+  </si>
+  <si>
+    <t>1,603,475</t>
+  </si>
+  <si>
+    <t>516,278</t>
   </si>
   <si>
     <t>178,565</t>
   </si>
   <si>
-    <t>3,484,279</t>
-[...14 lines deleted...]
-    <t>453,948</t>
+    <t>3,398,767</t>
+  </si>
+  <si>
+    <t>339,116</t>
+  </si>
+  <si>
+    <t>11,620,733</t>
+  </si>
+  <si>
+    <t>3,762,545</t>
+  </si>
+  <si>
+    <t>3,715,022</t>
+  </si>
+  <si>
+    <t>412,931</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
-    <t>475,570,497</t>
-[...35 lines deleted...]
-    <t>11,134,523</t>
+    <t>494,994,197</t>
+  </si>
+  <si>
+    <t>127,100,094</t>
+  </si>
+  <si>
+    <t>122,105,344</t>
+  </si>
+  <si>
+    <t>14,871,001</t>
+  </si>
+  <si>
+    <t>11,254,933</t>
+  </si>
+  <si>
+    <t>1,207,734</t>
+  </si>
+  <si>
+    <t>98,955,095</t>
+  </si>
+  <si>
+    <t>97,915,733</t>
+  </si>
+  <si>
+    <t>692,600</t>
+  </si>
+  <si>
+    <t>5,311</t>
+  </si>
+  <si>
+    <t>11,368,353</t>
+  </si>
+  <si>
+    <t>11,034,344</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
-    <t>9,016,824,449</t>
-[...41 lines deleted...]
-    <t>114,761,936</t>
+    <t>8,260,785,069</t>
+  </si>
+  <si>
+    <t>889,296,428</t>
+  </si>
+  <si>
+    <t>683,751,923</t>
+  </si>
+  <si>
+    <t>8,875,000</t>
+  </si>
+  <si>
+    <t>28,822,709</t>
+  </si>
+  <si>
+    <t>25,631,286</t>
+  </si>
+  <si>
+    <t>411,312,847</t>
+  </si>
+  <si>
+    <t>279,836,875</t>
+  </si>
+  <si>
+    <t>44,823,118</t>
+  </si>
+  <si>
+    <t>43,402,311</t>
+  </si>
+  <si>
+    <t>189,924,602</t>
+  </si>
+  <si>
+    <t>135,598,779</t>
+  </si>
+  <si>
+    <t>138,146</t>
+  </si>
+  <si>
+    <t>205,400,006</t>
+  </si>
+  <si>
+    <t>190,407,672</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
-    <t>10,359,896,739</t>
-[...20 lines deleted...]
-    <t>68,645,354</t>
+    <t>10,941,274,656</t>
+  </si>
+  <si>
+    <t>2,593,325,256</t>
+  </si>
+  <si>
+    <t>1,252,388,765</t>
+  </si>
+  <si>
+    <t>20,358,345</t>
+  </si>
+  <si>
+    <t>7,046,046</t>
+  </si>
+  <si>
+    <t>952,666,376</t>
+  </si>
+  <si>
+    <t>211,577,929</t>
+  </si>
+  <si>
+    <t>69,361,405</t>
   </si>
   <si>
     <t>360,328</t>
   </si>
   <si>
     <t>4,889,615</t>
   </si>
   <si>
-    <t>215,012,377</t>
-[...5 lines deleted...]
-    <t>31,857,433</t>
+    <t>323,322,081</t>
+  </si>
+  <si>
+    <t>314,770,444</t>
+  </si>
+  <si>
+    <t>36,400,849</t>
   </si>
   <si>
     <t>38,057</t>
   </si>
   <si>
-    <t>935,247,620</t>
-[...2 lines deleted...]
-    <t>567,053,260</t>
+    <t>1,186,326,585</t>
+  </si>
+  <si>
+    <t>718,595,961</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
-    <t>4,288,563,900</t>
-[...5 lines deleted...]
-    <t>2,640,850,455</t>
+    <t>4,485,623,020</t>
+  </si>
+  <si>
+    <t>2,711,585,843</t>
+  </si>
+  <si>
+    <t>2,689,244,759</t>
   </si>
   <si>
     <t>5,550</t>
   </si>
   <si>
-    <t>918,665,070</t>
-[...35 lines deleted...]
-    <t>1,099,237,561</t>
+    <t>970,240,526</t>
+  </si>
+  <si>
+    <t>965,897,288</t>
+  </si>
+  <si>
+    <t>335,824,186</t>
+  </si>
+  <si>
+    <t>326,352,903</t>
+  </si>
+  <si>
+    <t>221,241,639</t>
+  </si>
+  <si>
+    <t>216,137,752</t>
+  </si>
+  <si>
+    <t>49,729,162</t>
+  </si>
+  <si>
+    <t>49,315,415</t>
+  </si>
+  <si>
+    <t>1,136</t>
+  </si>
+  <si>
+    <t>21,178,090</t>
+  </si>
+  <si>
+    <t>21,146,538</t>
+  </si>
+  <si>
+    <t>1,113,365,554</t>
+  </si>
+  <si>
+    <t>1,110,394,863</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>11,719,666,686</t>
-[...20 lines deleted...]
-    <t>402,156,188</t>
+    <t>8,915,392,340</t>
+  </si>
+  <si>
+    <t>2,791,376,589</t>
+  </si>
+  <si>
+    <t>2,711,753,328</t>
+  </si>
+  <si>
+    <t>7,794,999</t>
+  </si>
+  <si>
+    <t>21,096,441</t>
+  </si>
+  <si>
+    <t>315,662,830</t>
+  </si>
+  <si>
+    <t>283,822,296</t>
   </si>
   <si>
     <t>302,643</t>
   </si>
   <si>
-    <t>4,094,464,961</t>
-[...5 lines deleted...]
-    <t>17,440,293</t>
+    <t>2,427,932,879</t>
+  </si>
+  <si>
+    <t>2,427,931,032</t>
+  </si>
+  <si>
+    <t>18,586,797</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>3,442,082,539</t>
-[...26 lines deleted...]
-    <t>48,429,425</t>
+    <t>3,158,651,087</t>
+  </si>
+  <si>
+    <t>533,553,568</t>
+  </si>
+  <si>
+    <t>488,998,130</t>
+  </si>
+  <si>
+    <t>12,768,829</t>
+  </si>
+  <si>
+    <t>12,369,292</t>
+  </si>
+  <si>
+    <t>46,720,775</t>
+  </si>
+  <si>
+    <t>45,047,313</t>
+  </si>
+  <si>
+    <t>55,176,093</t>
+  </si>
+  <si>
+    <t>46,598,257</t>
   </si>
   <si>
     <t>1,438</t>
   </si>
   <si>
-    <t>1,679,733</t>
-[...11 lines deleted...]
-    <t>367,835,621</t>
+    <t>2,102,029</t>
+  </si>
+  <si>
+    <t>30,492,748</t>
+  </si>
+  <si>
+    <t>30,490,250</t>
+  </si>
+  <si>
+    <t>386,291,656</t>
+  </si>
+  <si>
+    <t>352,402,447</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>18,790,190,685</t>
-[...32 lines deleted...]
-    <t>17,522,720</t>
+    <t>21,505,983,762</t>
+  </si>
+  <si>
+    <t>304,537,190</t>
+  </si>
+  <si>
+    <t>199,302,445</t>
+  </si>
+  <si>
+    <t>62,651,780</t>
+  </si>
+  <si>
+    <t>60,729,232</t>
+  </si>
+  <si>
+    <t>105,810,362</t>
+  </si>
+  <si>
+    <t>21,972,926</t>
+  </si>
+  <si>
+    <t>17,762,652</t>
+  </si>
+  <si>
+    <t>16,815,369</t>
+  </si>
+  <si>
+    <t>85,024,162</t>
+  </si>
+  <si>
+    <t>84,962,327</t>
+  </si>
+  <si>
+    <t>12,912,107</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>25,052,225</t>
-[...2 lines deleted...]
-    <t>12,997,076</t>
+    <t>20,375,875</t>
+  </si>
+  <si>
+    <t>14,822,591</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>1,236,558,327</t>
-[...38 lines deleted...]
-    <t>408,556</t>
+    <t>1,072,076,503</t>
+  </si>
+  <si>
+    <t>85,687,194</t>
+  </si>
+  <si>
+    <t>36,174,861</t>
+  </si>
+  <si>
+    <t>22,357,496</t>
+  </si>
+  <si>
+    <t>21,992,015</t>
+  </si>
+  <si>
+    <t>4,960,461</t>
+  </si>
+  <si>
+    <t>3,880,213</t>
+  </si>
+  <si>
+    <t>7,749,900</t>
+  </si>
+  <si>
+    <t>681,606</t>
+  </si>
+  <si>
+    <t>23,372,009</t>
+  </si>
+  <si>
+    <t>26,440,281</t>
+  </si>
+  <si>
+    <t>286,909</t>
+  </si>
+  <si>
+    <t>807,047</t>
+  </si>
+  <si>
+    <t>806,481</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>212,263,318</t>
-[...11 lines deleted...]
-    <t>151,502,862</t>
+    <t>193,080,193</t>
+  </si>
+  <si>
+    <t>170,473,334</t>
+  </si>
+  <si>
+    <t>151,198,184</t>
+  </si>
+  <si>
+    <t>131,704,978</t>
+  </si>
+  <si>
+    <t>122,387,150</t>
   </si>
   <si>
     <t>16,443</t>
   </si>
   <si>
-    <t>28,448,046</t>
+    <t>36,184,565</t>
   </si>
   <si>
     <t>26,671,633</t>
   </si>
   <si>
-    <t>489,390</t>
+    <t>444,390</t>
   </si>
   <si>
     <t>642,125</t>
   </si>
   <si>
     <t>1,480,833</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>3,635,643,899</t>
-[...32 lines deleted...]
-    <t>2,162,769</t>
+    <t>3,627,244,445</t>
+  </si>
+  <si>
+    <t>1,595,986,707</t>
+  </si>
+  <si>
+    <t>1,443,876,922</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>633,461,533</t>
+  </si>
+  <si>
+    <t>630,103,729</t>
+  </si>
+  <si>
+    <t>1,717,962</t>
+  </si>
+  <si>
+    <t>849,346,081</t>
+  </si>
+  <si>
+    <t>720,755,308</t>
+  </si>
+  <si>
+    <t>12,142,252</t>
+  </si>
+  <si>
+    <t>89,932,135</t>
+  </si>
+  <si>
+    <t>77,218,157</t>
+  </si>
+  <si>
+    <t>9,386,624</t>
+  </si>
+  <si>
+    <t>2,666,787</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>3,656,489,688</t>
-[...38 lines deleted...]
-    <t>296,932,417</t>
+    <t>3,597,051,921</t>
+  </si>
+  <si>
+    <t>977,257,053</t>
+  </si>
+  <si>
+    <t>828,458,248</t>
+  </si>
+  <si>
+    <t>549,606,426</t>
+  </si>
+  <si>
+    <t>414,928,476</t>
+  </si>
+  <si>
+    <t>24,271,645</t>
+  </si>
+  <si>
+    <t>20,699,358</t>
+  </si>
+  <si>
+    <t>443,418</t>
+  </si>
+  <si>
+    <t>8,707,394</t>
+  </si>
+  <si>
+    <t>15,125,285</t>
+  </si>
+  <si>
+    <t>14,771,710</t>
+  </si>
+  <si>
+    <t>379,102,885</t>
+  </si>
+  <si>
+    <t>368,913,571</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>2,755,437,772</t>
-[...44 lines deleted...]
-    <t>133,731,379</t>
+    <t>2,684,388,296</t>
+  </si>
+  <si>
+    <t>603,537,745</t>
+  </si>
+  <si>
+    <t>570,544,487</t>
+  </si>
+  <si>
+    <t>1,887,341</t>
+  </si>
+  <si>
+    <t>297,982,288</t>
+  </si>
+  <si>
+    <t>297,080,505</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>53,522,493</t>
+  </si>
+  <si>
+    <t>44,136,082</t>
+  </si>
+  <si>
+    <t>1,903,569</t>
+  </si>
+  <si>
+    <t>1,778,656</t>
+  </si>
+  <si>
+    <t>55,078,281</t>
+  </si>
+  <si>
+    <t>22,591,257</t>
+  </si>
+  <si>
+    <t>21,970,916</t>
+  </si>
+  <si>
+    <t>170,572,149</t>
+  </si>
+  <si>
+    <t>152,997,616</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>3,868,874,740</t>
-[...35 lines deleted...]
-    <t>34,093,350</t>
+    <t>3,774,753,805</t>
+  </si>
+  <si>
+    <t>2,449,477,203</t>
+  </si>
+  <si>
+    <t>1,865,221,018</t>
+  </si>
+  <si>
+    <t>405,999,673</t>
+  </si>
+  <si>
+    <t>358,586,910</t>
+  </si>
+  <si>
+    <t>1,667,349,073</t>
+  </si>
+  <si>
+    <t>1,164,340,409</t>
+  </si>
+  <si>
+    <t>1,939,355</t>
+  </si>
+  <si>
+    <t>5,470,224</t>
+  </si>
+  <si>
+    <t>339,298,071</t>
+  </si>
+  <si>
+    <t>307,452,185</t>
+  </si>
+  <si>
+    <t>29,420,807</t>
+  </si>
+  <si>
+    <t>29,410,178</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>6,516,964,647</t>
-[...41 lines deleted...]
-    <t>154,496,873</t>
+    <t>6,430,736,833</t>
+  </si>
+  <si>
+    <t>3,070,121,466</t>
+  </si>
+  <si>
+    <t>2,890,982,097</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>999,908,824</t>
+  </si>
+  <si>
+    <t>989,098,094</t>
+  </si>
+  <si>
+    <t>1,058,754,596</t>
+  </si>
+  <si>
+    <t>913,779,680</t>
+  </si>
+  <si>
+    <t>3,815,531</t>
+  </si>
+  <si>
+    <t>2,505,020</t>
+  </si>
+  <si>
+    <t>34,458,866</t>
+  </si>
+  <si>
+    <t>811,713,446</t>
+  </si>
+  <si>
+    <t>799,109,456</t>
+  </si>
+  <si>
+    <t>161,469,804</t>
+  </si>
+  <si>
+    <t>152,052,588</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>3,552,581,179</t>
-[...41 lines deleted...]
-    <t>119,746,032</t>
+    <t>3,451,707,406</t>
+  </si>
+  <si>
+    <t>544,765,833</t>
+  </si>
+  <si>
+    <t>511,019,863</t>
+  </si>
+  <si>
+    <t>216,077,965</t>
+  </si>
+  <si>
+    <t>102,589,540</t>
+  </si>
+  <si>
+    <t>102,464,409</t>
+  </si>
+  <si>
+    <t>16,150,511</t>
+  </si>
+  <si>
+    <t>1,478,055</t>
+  </si>
+  <si>
+    <t>39,745,897</t>
+  </si>
+  <si>
+    <t>27,087,448</t>
+  </si>
+  <si>
+    <t>28,992,382</t>
+  </si>
+  <si>
+    <t>12,216,468</t>
+  </si>
+  <si>
+    <t>11,774,308</t>
+  </si>
+  <si>
+    <t>128,993,070</t>
+  </si>
+  <si>
+    <t>123,866,560</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>15,290,876,166</t>
-[...5 lines deleted...]
-    <t>8,112,557,253</t>
+    <t>15,183,121,679</t>
+  </si>
+  <si>
+    <t>8,721,186,652</t>
+  </si>
+  <si>
+    <t>8,017,605,442</t>
   </si>
   <si>
     <t>1,760</t>
   </si>
   <si>
-    <t>856,380,675</t>
-[...32 lines deleted...]
-    <t>3,704,819,009</t>
+    <t>2,365</t>
+  </si>
+  <si>
+    <t>780,754,328</t>
+  </si>
+  <si>
+    <t>716,719,137</t>
+  </si>
+  <si>
+    <t>53,589,907</t>
+  </si>
+  <si>
+    <t>1,913,762,222</t>
+  </si>
+  <si>
+    <t>1,576,241,490</t>
+  </si>
+  <si>
+    <t>3,908,442</t>
+  </si>
+  <si>
+    <t>1,980,900</t>
+  </si>
+  <si>
+    <t>18,237,776</t>
+  </si>
+  <si>
+    <t>2,413,734,625</t>
+  </si>
+  <si>
+    <t>2,293,589,074</t>
+  </si>
+  <si>
+    <t>3,537,195,227</t>
+  </si>
+  <si>
+    <t>3,358,456,447</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>4,436,278,925</t>
-[...47 lines deleted...]
-    <t>142,274,324</t>
+    <t>4,088,383,501</t>
+  </si>
+  <si>
+    <t>641,809,867</t>
+  </si>
+  <si>
+    <t>539,604,321</t>
+  </si>
+  <si>
+    <t>52,375</t>
+  </si>
+  <si>
+    <t>281,533,695</t>
+  </si>
+  <si>
+    <t>277,690,788</t>
+  </si>
+  <si>
+    <t>56,490,466</t>
+  </si>
+  <si>
+    <t>102,019,108</t>
+  </si>
+  <si>
+    <t>92,650,948</t>
+  </si>
+  <si>
+    <t>23,218,419</t>
+  </si>
+  <si>
+    <t>17,132,051</t>
+  </si>
+  <si>
+    <t>984,227</t>
+  </si>
+  <si>
+    <t>31,297,328</t>
+  </si>
+  <si>
+    <t>13,374,479</t>
+  </si>
+  <si>
+    <t>146,214,249</t>
+  </si>
+  <si>
+    <t>138,437,354</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>20,759,191,274</t>
-[...41 lines deleted...]
-    <t>520,515,845</t>
+    <t>21,794,152,015</t>
+  </si>
+  <si>
+    <t>1,210,004,523</t>
+  </si>
+  <si>
+    <t>1,193,614,072</t>
+  </si>
+  <si>
+    <t>146,292,061</t>
+  </si>
+  <si>
+    <t>146,270,501</t>
+  </si>
+  <si>
+    <t>2,895,766</t>
+  </si>
+  <si>
+    <t>2,164,028</t>
+  </si>
+  <si>
+    <t>57,182,865</t>
+  </si>
+  <si>
+    <t>55,109,670</t>
+  </si>
+  <si>
+    <t>211,664,640</t>
+  </si>
+  <si>
+    <t>31,423,856</t>
+  </si>
+  <si>
+    <t>251,260,240</t>
+  </si>
+  <si>
+    <t>237,715,148</t>
+  </si>
+  <si>
+    <t>509,285,095</t>
+  </si>
+  <si>
+    <t>509,266,626</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>3,144,094,067</t>
-[...20 lines deleted...]
-    <t>4,687,279</t>
+    <t>2,972,134,400</t>
+  </si>
+  <si>
+    <t>2,049,933,453</t>
+  </si>
+  <si>
+    <t>1,200,151,776</t>
+  </si>
+  <si>
+    <t>29,273,725</t>
+  </si>
+  <si>
+    <t>888,341,176</t>
+  </si>
+  <si>
+    <t>110,452,243</t>
+  </si>
+  <si>
+    <t>162,200,944</t>
+  </si>
+  <si>
+    <t>4,471,418</t>
   </si>
   <si>
     <t>1,823,972</t>
   </si>
   <si>
-    <t>870,496,894</t>
+    <t>927,500,855</t>
   </si>
   <si>
     <t>9,047,049</t>
   </si>
   <si>
-    <t>24,181,886</t>
+    <t>27,274,314</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>3,615,737,319</t>
-[...38 lines deleted...]
-    <t>6,365,678</t>
+    <t>3,635,166,576</t>
+  </si>
+  <si>
+    <t>705,127,299</t>
+  </si>
+  <si>
+    <t>96,967,749</t>
+  </si>
+  <si>
+    <t>22,703,410</t>
+  </si>
+  <si>
+    <t>1,716,721</t>
+  </si>
+  <si>
+    <t>598,608,816</t>
+  </si>
+  <si>
+    <t>84,866,771</t>
+  </si>
+  <si>
+    <t>58,847,748</t>
+  </si>
+  <si>
+    <t>5,798,773</t>
+  </si>
+  <si>
+    <t>347,471</t>
+  </si>
+  <si>
+    <t>13,295</t>
+  </si>
+  <si>
+    <t>3,186,024</t>
+  </si>
+  <si>
+    <t>21,420,535</t>
+  </si>
+  <si>
+    <t>4,585,484</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>8,444,510,524</t>
-[...5 lines deleted...]
-    <t>162,000</t>
+    <t>7,980,305,240</t>
+  </si>
+  <si>
+    <t>3,359,668,578</t>
+  </si>
+  <si>
+    <t>9,324,666</t>
   </si>
   <si>
     <t>506,519</t>
   </si>
   <si>
-    <t>5,222,421</t>
-[...14 lines deleted...]
-    <t>29,639,595</t>
+    <t>6,766,980</t>
+  </si>
+  <si>
+    <t>13,459,726</t>
+  </si>
+  <si>
+    <t>3,296,441,897</t>
+  </si>
+  <si>
+    <t>4,006,653</t>
+  </si>
+  <si>
+    <t>5,569,743</t>
+  </si>
+  <si>
+    <t>23,592,394</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>356,575,075,738</t>
-[...44 lines deleted...]
-    <t>111,626,156</t>
+    <t>355,270,197,433</t>
+  </si>
+  <si>
+    <t>93,011,051,344</t>
+  </si>
+  <si>
+    <t>1,811,387,575</t>
+  </si>
+  <si>
+    <t>2,463,740,564</t>
+  </si>
+  <si>
+    <t>21,953,520,898</t>
+  </si>
+  <si>
+    <t>37,165,718</t>
+  </si>
+  <si>
+    <t>23,308,935,507</t>
+  </si>
+  <si>
+    <t>22,927,374,551</t>
+  </si>
+  <si>
+    <t>49,002,920</t>
+  </si>
+  <si>
+    <t>14,028,377,009</t>
+  </si>
+  <si>
+    <t>125,970</t>
+  </si>
+  <si>
+    <t>5,329,144,807</t>
+  </si>
+  <si>
+    <t>1,656,953,194</t>
+  </si>
+  <si>
+    <t>2,999,832,038</t>
+  </si>
+  <si>
+    <t>68,265,743</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>19,372,342,658</t>
-[...41 lines deleted...]
-    <t>19,932,859</t>
+    <t>19,587,203,370</t>
+  </si>
+  <si>
+    <t>1,922,608,604</t>
+  </si>
+  <si>
+    <t>87,594,813</t>
+  </si>
+  <si>
+    <t>373,918,771</t>
+  </si>
+  <si>
+    <t>1,788,266</t>
+  </si>
+  <si>
+    <t>97,167,380</t>
+  </si>
+  <si>
+    <t>14,061,370</t>
+  </si>
+  <si>
+    <t>1,107,075,615</t>
+  </si>
+  <si>
+    <t>55,855,127</t>
+  </si>
+  <si>
+    <t>2,422</t>
+  </si>
+  <si>
+    <t>36,410,029</t>
+  </si>
+  <si>
+    <t>20,917</t>
+  </si>
+  <si>
+    <t>308,034,387</t>
+  </si>
+  <si>
+    <t>15,869,133</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>39,883,142,889</t>
-[...5 lines deleted...]
-    <t>507,954,487</t>
+    <t>38,488,797,037</t>
+  </si>
+  <si>
+    <t>6,975,595,398</t>
+  </si>
+  <si>
+    <t>582,274,156</t>
   </si>
   <si>
     <t>51,658,653</t>
   </si>
   <si>
-    <t>986,592</t>
-[...5 lines deleted...]
-    <t>193,144,002</t>
+    <t>988,142</t>
+  </si>
+  <si>
+    <t>1,487,448,564</t>
+  </si>
+  <si>
+    <t>209,870,704</t>
   </si>
   <si>
     <t>972,800</t>
   </si>
   <si>
-    <t>2,581,554,522</t>
-[...20 lines deleted...]
-    <t>19,502,488</t>
+    <t>2,144,989,973</t>
+  </si>
+  <si>
+    <t>127,187,268</t>
+  </si>
+  <si>
+    <t>634,586</t>
+  </si>
+  <si>
+    <t>29,606,314</t>
+  </si>
+  <si>
+    <t>2,358,398,695</t>
+  </si>
+  <si>
+    <t>190,431,982</t>
+  </si>
+  <si>
+    <t>900,897,671</t>
+  </si>
+  <si>
+    <t>25,933,909</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>28,449,187,856</t>
-[...38 lines deleted...]
-    <t>9,589,252</t>
+    <t>30,191,575,895</t>
+  </si>
+  <si>
+    <t>1,222,773,653</t>
+  </si>
+  <si>
+    <t>382,939,059</t>
+  </si>
+  <si>
+    <t>19,291</t>
+  </si>
+  <si>
+    <t>216,760,573</t>
+  </si>
+  <si>
+    <t>147,045,541</t>
+  </si>
+  <si>
+    <t>129,027,808</t>
+  </si>
+  <si>
+    <t>39,680,293</t>
+  </si>
+  <si>
+    <t>33,266</t>
+  </si>
+  <si>
+    <t>10,943,789</t>
+  </si>
+  <si>
+    <t>835,298,966</t>
+  </si>
+  <si>
+    <t>166,501,464</t>
+  </si>
+  <si>
+    <t>30,689,960</t>
+  </si>
+  <si>
+    <t>18,784,666</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>35,498,914,399</t>
-[...41 lines deleted...]
-    <t>7,860,322</t>
+    <t>31,807,802,724</t>
+  </si>
+  <si>
+    <t>3,772,273,911</t>
+  </si>
+  <si>
+    <t>132,211,747</t>
+  </si>
+  <si>
+    <t>605,599,437</t>
+  </si>
+  <si>
+    <t>280,146</t>
+  </si>
+  <si>
+    <t>548,957,319</t>
+  </si>
+  <si>
+    <t>494,788</t>
+  </si>
+  <si>
+    <t>982,782,861</t>
+  </si>
+  <si>
+    <t>51,058,210</t>
+  </si>
+  <si>
+    <t>1,529,184,508</t>
+  </si>
+  <si>
+    <t>65,294,719</t>
+  </si>
+  <si>
+    <t>4,849,086</t>
+  </si>
+  <si>
+    <t>5,345,790</t>
+  </si>
+  <si>
+    <t>95,554,910</t>
+  </si>
+  <si>
+    <t>11,617,064</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>13,497,127,094</t>
-[...41 lines deleted...]
-    <t>68,996,369</t>
+    <t>13,231,035,602</t>
+  </si>
+  <si>
+    <t>1,662,431,809</t>
+  </si>
+  <si>
+    <t>627,128,600</t>
+  </si>
+  <si>
+    <t>224,899,394</t>
+  </si>
+  <si>
+    <t>98,937,138</t>
+  </si>
+  <si>
+    <t>15,752,781</t>
+  </si>
+  <si>
+    <t>990,846,909</t>
+  </si>
+  <si>
+    <t>342,287,165</t>
+  </si>
+  <si>
+    <t>28,338</t>
+  </si>
+  <si>
+    <t>92,880,189</t>
+  </si>
+  <si>
+    <t>203,624,021</t>
+  </si>
+  <si>
+    <t>103,745,453</t>
+  </si>
+  <si>
+    <t>134,400,177</t>
+  </si>
+  <si>
+    <t>66,298,530</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>16,851,137,458</t>
-[...38 lines deleted...]
-    <t>170,510,100</t>
+    <t>17,180,905,340</t>
+  </si>
+  <si>
+    <t>5,887,973,936</t>
+  </si>
+  <si>
+    <t>3,383,928,180</t>
+  </si>
+  <si>
+    <t>582,320</t>
+  </si>
+  <si>
+    <t>1,505,270,285</t>
+  </si>
+  <si>
+    <t>1,381,976,920</t>
+  </si>
+  <si>
+    <t>275,266,544</t>
+  </si>
+  <si>
+    <t>187,830,809</t>
+  </si>
+  <si>
+    <t>432,183</t>
+  </si>
+  <si>
+    <t>1,779,145</t>
+  </si>
+  <si>
+    <t>3,924,223,940</t>
+  </si>
+  <si>
+    <t>1,640,776,017</t>
+  </si>
+  <si>
+    <t>180,419,519</t>
+  </si>
+  <si>
+    <t>171,873,915</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>8,423,195,656</t>
-[...5 lines deleted...]
-    <t>883,748,628</t>
+    <t>8,129,560,039</t>
+  </si>
+  <si>
+    <t>1,556,236,585</t>
+  </si>
+  <si>
+    <t>856,440,424</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>409,492,359</t>
-[...29 lines deleted...]
-    <t>152,077,932</t>
+    <t>417,306,594</t>
+  </si>
+  <si>
+    <t>379,537,269</t>
+  </si>
+  <si>
+    <t>114,323</t>
+  </si>
+  <si>
+    <t>596,138,311</t>
+  </si>
+  <si>
+    <t>163,782,979</t>
+  </si>
+  <si>
+    <t>20,973</t>
+  </si>
+  <si>
+    <t>54,156,226</t>
+  </si>
+  <si>
+    <t>260,799,445</t>
+  </si>
+  <si>
+    <t>111,589,762</t>
+  </si>
+  <si>
+    <t>227,700,181</t>
+  </si>
+  <si>
+    <t>149,691,860</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>4,130,499,143</t>
-[...17 lines deleted...]
-    <t>80,577,785</t>
+    <t>4,017,106,292</t>
+  </si>
+  <si>
+    <t>288,958,123</t>
+  </si>
+  <si>
+    <t>196,691,879</t>
+  </si>
+  <si>
+    <t>5,516</t>
+  </si>
+  <si>
+    <t>50,386,383</t>
+  </si>
+  <si>
+    <t>49,524,052</t>
+  </si>
+  <si>
+    <t>95,406,625</t>
+  </si>
+  <si>
+    <t>85,346,112</t>
   </si>
   <si>
     <t>649,216</t>
   </si>
   <si>
-    <t>2,892</t>
-[...11 lines deleted...]
-    <t>14,083,942</t>
+    <t>294</t>
+  </si>
+  <si>
+    <t>118,314,819</t>
+  </si>
+  <si>
+    <t>50,435,271</t>
+  </si>
+  <si>
+    <t>24,195,270</t>
+  </si>
+  <si>
+    <t>11,386,444</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>489,838,071</t>
-[...8 lines deleted...]
-    <t>29,121,975</t>
+    <t>516,483,927</t>
+  </si>
+  <si>
+    <t>73,163,979</t>
+  </si>
+  <si>
+    <t>3,616,241</t>
+  </si>
+  <si>
+    <t>41,177,661</t>
   </si>
   <si>
     <t>3,293,734</t>
   </si>
   <si>
-    <t>24,476,519</t>
-[...5 lines deleted...]
-    <t>641,866</t>
+    <t>24,410,865</t>
+  </si>
+  <si>
+    <t>7,575,453</t>
+  </si>
+  <si>
+    <t>322,507</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>1,087,652,713</t>
-[...20 lines deleted...]
-    <t>139,149</t>
+    <t>1,088,848,306</t>
+  </si>
+  <si>
+    <t>17,166,481</t>
+  </si>
+  <si>
+    <t>652,489</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>47,861</t>
+  </si>
+  <si>
+    <t>7,723,465</t>
+  </si>
+  <si>
+    <t>24,163</t>
+  </si>
+  <si>
+    <t>9,153,005</t>
+  </si>
+  <si>
+    <t>217,456</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>39,225,201,897</t>
-[...41 lines deleted...]
-    <t>699,040,792</t>
+    <t>37,230,153,110</t>
+  </si>
+  <si>
+    <t>9,004,190,488</t>
+  </si>
+  <si>
+    <t>5,461,286,202</t>
+  </si>
+  <si>
+    <t>361,483</t>
+  </si>
+  <si>
+    <t>2,285,433,681</t>
+  </si>
+  <si>
+    <t>1,846,587,839</t>
+  </si>
+  <si>
+    <t>52,142,197</t>
+  </si>
+  <si>
+    <t>3,805,555,149</t>
+  </si>
+  <si>
+    <t>2,144,394,699</t>
+  </si>
+  <si>
+    <t>34,678</t>
+  </si>
+  <si>
+    <t>25,753,327</t>
+  </si>
+  <si>
+    <t>1,990,779,584</t>
+  </si>
+  <si>
+    <t>794,919,875</t>
+  </si>
+  <si>
+    <t>844,130,389</t>
+  </si>
+  <si>
+    <t>650,805,525</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>100,130,243,922</t>
-[...5 lines deleted...]
-    <t>4,734,996,407</t>
+    <t>99,367,760,694</t>
+  </si>
+  <si>
+    <t>11,835,778,548</t>
+  </si>
+  <si>
+    <t>4,605,369,278</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>4,996,474</t>
-[...23 lines deleted...]
-    <t>99,509,450</t>
+    <t>6,455,324</t>
+  </si>
+  <si>
+    <t>1,769,312</t>
+  </si>
+  <si>
+    <t>944,270,855</t>
+  </si>
+  <si>
+    <t>685,271,329</t>
+  </si>
+  <si>
+    <t>33,719,969</t>
+  </si>
+  <si>
+    <t>5,357,900</t>
+  </si>
+  <si>
+    <t>5,160,297,497</t>
+  </si>
+  <si>
+    <t>1,616,501,377</t>
+  </si>
+  <si>
+    <t>77,724,238</t>
   </si>
   <si>
     <t>402,298</t>
   </si>
   <si>
-    <t>542,462,913</t>
-[...11 lines deleted...]
-    <t>940,883,658</t>
+    <t>519,234,030</t>
+  </si>
+  <si>
+    <t>3,343,234,040</t>
+  </si>
+  <si>
+    <t>1,342,340,426</t>
+  </si>
+  <si>
+    <t>1,750,842,086</t>
+  </si>
+  <si>
+    <t>910,109,556</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>26,913,049,505</t>
-[...5 lines deleted...]
-    <t>1,775,356,389</t>
+    <t>26,541,677,843</t>
+  </si>
+  <si>
+    <t>3,350,896,032</t>
+  </si>
+  <si>
+    <t>1,772,500,807</t>
   </si>
   <si>
     <t>1,187,598</t>
   </si>
   <si>
-    <t>27,513,200</t>
-[...20 lines deleted...]
-    <t>860,677</t>
+    <t>20,372,208</t>
+  </si>
+  <si>
+    <t>16,167,198</t>
+  </si>
+  <si>
+    <t>982,790,873</t>
+  </si>
+  <si>
+    <t>805,836,889</t>
+  </si>
+  <si>
+    <t>176,526</t>
+  </si>
+  <si>
+    <t>857,350,204</t>
+  </si>
+  <si>
+    <t>310,417,382</t>
+  </si>
+  <si>
+    <t>1,549,496</t>
   </si>
   <si>
     <t>200,482</t>
   </si>
   <si>
-    <t>121,738,434</t>
-[...11 lines deleted...]
-    <t>376,642,124</t>
+    <t>122,435,961</t>
+  </si>
+  <si>
+    <t>811,527,086</t>
+  </si>
+  <si>
+    <t>260,237,368</t>
+  </si>
+  <si>
+    <t>553,506,080</t>
+  </si>
+  <si>
+    <t>353,511,279</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>3,852,855,736</t>
-[...29 lines deleted...]
-    <t>14,848,972</t>
+    <t>3,542,094,874</t>
+  </si>
+  <si>
+    <t>304,247,487</t>
+  </si>
+  <si>
+    <t>23,331,645</t>
+  </si>
+  <si>
+    <t>1,522,904</t>
+  </si>
+  <si>
+    <t>8,853,257</t>
+  </si>
+  <si>
+    <t>2,209,237</t>
+  </si>
+  <si>
+    <t>123,568,243</t>
+  </si>
+  <si>
+    <t>7,000,809</t>
+  </si>
+  <si>
+    <t>462,888</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>78,439</t>
+  </si>
+  <si>
+    <t>169,761,232</t>
+  </si>
+  <si>
+    <t>14,121,599</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>8,173,712,590</t>
-[...44 lines deleted...]
-    <t>198,084,451</t>
+    <t>8,206,732,554</t>
+  </si>
+  <si>
+    <t>668,645,916</t>
+  </si>
+  <si>
+    <t>404,096,275</t>
+  </si>
+  <si>
+    <t>128,999,196</t>
+  </si>
+  <si>
+    <t>81,277,917</t>
+  </si>
+  <si>
+    <t>146,061,482</t>
+  </si>
+  <si>
+    <t>103,199,350</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>9,647,109</t>
+  </si>
+  <si>
+    <t>3,216,736</t>
+  </si>
+  <si>
+    <t>24,128,543</t>
+  </si>
+  <si>
+    <t>22,696,603</t>
+  </si>
+  <si>
+    <t>40,586,934</t>
+  </si>
+  <si>
+    <t>6,989,267</t>
+  </si>
+  <si>
+    <t>312,232,989</t>
+  </si>
+  <si>
+    <t>178,712,706</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>2,681,285,217</t>
-[...2 lines deleted...]
-    <t>159,884</t>
+    <t>2,560,960,908</t>
+  </si>
+  <si>
+    <t>89,286</t>
   </si>
   <si>
     <t>74,918</t>
   </si>
   <si>
-    <t>3,246</t>
+    <t>12,302</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>1,019</t>
   </si>
   <si>
-    <t>154,703</t>
+    <t>75,049</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>5,676,239,034</t>
-[...47 lines deleted...]
-    <t>545,904,153</t>
+    <t>5,464,916,691</t>
+  </si>
+  <si>
+    <t>1,168,306,353</t>
+  </si>
+  <si>
+    <t>756,048,448</t>
+  </si>
+  <si>
+    <t>3,339,401</t>
+  </si>
+  <si>
+    <t>3,333,401</t>
+  </si>
+  <si>
+    <t>120,824,970</t>
+  </si>
+  <si>
+    <t>116,687,547</t>
+  </si>
+  <si>
+    <t>52,898,633</t>
+  </si>
+  <si>
+    <t>33,965,385</t>
+  </si>
+  <si>
+    <t>293,369,124</t>
+  </si>
+  <si>
+    <t>110,594,802</t>
+  </si>
+  <si>
+    <t>101,817,009</t>
+  </si>
+  <si>
+    <t>2,079,059</t>
+  </si>
+  <si>
+    <t>4,735,704</t>
+  </si>
+  <si>
+    <t>4,973,473</t>
+  </si>
+  <si>
+    <t>1,637,956</t>
+  </si>
+  <si>
+    <t>586,348,039</t>
+  </si>
+  <si>
+    <t>487,747,489</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>77,778,678</t>
-[...2 lines deleted...]
-    <t>709,218</t>
+    <t>64,924,323</t>
+  </si>
+  <si>
+    <t>1,267,367</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>48,601,094</t>
-[...26 lines deleted...]
-    <t>2,988,290</t>
+    <t>68,831,940</t>
+  </si>
+  <si>
+    <t>5,747,055</t>
+  </si>
+  <si>
+    <t>4,280,379</t>
+  </si>
+  <si>
+    <t>2,340,935</t>
+  </si>
+  <si>
+    <t>2,097,054</t>
+  </si>
+  <si>
+    <t>2,634</t>
+  </si>
+  <si>
+    <t>18,585</t>
+  </si>
+  <si>
+    <t>3,384,901</t>
+  </si>
+  <si>
+    <t>2,183,325</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>9,882,751,078</t>
-[...23 lines deleted...]
-    <t>24,981,739</t>
+    <t>9,815,016,367</t>
+  </si>
+  <si>
+    <t>153,894,822</t>
+  </si>
+  <si>
+    <t>85,830,711</t>
+  </si>
+  <si>
+    <t>8,535,598</t>
+  </si>
+  <si>
+    <t>52,000</t>
+  </si>
+  <si>
+    <t>2,449,740</t>
+  </si>
+  <si>
+    <t>33,386,068</t>
+  </si>
+  <si>
+    <t>23,640,705</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>20,530,942,416</t>
-[...44 lines deleted...]
-    <t>1,128,259,562</t>
+    <t>20,175,662,558</t>
+  </si>
+  <si>
+    <t>4,939,646,411</t>
+  </si>
+  <si>
+    <t>3,659,968,435</t>
+  </si>
+  <si>
+    <t>524,519</t>
+  </si>
+  <si>
+    <t>1,554,698,114</t>
+  </si>
+  <si>
+    <t>1,232,343,055</t>
+  </si>
+  <si>
+    <t>127,995,088</t>
+  </si>
+  <si>
+    <t>95,151,431</t>
+  </si>
+  <si>
+    <t>1,693,585,466</t>
+  </si>
+  <si>
+    <t>1,263,023,773</t>
+  </si>
+  <si>
+    <t>1,333,234</t>
+  </si>
+  <si>
+    <t>90,525,260</t>
+  </si>
+  <si>
+    <t>146,170,025</t>
+  </si>
+  <si>
+    <t>2,490,250</t>
+  </si>
+  <si>
+    <t>1,324,814,705</t>
+  </si>
+  <si>
+    <t>1,050,790,759</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>1,929,565,439</t>
-[...44 lines deleted...]
-    <t>22,647,164</t>
+    <t>1,860,170,369</t>
+  </si>
+  <si>
+    <t>397,908,940</t>
+  </si>
+  <si>
+    <t>26,859,083</t>
+  </si>
+  <si>
+    <t>16,390</t>
+  </si>
+  <si>
+    <t>35,208,588</t>
+  </si>
+  <si>
+    <t>573,431</t>
+  </si>
+  <si>
+    <t>6,601,755</t>
+  </si>
+  <si>
+    <t>1,272,637</t>
+  </si>
+  <si>
+    <t>9,074,287</t>
+  </si>
+  <si>
+    <t>74,861,900</t>
+  </si>
+  <si>
+    <t>2,512,259</t>
+  </si>
+  <si>
+    <t>144,314</t>
+  </si>
+  <si>
+    <t>2,679,645</t>
+  </si>
+  <si>
+    <t>94,359,628</t>
+  </si>
+  <si>
+    <t>174,962,433</t>
+  </si>
+  <si>
+    <t>22,500,756</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>70,190,629</t>
-[...2 lines deleted...]
-    <t>27,930,903</t>
+    <t>55,363,424</t>
+  </si>
+  <si>
+    <t>25,134,885</t>
   </si>
   <si>
     <t>17,147,365</t>
   </si>
   <si>
+    <t>53,633</t>
+  </si>
+  <si>
+    <t>25,081,252</t>
+  </si>
+  <si>
     <t>51</t>
   </si>
   <si>
-    <t>492,812,292</t>
-[...14 lines deleted...]
-    <t>13,496</t>
+    <t>423,314,868</t>
+  </si>
+  <si>
+    <t>25,923</t>
+  </si>
+  <si>
+    <t>4,249</t>
+  </si>
+  <si>
+    <t>15,692</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>5,402</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>4,235,959,461</t>
-[...20 lines deleted...]
-    <t>500,898</t>
+    <t>4,090,139,541</t>
+  </si>
+  <si>
+    <t>519,258,920</t>
+  </si>
+  <si>
+    <t>315,054,303</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>92,831,885</t>
+  </si>
+  <si>
+    <t>52,669,083</t>
+  </si>
+  <si>
+    <t>41,372</t>
+  </si>
+  <si>
+    <t>485,080</t>
   </si>
   <si>
     <t>2,000</t>
   </si>
   <si>
-    <t>127,077</t>
-[...8 lines deleted...]
-    <t>345,072,301</t>
+    <t>159,074</t>
+  </si>
+  <si>
+    <t>193,544</t>
+  </si>
+  <si>
+    <t>425,545,171</t>
+  </si>
+  <si>
+    <t>262,385,220</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>77,843,482</t>
-[...5 lines deleted...]
-    <t>1,637,195</t>
+    <t>101,541,720</t>
+  </si>
+  <si>
+    <t>1,926,643</t>
+  </si>
+  <si>
+    <t>1,446,674</t>
   </si>
   <si>
     <t>64,229</t>
   </si>
   <si>
-    <t>1,714,145</t>
-[...11 lines deleted...]
-    <t>1,137,723</t>
+    <t>351,089</t>
+  </si>
+  <si>
+    <t>43,589</t>
+  </si>
+  <si>
+    <t>388,560</t>
+  </si>
+  <si>
+    <t>13,020</t>
+  </si>
+  <si>
+    <t>1,109,745</t>
   </si>
   <si>
     <t>987,546</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>6,848,950,801</t>
-[...44 lines deleted...]
-    <t>364,131,410</t>
+    <t>6,826,426,744</t>
+  </si>
+  <si>
+    <t>860,331,503</t>
+  </si>
+  <si>
+    <t>645,220,066</t>
+  </si>
+  <si>
+    <t>125,588</t>
+  </si>
+  <si>
+    <t>306,431,572</t>
+  </si>
+  <si>
+    <t>275,842,214</t>
+  </si>
+  <si>
+    <t>33,339</t>
+  </si>
+  <si>
+    <t>30,578,800</t>
+  </si>
+  <si>
+    <t>164,440</t>
+  </si>
+  <si>
+    <t>2,390,844</t>
+  </si>
+  <si>
+    <t>1,291,961</t>
+  </si>
+  <si>
+    <t>134,483</t>
+  </si>
+  <si>
+    <t>12,867,264</t>
+  </si>
+  <si>
+    <t>4,643,734</t>
+  </si>
+  <si>
+    <t>507,769,613</t>
+  </si>
+  <si>
+    <t>363,277,717</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>2,689,451,864</t>
-[...5 lines deleted...]
-    <t>113,585,369</t>
+    <t>2,697,355,127</t>
+  </si>
+  <si>
+    <t>291,740,848</t>
+  </si>
+  <si>
+    <t>118,931,463</t>
   </si>
   <si>
     <t>5,468</t>
   </si>
   <si>
-    <t>194,593,183</t>
-[...11 lines deleted...]
-    <t>240,000</t>
+    <t>198,869,102</t>
+  </si>
+  <si>
+    <t>51,993,988</t>
+  </si>
+  <si>
+    <t>4,000</t>
+  </si>
+  <si>
+    <t>17,834,158</t>
+  </si>
+  <si>
+    <t>120,000</t>
   </si>
   <si>
     <t>588,252</t>
   </si>
   <si>
-    <t>143,877</t>
-[...5 lines deleted...]
-    <t>62,032,981</t>
+    <t>146,995</t>
+  </si>
+  <si>
+    <t>74,172,873</t>
+  </si>
+  <si>
+    <t>66,349,223</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>3,086,912,651</t>
-[...35 lines deleted...]
-    <t>29,639,966</t>
+    <t>3,012,208,161</t>
+  </si>
+  <si>
+    <t>194,980,200</t>
+  </si>
+  <si>
+    <t>122,618,714</t>
+  </si>
+  <si>
+    <t>1,947,588</t>
+  </si>
+  <si>
+    <t>46,921,169</t>
+  </si>
+  <si>
+    <t>36,646,627</t>
+  </si>
+  <si>
+    <t>68,527,495</t>
+  </si>
+  <si>
+    <t>29,724,191</t>
+  </si>
+  <si>
+    <t>26,854,273</t>
+  </si>
+  <si>
+    <t>1,476,978</t>
+  </si>
+  <si>
+    <t>3,063,139</t>
+  </si>
+  <si>
+    <t>46,189,558</t>
+  </si>
+  <si>
+    <t>29,043,475</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>648,381,403</t>
-[...5 lines deleted...]
-    <t>51,988,260</t>
+    <t>601,715,375</t>
+  </si>
+  <si>
+    <t>53,502,006</t>
+  </si>
+  <si>
+    <t>50,858,211</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>18,729,488</t>
-[...23 lines deleted...]
-    <t>30,303,694</t>
+    <t>5,000</t>
+  </si>
+  <si>
+    <t>18,678,100</t>
+  </si>
+  <si>
+    <t>17,581,918</t>
+  </si>
+  <si>
+    <t>7,036</t>
+  </si>
+  <si>
+    <t>3,938,838</t>
+  </si>
+  <si>
+    <t>3,491,694</t>
+  </si>
+  <si>
+    <t>3,000</t>
+  </si>
+  <si>
+    <t>8,839</t>
+  </si>
+  <si>
+    <t>975,719</t>
+  </si>
+  <si>
+    <t>29,885,274</t>
+  </si>
+  <si>
+    <t>29,784,599</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>1,573,071,852</t>
-[...38 lines deleted...]
-    <t>11,835,526</t>
+    <t>1,616,436,520</t>
+  </si>
+  <si>
+    <t>222,736,960</t>
+  </si>
+  <si>
+    <t>18,303,637</t>
+  </si>
+  <si>
+    <t>11,382,741</t>
+  </si>
+  <si>
+    <t>771,672</t>
+  </si>
+  <si>
+    <t>5,550,858</t>
+  </si>
+  <si>
+    <t>4,930,619</t>
+  </si>
+  <si>
+    <t>108,800</t>
+  </si>
+  <si>
+    <t>3,849,198</t>
+  </si>
+  <si>
+    <t>249,375</t>
+  </si>
+  <si>
+    <t>20,409,335</t>
+  </si>
+  <si>
+    <t>59,930,828</t>
+  </si>
+  <si>
+    <t>121,255,783</t>
+  </si>
+  <si>
+    <t>10,640,190</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>5,061,635,994</t>
-[...32 lines deleted...]
-    <t>262,892,129</t>
+    <t>4,913,492,153</t>
+  </si>
+  <si>
+    <t>505,167,921</t>
+  </si>
+  <si>
+    <t>307,095,751</t>
+  </si>
+  <si>
+    <t>3,057,682</t>
+  </si>
+  <si>
+    <t>31,617,454</t>
+  </si>
+  <si>
+    <t>25,345,030</t>
+  </si>
+  <si>
+    <t>4,440</t>
+  </si>
+  <si>
+    <t>22,857,851</t>
+  </si>
+  <si>
+    <t>434,939</t>
+  </si>
+  <si>
+    <t>8,404</t>
+  </si>
+  <si>
+    <t>59,853,501</t>
+  </si>
+  <si>
+    <t>1,596,198</t>
+  </si>
+  <si>
+    <t>386,172,391</t>
+  </si>
+  <si>
+    <t>281,315,782</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>3,994,518,564</t>
-[...38 lines deleted...]
-    <t>102,932,921</t>
+    <t>3,887,005,600</t>
+  </si>
+  <si>
+    <t>842,866,957</t>
+  </si>
+  <si>
+    <t>155,698,070</t>
+  </si>
+  <si>
+    <t>8,899,470</t>
+  </si>
+  <si>
+    <t>53,920,092</t>
+  </si>
+  <si>
+    <t>20,627,708</t>
+  </si>
+  <si>
+    <t>22,239</t>
+  </si>
+  <si>
+    <t>106,242,879</t>
+  </si>
+  <si>
+    <t>42,943,145</t>
+  </si>
+  <si>
+    <t>3,581,690</t>
+  </si>
+  <si>
+    <t>1,798,615</t>
+  </si>
+  <si>
+    <t>783,428</t>
+  </si>
+  <si>
+    <t>667,618,544</t>
+  </si>
+  <si>
+    <t>92,127,217</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>6,514,210,893</t>
-[...47 lines deleted...]
-    <t>883,774,655</t>
+    <t>6,378,627,657</t>
+  </si>
+  <si>
+    <t>1,457,570,691</t>
+  </si>
+  <si>
+    <t>1,109,274,659</t>
+  </si>
+  <si>
+    <t>315,924,892</t>
+  </si>
+  <si>
+    <t>243,101,982</t>
+  </si>
+  <si>
+    <t>195,947,714</t>
+  </si>
+  <si>
+    <t>153,416,852</t>
+  </si>
+  <si>
+    <t>25,136,920</t>
+  </si>
+  <si>
+    <t>647,552</t>
+  </si>
+  <si>
+    <t>30,534,155</t>
+  </si>
+  <si>
+    <t>23,693,740</t>
+  </si>
+  <si>
+    <t>9,964,492</t>
+  </si>
+  <si>
+    <t>8,931,915</t>
+  </si>
+  <si>
+    <t>21,385,665</t>
+  </si>
+  <si>
+    <t>11,485,388</t>
+  </si>
+  <si>
+    <t>847,191,465</t>
+  </si>
+  <si>
+    <t>670,750,807</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>8,447,024,203</t>
-[...53 lines deleted...]
-    <t>494,604,910</t>
+    <t>8,078,971,720</t>
+  </si>
+  <si>
+    <t>1,263,515,974</t>
+  </si>
+  <si>
+    <t>894,480,051</t>
+  </si>
+  <si>
+    <t>285,690,477</t>
+  </si>
+  <si>
+    <t>229,506,088</t>
+  </si>
+  <si>
+    <t>210,641,315</t>
+  </si>
+  <si>
+    <t>169,378,225</t>
+  </si>
+  <si>
+    <t>14,988,987</t>
+  </si>
+  <si>
+    <t>14,483,383</t>
+  </si>
+  <si>
+    <t>10,620,820</t>
+  </si>
+  <si>
+    <t>3,571,780</t>
+  </si>
+  <si>
+    <t>20,126,211</t>
+  </si>
+  <si>
+    <t>15,723,635</t>
+  </si>
+  <si>
+    <t>18,792,664</t>
+  </si>
+  <si>
+    <t>32,588,198</t>
+  </si>
+  <si>
+    <t>8,394,499</t>
+  </si>
+  <si>
+    <t>670,067,302</t>
+  </si>
+  <si>
+    <t>448,221,897</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>3,864,874,868</t>
-[...5 lines deleted...]
-    <t>382,024,146</t>
+    <t>3,923,831,745</t>
+  </si>
+  <si>
+    <t>600,879,710</t>
+  </si>
+  <si>
+    <t>394,924,664</t>
   </si>
   <si>
     <t>81,634</t>
   </si>
   <si>
-    <t>18,961,962</t>
-[...38 lines deleted...]
-    <t>331,595,524</t>
+    <t>31,501,089</t>
+  </si>
+  <si>
+    <t>13,848,089</t>
+  </si>
+  <si>
+    <t>46,164,298</t>
+  </si>
+  <si>
+    <t>32,668,492</t>
+  </si>
+  <si>
+    <t>6,387,904</t>
+  </si>
+  <si>
+    <t>2,688,216</t>
+  </si>
+  <si>
+    <t>30,070,658</t>
+  </si>
+  <si>
+    <t>7,235,850</t>
+  </si>
+  <si>
+    <t>4,662,956</t>
+  </si>
+  <si>
+    <t>4,131,985</t>
+  </si>
+  <si>
+    <t>26,018,515</t>
+  </si>
+  <si>
+    <t>42,013,416</t>
+  </si>
+  <si>
+    <t>413,979,240</t>
+  </si>
+  <si>
+    <t>334,271,632</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>8,017,741,528</t>
-[...47 lines deleted...]
-    <t>2,130,141,186</t>
+    <t>7,271,948,518</t>
+  </si>
+  <si>
+    <t>3,229,845,302</t>
+  </si>
+  <si>
+    <t>2,688,440,627</t>
+  </si>
+  <si>
+    <t>158,915,344</t>
+  </si>
+  <si>
+    <t>125,010,432</t>
+  </si>
+  <si>
+    <t>872,070,753</t>
+  </si>
+  <si>
+    <t>787,952,113</t>
+  </si>
+  <si>
+    <t>35,920,128</t>
+  </si>
+  <si>
+    <t>359,024</t>
+  </si>
+  <si>
+    <t>20,607,901</t>
+  </si>
+  <si>
+    <t>12,970,710</t>
+  </si>
+  <si>
+    <t>29,811,689</t>
+  </si>
+  <si>
+    <t>27,233,659</t>
+  </si>
+  <si>
+    <t>619,209</t>
+  </si>
+  <si>
+    <t>43,945,306</t>
+  </si>
+  <si>
+    <t>2,067,954,972</t>
+  </si>
+  <si>
+    <t>1,734,339,167</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>695,426,811</t>
-[...41 lines deleted...]
-    <t>27,450,982</t>
+    <t>639,147,713</t>
+  </si>
+  <si>
+    <t>78,631,470</t>
+  </si>
+  <si>
+    <t>44,328,110</t>
+  </si>
+  <si>
+    <t>9,777,332</t>
+  </si>
+  <si>
+    <t>40,164</t>
+  </si>
+  <si>
+    <t>16,014,063</t>
+  </si>
+  <si>
+    <t>13,306,660</t>
+  </si>
+  <si>
+    <t>629,891</t>
+  </si>
+  <si>
+    <t>510,834</t>
+  </si>
+  <si>
+    <t>1,575,296</t>
+  </si>
+  <si>
+    <t>913,981</t>
+  </si>
+  <si>
+    <t>4,800</t>
+  </si>
+  <si>
+    <t>3,360,755</t>
+  </si>
+  <si>
+    <t>4,747,259</t>
+  </si>
+  <si>
+    <t>42,522,074</t>
+  </si>
+  <si>
+    <t>27,530,566</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>281,400,804</t>
-[...29 lines deleted...]
-    <t>281,617</t>
+    <t>251,051,484</t>
+  </si>
+  <si>
+    <t>4,156,575</t>
+  </si>
+  <si>
+    <t>2,819,613</t>
+  </si>
+  <si>
+    <t>2,215,230</t>
+  </si>
+  <si>
+    <t>2,160,412</t>
+  </si>
+  <si>
+    <t>198,737</t>
+  </si>
+  <si>
+    <t>181,739</t>
+  </si>
+  <si>
+    <t>1,581</t>
+  </si>
+  <si>
+    <t>750,316</t>
+  </si>
+  <si>
+    <t>6,479</t>
+  </si>
+  <si>
+    <t>161,293</t>
+  </si>
+  <si>
+    <t>822,939</t>
+  </si>
+  <si>
+    <t>477,462</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>224,879,652</t>
-[...5 lines deleted...]
-    <t>186,969</t>
+    <t>241,735,142</t>
+  </si>
+  <si>
+    <t>17,980,172</t>
+  </si>
+  <si>
+    <t>165,257</t>
   </si>
   <si>
     <t>35,756</t>
   </si>
   <si>
-    <t>794,659</t>
-[...23 lines deleted...]
-    <t>185,681</t>
+    <t>576,851</t>
+  </si>
+  <si>
+    <t>5,176,388</t>
+  </si>
+  <si>
+    <t>119,189</t>
+  </si>
+  <si>
+    <t>8,620,042</t>
+  </si>
+  <si>
+    <t>3,113,642</t>
+  </si>
+  <si>
+    <t>18,235</t>
+  </si>
+  <si>
+    <t>320,069</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>3,425,179,471</t>
-[...41 lines deleted...]
-    <t>51,062,867</t>
+    <t>3,464,419,876</t>
+  </si>
+  <si>
+    <t>173,857,528</t>
+  </si>
+  <si>
+    <t>113,381,868</t>
+  </si>
+  <si>
+    <t>16,316</t>
+  </si>
+  <si>
+    <t>25,738,220</t>
+  </si>
+  <si>
+    <t>21,734,578</t>
+  </si>
+  <si>
+    <t>75,309,663</t>
+  </si>
+  <si>
+    <t>37,197,612</t>
+  </si>
+  <si>
+    <t>532,201</t>
+  </si>
+  <si>
+    <t>5,393,008</t>
+  </si>
+  <si>
+    <t>21,762,918</t>
+  </si>
+  <si>
+    <t>11,992,059</t>
+  </si>
+  <si>
+    <t>45,105,202</t>
+  </si>
+  <si>
+    <t>38,353,102</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>6,981,567,853</t>
-[...5 lines deleted...]
-    <t>437,267,269</t>
+    <t>6,849,403,661</t>
+  </si>
+  <si>
+    <t>746,490,143</t>
+  </si>
+  <si>
+    <t>445,857,807</t>
   </si>
   <si>
     <t>45,468</t>
   </si>
   <si>
-    <t>122,000</t>
-[...32 lines deleted...]
-    <t>316,765,219</t>
+    <t>419,635</t>
+  </si>
+  <si>
+    <t>141,873,281</t>
+  </si>
+  <si>
+    <t>59,348,194</t>
+  </si>
+  <si>
+    <t>1,145</t>
+  </si>
+  <si>
+    <t>166,120,892</t>
+  </si>
+  <si>
+    <t>70,724,282</t>
+  </si>
+  <si>
+    <t>5,873,849</t>
+  </si>
+  <si>
+    <t>5,089,736</t>
+  </si>
+  <si>
+    <t>11,698,453</t>
+  </si>
+  <si>
+    <t>415,367,684</t>
+  </si>
+  <si>
+    <t>315,785,331</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>9,831,651,232</t>
-[...41 lines deleted...]
-    <t>36,665,361</t>
+    <t>9,714,781,952</t>
+  </si>
+  <si>
+    <t>657,126,345</t>
+  </si>
+  <si>
+    <t>406,668,195</t>
+  </si>
+  <si>
+    <t>13,427</t>
+  </si>
+  <si>
+    <t>221,775,281</t>
+  </si>
+  <si>
+    <t>214,000,498</t>
+  </si>
+  <si>
+    <t>6,669,524</t>
+  </si>
+  <si>
+    <t>273,129,093</t>
+  </si>
+  <si>
+    <t>145,874,296</t>
+  </si>
+  <si>
+    <t>386,610</t>
+  </si>
+  <si>
+    <t>26,833,119</t>
+  </si>
+  <si>
+    <t>23,475,243</t>
+  </si>
+  <si>
+    <t>410,920</t>
+  </si>
+  <si>
+    <t>104,843,848</t>
+  </si>
+  <si>
+    <t>45,314,432</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>185,631,462,554</t>
-[...5 lines deleted...]
-    <t>1,005,880</t>
+    <t>194,810,239,806</t>
+  </si>
+  <si>
+    <t>11,905,219,137</t>
+  </si>
+  <si>
+    <t>1,028,804</t>
   </si>
   <si>
     <t>3,600</t>
   </si>
   <si>
-    <t>669,008,622</t>
-[...20 lines deleted...]
-    <t>274,097,156</t>
+    <t>16,523,175</t>
+  </si>
+  <si>
+    <t>1,286,858,655</t>
+  </si>
+  <si>
+    <t>536,061,966</t>
+  </si>
+  <si>
+    <t>2,786,531,548</t>
+  </si>
+  <si>
+    <t>133,412,582</t>
+  </si>
+  <si>
+    <t>63,265,996</t>
+  </si>
+  <si>
+    <t>6,773,015,529</t>
+  </si>
+  <si>
+    <t>309,546,086</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>101,074,462,117</t>
-[...41 lines deleted...]
-    <t>1,203,232,041</t>
+    <t>97,428,478,194</t>
+  </si>
+  <si>
+    <t>6,568,238,075</t>
+  </si>
+  <si>
+    <t>2,494,958,498</t>
+  </si>
+  <si>
+    <t>261,260</t>
+  </si>
+  <si>
+    <t>2,716,558,105</t>
+  </si>
+  <si>
+    <t>332,089,770</t>
+  </si>
+  <si>
+    <t>2,051,410</t>
+  </si>
+  <si>
+    <t>1,269,460</t>
+  </si>
+  <si>
+    <t>1,918,290,269</t>
+  </si>
+  <si>
+    <t>1,298,689,359</t>
+  </si>
+  <si>
+    <t>66,764,428</t>
+  </si>
+  <si>
+    <t>33,577,954</t>
+  </si>
+  <si>
+    <t>30,208,019</t>
+  </si>
+  <si>
+    <t>1,800,526,630</t>
+  </si>
+  <si>
+    <t>862,909,909</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>79,175,568,978</t>
-[...50 lines deleted...]
-    <t>777,458,834</t>
+    <t>79,006,957,829</t>
+  </si>
+  <si>
+    <t>7,383,817,732</t>
+  </si>
+  <si>
+    <t>1,874,037,058</t>
+  </si>
+  <si>
+    <t>78,114</t>
+  </si>
+  <si>
+    <t>5,974,892</t>
+  </si>
+  <si>
+    <t>2,396,098</t>
+  </si>
+  <si>
+    <t>966,253,631</t>
+  </si>
+  <si>
+    <t>487,656,051</t>
+  </si>
+  <si>
+    <t>402,514,421</t>
+  </si>
+  <si>
+    <t>384,216,739</t>
+  </si>
+  <si>
+    <t>3,020,791,141</t>
+  </si>
+  <si>
+    <t>212,279,206</t>
+  </si>
+  <si>
+    <t>11,589,316</t>
+  </si>
+  <si>
+    <t>572,698</t>
+  </si>
+  <si>
+    <t>343,739,449</t>
+  </si>
+  <si>
+    <t>493,448,478</t>
+  </si>
+  <si>
+    <t>47,354,907</t>
+  </si>
+  <si>
+    <t>2,139,428,290</t>
+  </si>
+  <si>
+    <t>709,607,441</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>55,934,937,278</t>
-[...38 lines deleted...]
-    <t>557,145,802</t>
+    <t>54,582,719,216</t>
+  </si>
+  <si>
+    <t>8,136,932,776</t>
+  </si>
+  <si>
+    <t>948,972,346</t>
+  </si>
+  <si>
+    <t>11,659,775</t>
+  </si>
+  <si>
+    <t>5,207,595,230</t>
+  </si>
+  <si>
+    <t>118,277,783</t>
+  </si>
+  <si>
+    <t>666,453,980</t>
+  </si>
+  <si>
+    <t>696,953,310</t>
+  </si>
+  <si>
+    <t>138,147,174</t>
+  </si>
+  <si>
+    <t>119,337,082</t>
+  </si>
+  <si>
+    <t>124,361,029</t>
+  </si>
+  <si>
+    <t>29,696,122</t>
+  </si>
+  <si>
+    <t>131,944</t>
+  </si>
+  <si>
+    <t>1,280,876,248</t>
+  </si>
+  <si>
+    <t>692,415,445</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>1,164,880,651</t>
-[...2 lines deleted...]
-    <t>9,196,261</t>
+    <t>1,159,166,911</t>
+  </si>
+  <si>
+    <t>17,711,423</t>
   </si>
   <si>
     <t>70,712</t>
   </si>
   <si>
-    <t>8,037,536</t>
-[...5 lines deleted...]
-    <t>163,710</t>
+    <t>5,703,402</t>
+  </si>
+  <si>
+    <t>11,795,256</t>
+  </si>
+  <si>
+    <t>142,053</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>47,031,430,588</t>
-[...41 lines deleted...]
-    <t>58,839,273</t>
+    <t>46,443,059,810</t>
+  </si>
+  <si>
+    <t>6,798,810,740</t>
+  </si>
+  <si>
+    <t>325,165,755</t>
+  </si>
+  <si>
+    <t>1,345,072,266</t>
+  </si>
+  <si>
+    <t>580,640</t>
+  </si>
+  <si>
+    <t>999,751,483</t>
+  </si>
+  <si>
+    <t>73,269,707</t>
+  </si>
+  <si>
+    <t>101,136,538</t>
+  </si>
+  <si>
+    <t>3,381,263,545</t>
+  </si>
+  <si>
+    <t>195,404,877</t>
+  </si>
+  <si>
+    <t>367,994,142</t>
+  </si>
+  <si>
+    <t>68,082,880</t>
+  </si>
+  <si>
+    <t>127,421,062</t>
+  </si>
+  <si>
+    <t>2,376,245</t>
+  </si>
+  <si>
+    <t>408,088,824</t>
+  </si>
+  <si>
+    <t>53,199,601</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>1,542,215,832</t>
-[...20 lines deleted...]
-    <t>59,070</t>
+    <t>1,641,348,395</t>
+  </si>
+  <si>
+    <t>322,676,058</t>
+  </si>
+  <si>
+    <t>18,054,666</t>
+  </si>
+  <si>
+    <t>28,712,321</t>
+  </si>
+  <si>
+    <t>40,353,006</t>
+  </si>
+  <si>
+    <t>3,387,896</t>
+  </si>
+  <si>
+    <t>232,168,169</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>4,479,825,078</t>
-[...23 lines deleted...]
-    <t>3,262,755</t>
+    <t>4,666,637,857</t>
+  </si>
+  <si>
+    <t>197,513,180</t>
+  </si>
+  <si>
+    <t>2,136,928</t>
+  </si>
+  <si>
+    <t>15,712,124</t>
+  </si>
+  <si>
+    <t>551,565</t>
+  </si>
+  <si>
+    <t>20,937,539</t>
+  </si>
+  <si>
+    <t>215,979</t>
+  </si>
+  <si>
+    <t>156,692,754</t>
+  </si>
+  <si>
+    <t>3,954,784</t>
+  </si>
+  <si>
+    <t>1,585,363</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>1,500,486,631</t>
-[...14 lines deleted...]
-    <t>820,665,805</t>
+    <t>1,890,740,050</t>
+  </si>
+  <si>
+    <t>1,295,905,639</t>
+  </si>
+  <si>
+    <t>357,743,597</t>
+  </si>
+  <si>
+    <t>902,313,496</t>
   </si>
   <si>
     <t>29,602,427</t>
   </si>
   <si>
-    <t>5,139,729</t>
-[...2 lines deleted...]
-    <t>193</t>
+    <t>6,246,119</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>5,988,708,882</t>
-[...20 lines deleted...]
-    <t>1,594,707,303</t>
+    <t>4,534,321,766</t>
+  </si>
+  <si>
+    <t>3,307,016,247</t>
+  </si>
+  <si>
+    <t>63,761</t>
+  </si>
+  <si>
+    <t>254,544,186</t>
+  </si>
+  <si>
+    <t>1,506,753</t>
+  </si>
+  <si>
+    <t>2,344,132,562</t>
+  </si>
+  <si>
+    <t>10,851,128</t>
+  </si>
+  <si>
+    <t>695,917,857</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>10,126,376,101</t>
-[...41 lines deleted...]
-    <t>93,994,370</t>
+    <t>9,591,062,366</t>
+  </si>
+  <si>
+    <t>381,872,280</t>
+  </si>
+  <si>
+    <t>160,255,238</t>
+  </si>
+  <si>
+    <t>83,822</t>
+  </si>
+  <si>
+    <t>54,111,903</t>
+  </si>
+  <si>
+    <t>37,865,623</t>
+  </si>
+  <si>
+    <t>12,679,194</t>
+  </si>
+  <si>
+    <t>96,923,042</t>
+  </si>
+  <si>
+    <t>22,268,568</t>
+  </si>
+  <si>
+    <t>382,922</t>
+  </si>
+  <si>
+    <t>6,277,036</t>
+  </si>
+  <si>
+    <t>73,998,053</t>
+  </si>
+  <si>
+    <t>18,684,981</t>
+  </si>
+  <si>
+    <t>137,416,308</t>
+  </si>
+  <si>
+    <t>80,082,329</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>8,352,118,413</t>
-[...5 lines deleted...]
-    <t>389,310,172</t>
+    <t>8,239,310,341</t>
+  </si>
+  <si>
+    <t>702,417,679</t>
+  </si>
+  <si>
+    <t>380,534,048</t>
   </si>
   <si>
     <t>5,047</t>
   </si>
   <si>
-    <t>62,710,148</t>
-[...35 lines deleted...]
-    <t>178,037,337</t>
+    <t>80,034,464</t>
+  </si>
+  <si>
+    <t>79,697,973</t>
+  </si>
+  <si>
+    <t>86,847,383</t>
+  </si>
+  <si>
+    <t>72,659,051</t>
+  </si>
+  <si>
+    <t>161,098,039</t>
+  </si>
+  <si>
+    <t>32,281,026</t>
+  </si>
+  <si>
+    <t>166,418</t>
+  </si>
+  <si>
+    <t>126,321,852</t>
+  </si>
+  <si>
+    <t>51,677,587</t>
+  </si>
+  <si>
+    <t>4,060,189</t>
+  </si>
+  <si>
+    <t>196,266,095</t>
+  </si>
+  <si>
+    <t>164,767,262</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>321,418,052,505</t>
-[...5 lines deleted...]
-    <t>5,120,505,550</t>
+    <t>308,567,587,237</t>
+  </si>
+  <si>
+    <t>36,238,452,611</t>
+  </si>
+  <si>
+    <t>5,085,008,764</t>
   </si>
   <si>
     <t>19,677</t>
   </si>
   <si>
-    <t>204,785,211</t>
-[...8 lines deleted...]
-    <t>88,095,893</t>
+    <t>195,190,289</t>
+  </si>
+  <si>
+    <t>4,947,892,588</t>
+  </si>
+  <si>
+    <t>2,634,901,608</t>
+  </si>
+  <si>
+    <t>160,257,680</t>
   </si>
   <si>
     <t>31,393</t>
   </si>
   <si>
-    <t>10,166,742,124</t>
-[...20 lines deleted...]
-    <t>1,893,379,987</t>
+    <t>10,692,579,529</t>
+  </si>
+  <si>
+    <t>491,836,009</t>
+  </si>
+  <si>
+    <t>8,057,294</t>
+  </si>
+  <si>
+    <t>7,897,303,720</t>
+  </si>
+  <si>
+    <t>4,152,121,593</t>
+  </si>
+  <si>
+    <t>42,579,139</t>
+  </si>
+  <si>
+    <t>8,185,030,241</t>
+  </si>
+  <si>
+    <t>1,841,222,540</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>740,872,401,454</t>
-[...53 lines deleted...]
-    <t>2,871,382,794</t>
+    <t>822,151,267,239</t>
+  </si>
+  <si>
+    <t>130,754,663,504</t>
+  </si>
+  <si>
+    <t>7,359,163,215</t>
+  </si>
+  <si>
+    <t>4,652</t>
+  </si>
+  <si>
+    <t>1,413,337,387</t>
+  </si>
+  <si>
+    <t>76,124,995</t>
+  </si>
+  <si>
+    <t>8,144,237,508</t>
+  </si>
+  <si>
+    <t>2,433,658,122</t>
+  </si>
+  <si>
+    <t>2,392,212,776</t>
+  </si>
+  <si>
+    <t>29,725,213</t>
+  </si>
+  <si>
+    <t>47,986,857,730</t>
+  </si>
+  <si>
+    <t>1,084,121,024</t>
+  </si>
+  <si>
+    <t>288,902,244</t>
+  </si>
+  <si>
+    <t>12,772,889</t>
+  </si>
+  <si>
+    <t>9,893,701,351</t>
+  </si>
+  <si>
+    <t>20,163,620,150</t>
+  </si>
+  <si>
+    <t>53,070,116</t>
+  </si>
+  <si>
+    <t>40,471,789,706</t>
+  </si>
+  <si>
+    <t>2,997,858,166</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>667,874,852</t>
-[...17 lines deleted...]
-    <t>1,052,365</t>
+    <t>677,179,852</t>
+  </si>
+  <si>
+    <t>102,616,659</t>
+  </si>
+  <si>
+    <t>300,265</t>
+  </si>
+  <si>
+    <t>6,508,249</t>
+  </si>
+  <si>
+    <t>84,343,470</t>
+  </si>
+  <si>
+    <t>3,927</t>
+  </si>
+  <si>
+    <t>6,879,928</t>
+  </si>
+  <si>
+    <t>4,881,085</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>88,272,111,287</t>
-[...5 lines deleted...]
-    <t>9,422,743,677</t>
+    <t>91,803,750,400</t>
+  </si>
+  <si>
+    <t>13,890,087,562</t>
+  </si>
+  <si>
+    <t>9,965,943,844</t>
   </si>
   <si>
     <t>1,500</t>
   </si>
   <si>
-    <t>463,705,158</t>
-[...41 lines deleted...]
-    <t>2,716,420,125</t>
+    <t>478,472,652</t>
+  </si>
+  <si>
+    <t>40,173,175</t>
+  </si>
+  <si>
+    <t>5,075,613,024</t>
+  </si>
+  <si>
+    <t>4,111,509,594</t>
+  </si>
+  <si>
+    <t>33,432,815</t>
+  </si>
+  <si>
+    <t>30,977,963</t>
+  </si>
+  <si>
+    <t>2,921,651,561</t>
+  </si>
+  <si>
+    <t>2,260,862,467</t>
+  </si>
+  <si>
+    <t>10,287,180</t>
+  </si>
+  <si>
+    <t>202,516</t>
+  </si>
+  <si>
+    <t>1,643,898,974</t>
+  </si>
+  <si>
+    <t>373,032,674</t>
+  </si>
+  <si>
+    <t>10,868,375</t>
+  </si>
+  <si>
+    <t>3,353,697,182</t>
+  </si>
+  <si>
+    <t>2,680,795,394</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>15,074,246,613</t>
-[...20 lines deleted...]
-    <t>26,034,164</t>
+    <t>13,316,963,191</t>
+  </si>
+  <si>
+    <t>328,448,359</t>
+  </si>
+  <si>
+    <t>342,439</t>
+  </si>
+  <si>
+    <t>622,029</t>
+  </si>
+  <si>
+    <t>139,478,253</t>
+  </si>
+  <si>
+    <t>1,129,068</t>
+  </si>
+  <si>
+    <t>186,211,526</t>
+  </si>
+  <si>
+    <t>1,007,483</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>34,108,748,224</t>
-[...17 lines deleted...]
-    <t>4,883,191,629</t>
+    <t>29,332,380,233</t>
+  </si>
+  <si>
+    <t>8,317,160,787</t>
+  </si>
+  <si>
+    <t>127,273</t>
+  </si>
+  <si>
+    <t>3,254,398,246</t>
+  </si>
+  <si>
+    <t>270,003,773</t>
+  </si>
+  <si>
+    <t>4,693,187,864</t>
+  </si>
+  <si>
+    <t>99,570,904</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>70,106,902,131</t>
-[...5 lines deleted...]
-    <t>986,902,133</t>
+    <t>70,905,654,284</t>
+  </si>
+  <si>
+    <t>9,075,185,491</t>
+  </si>
+  <si>
+    <t>1,044,266,811</t>
   </si>
   <si>
     <t>48,963</t>
   </si>
   <si>
-    <t>68,977,378</t>
-[...35 lines deleted...]
-    <t>271,814,473</t>
+    <t>68,102,852</t>
+  </si>
+  <si>
+    <t>602,521,975</t>
+  </si>
+  <si>
+    <t>428,432,996</t>
+  </si>
+  <si>
+    <t>220,471,146</t>
+  </si>
+  <si>
+    <t>17,733,506</t>
+  </si>
+  <si>
+    <t>3,283,866,410</t>
+  </si>
+  <si>
+    <t>87,490,514</t>
+  </si>
+  <si>
+    <t>55,001,065</t>
+  </si>
+  <si>
+    <t>1,666,731,799</t>
+  </si>
+  <si>
+    <t>1,305,574,064</t>
+  </si>
+  <si>
+    <t>112,354,629</t>
+  </si>
+  <si>
+    <t>1,872,867,217</t>
+  </si>
+  <si>
+    <t>240,365,457</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>7,410,850,949</t>
-[...5 lines deleted...]
-    <t>7,074,804</t>
+    <t>7,986,340,341</t>
+  </si>
+  <si>
+    <t>137,103,158</t>
+  </si>
+  <si>
+    <t>8,060,602</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>9,625,426</t>
-[...17 lines deleted...]
-    <t>57,194,588</t>
+    <t>8,943,506</t>
+  </si>
+  <si>
+    <t>9,275,626</t>
+  </si>
+  <si>
+    <t>5,040</t>
+  </si>
+  <si>
+    <t>21,363,225</t>
+  </si>
+  <si>
+    <t>1,581,292</t>
+  </si>
+  <si>
+    <t>16,279,389</t>
+  </si>
+  <si>
+    <t>22,040,805</t>
+  </si>
+  <si>
+    <t>57,613,775</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>455,685,175</t>
-[...32 lines deleted...]
-    <t>504,536</t>
+    <t>451,961,293</t>
+  </si>
+  <si>
+    <t>85,320,564</t>
+  </si>
+  <si>
+    <t>74,249,917</t>
+  </si>
+  <si>
+    <t>70,770,421</t>
+  </si>
+  <si>
+    <t>62,082,764</t>
+  </si>
+  <si>
+    <t>11,901,635</t>
+  </si>
+  <si>
+    <t>11,100,418</t>
+  </si>
+  <si>
+    <t>317,628</t>
+  </si>
+  <si>
+    <t>228,744</t>
+  </si>
+  <si>
+    <t>613,320</t>
+  </si>
+  <si>
+    <t>1,488,816</t>
+  </si>
+  <si>
+    <t>1,020,097</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>516,917,617</t>
-[...17 lines deleted...]
-    <t>853,922</t>
+    <t>877,200,795</t>
+  </si>
+  <si>
+    <t>28,751,606</t>
+  </si>
+  <si>
+    <t>3,275,896</t>
+  </si>
+  <si>
+    <t>3,948,490</t>
+  </si>
+  <si>
+    <t>21,527,220</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>16,534,158,650</t>
-[...5 lines deleted...]
-    <t>558,721,382</t>
+    <t>17,000,285,270</t>
+  </si>
+  <si>
+    <t>724,913,669</t>
+  </si>
+  <si>
+    <t>517,036,381</t>
   </si>
   <si>
     <t>54,500</t>
   </si>
   <si>
-    <t>38,607,792</t>
-[...35 lines deleted...]
-    <t>86,807,933</t>
+    <t>35,827,793</t>
+  </si>
+  <si>
+    <t>30,030,057</t>
+  </si>
+  <si>
+    <t>130,459,050</t>
+  </si>
+  <si>
+    <t>116,126,533</t>
+  </si>
+  <si>
+    <t>34,568,490</t>
+  </si>
+  <si>
+    <t>281,896,474</t>
+  </si>
+  <si>
+    <t>220,399,475</t>
+  </si>
+  <si>
+    <t>4,660,099</t>
+  </si>
+  <si>
+    <t>23,826,772</t>
+  </si>
+  <si>
+    <t>90,966,333</t>
+  </si>
+  <si>
+    <t>57,682,104</t>
+  </si>
+  <si>
+    <t>122,654,158</t>
+  </si>
+  <si>
+    <t>82,024,744</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>6,387,118,008</t>
-[...5 lines deleted...]
-    <t>81,829,789</t>
+    <t>6,609,040,895</t>
+  </si>
+  <si>
+    <t>231,429,724</t>
+  </si>
+  <si>
+    <t>106,175,945</t>
   </si>
   <si>
     <t>16,500</t>
   </si>
   <si>
-    <t>567,056</t>
-[...32 lines deleted...]
-    <t>44,433,442</t>
+    <t>1,327,881</t>
+  </si>
+  <si>
+    <t>33,274,369</t>
+  </si>
+  <si>
+    <t>8,589,504</t>
+  </si>
+  <si>
+    <t>5,032,488</t>
+  </si>
+  <si>
+    <t>5,028,655</t>
+  </si>
+  <si>
+    <t>46,662,224</t>
+  </si>
+  <si>
+    <t>23,392,689</t>
+  </si>
+  <si>
+    <t>2,870,542</t>
+  </si>
+  <si>
+    <t>718,542</t>
+  </si>
+  <si>
+    <t>10,934,034</t>
+  </si>
+  <si>
+    <t>5,161,672</t>
+  </si>
+  <si>
+    <t>126,150,014</t>
+  </si>
+  <si>
+    <t>62,113,679</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>5,513,273,552</t>
-[...44 lines deleted...]
-    <t>289,158,753</t>
+    <t>5,626,119,069</t>
+  </si>
+  <si>
+    <t>580,539,222</t>
+  </si>
+  <si>
+    <t>465,463,142</t>
+  </si>
+  <si>
+    <t>328,301</t>
+  </si>
+  <si>
+    <t>72,752,266</t>
+  </si>
+  <si>
+    <t>70,366,503</t>
+  </si>
+  <si>
+    <t>10,776</t>
+  </si>
+  <si>
+    <t>135,857,002</t>
+  </si>
+  <si>
+    <t>80,998,738</t>
+  </si>
+  <si>
+    <t>2,532,643</t>
+  </si>
+  <si>
+    <t>1,534,645</t>
+  </si>
+  <si>
+    <t>456,277</t>
+  </si>
+  <si>
+    <t>41,486,560</t>
+  </si>
+  <si>
+    <t>26,987,522</t>
+  </si>
+  <si>
+    <t>327,115,397</t>
+  </si>
+  <si>
+    <t>285,575,734</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>109,350,940</t>
-[...2 lines deleted...]
-    <t>5,136,977</t>
+    <t>141,150,165</t>
+  </si>
+  <si>
+    <t>3,941,008</t>
   </si>
   <si>
     <t>11,019</t>
   </si>
   <si>
-    <t>178,294</t>
-[...2 lines deleted...]
-    <t>278,850</t>
+    <t>9,063</t>
+  </si>
+  <si>
+    <t>209,779</t>
+  </si>
+  <si>
+    <t>630,270</t>
+  </si>
+  <si>
+    <t>174,431</t>
   </si>
   <si>
     <t>95,841</t>
   </si>
   <si>
-    <t>315,328</t>
-[...5 lines deleted...]
-    <t>251,905</t>
+    <t>316,915</t>
+  </si>
+  <si>
+    <t>1,536,993</t>
+  </si>
+  <si>
+    <t>967,716</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -4565,51 +4565,51 @@
   </sheetPr>
   <dimension ref="A1:V97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="V1" sqref="V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4667,3025 +4667,3025 @@
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
       <c r="I2" t="s">
+        <v>25</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
         <v>28</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
         <v>29</v>
       </c>
-      <c r="N2" t="s">
-[...2 lines deleted...]
-      <c r="O2" t="s">
+      <c r="P2" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q2" t="s">
         <v>30</v>
       </c>
-      <c r="P2" t="s">
-[...2 lines deleted...]
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>31</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
+        <v>25</v>
+      </c>
+      <c r="T2" t="s">
+        <v>25</v>
+      </c>
+      <c r="U2" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="V2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:22">
       <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
         <v>34</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
         <v>36</v>
       </c>
-      <c r="D3" t="s">
-[...32 lines deleted...]
-      <c r="O3" t="s">
+      <c r="P3" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q3" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="R3" t="s">
         <v>25</v>
       </c>
       <c r="S3" t="s">
         <v>25</v>
       </c>
       <c r="T3" t="s">
         <v>25</v>
       </c>
       <c r="U3" t="s">
         <v>25</v>
       </c>
       <c r="V3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:22">
       <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
         <v>39</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>40</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>41</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" t="s">
         <v>42</v>
       </c>
-      <c r="E4" t="s">
-[...5 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J4" t="s">
         <v>43</v>
       </c>
-      <c r="H4" t="s">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="K4" t="s">
         <v>44</v>
       </c>
-      <c r="J4" t="s">
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
         <v>45</v>
       </c>
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>46</v>
       </c>
-      <c r="L4" t="s">
-[...2 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O4" t="s">
         <v>47</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>48</v>
       </c>
-      <c r="O4" t="s">
+      <c r="Q4" t="s">
         <v>49</v>
       </c>
-      <c r="P4" t="s">
+      <c r="R4" t="s">
         <v>50</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="S4" t="s">
+        <v>25</v>
+      </c>
+      <c r="T4" t="s">
+        <v>25</v>
+      </c>
+      <c r="U4" t="s">
         <v>51</v>
       </c>
-      <c r="R4" t="s">
+      <c r="V4" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:22">
       <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
         <v>55</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>56</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" t="s">
+        <v>25</v>
+      </c>
+      <c r="I5" t="s">
         <v>57</v>
       </c>
-      <c r="D5" t="s">
+      <c r="J5" t="s">
         <v>58</v>
       </c>
-      <c r="E5" t="s">
-[...11 lines deleted...]
-      <c r="I5" t="s">
+      <c r="K5" t="s">
+        <v>25</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
         <v>59</v>
       </c>
-      <c r="J5" t="s">
+      <c r="N5" t="s">
         <v>60</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="O5" t="s">
         <v>61</v>
       </c>
-      <c r="N5" t="s">
+      <c r="P5" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q5" t="s">
         <v>62</v>
       </c>
-      <c r="O5" t="s">
+      <c r="R5" t="s">
         <v>63</v>
       </c>
-      <c r="P5" t="s">
+      <c r="S5" t="s">
+        <v>25</v>
+      </c>
+      <c r="T5" t="s">
+        <v>25</v>
+      </c>
+      <c r="U5" t="s">
         <v>64</v>
       </c>
-      <c r="Q5" t="s">
+      <c r="V5" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:22">
       <c r="A6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
         <v>69</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I6" t="s">
         <v>70</v>
       </c>
-      <c r="C6" t="s">
+      <c r="J6" t="s">
         <v>71</v>
       </c>
-      <c r="D6" t="s">
+      <c r="K6" t="s">
         <v>72</v>
       </c>
-      <c r="E6" t="s">
-[...5 lines deleted...]
-      <c r="G6" t="s">
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
         <v>73</v>
       </c>
-      <c r="H6" t="s">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="N6" t="s">
         <v>74</v>
       </c>
-      <c r="J6" t="s">
+      <c r="O6" t="s">
         <v>75</v>
       </c>
-      <c r="K6" t="s">
+      <c r="P6" t="s">
         <v>76</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="Q6" t="s">
         <v>77</v>
       </c>
-      <c r="N6" t="s">
+      <c r="R6" t="s">
+        <v>77</v>
+      </c>
+      <c r="S6" t="s">
+        <v>25</v>
+      </c>
+      <c r="T6" t="s">
+        <v>25</v>
+      </c>
+      <c r="U6" t="s">
         <v>78</v>
-      </c>
-[...19 lines deleted...]
-        <v>82</v>
       </c>
       <c r="V6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:22">
       <c r="A7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D7" t="s">
+        <v>82</v>
+      </c>
+      <c r="E7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" t="s">
+        <v>25</v>
+      </c>
+      <c r="I7" t="s">
         <v>83</v>
       </c>
-      <c r="B7" t="s">
+      <c r="J7" t="s">
         <v>84</v>
       </c>
-      <c r="C7" t="s">
+      <c r="K7" t="s">
         <v>85</v>
       </c>
-      <c r="D7" t="s">
+      <c r="L7" t="s">
+        <v>85</v>
+      </c>
+      <c r="M7" t="s">
         <v>86</v>
       </c>
-      <c r="E7" t="s">
-[...11 lines deleted...]
-      <c r="I7" t="s">
+      <c r="N7" t="s">
         <v>87</v>
       </c>
-      <c r="J7" t="s">
+      <c r="O7" t="s">
         <v>88</v>
       </c>
-      <c r="K7" t="s">
+      <c r="P7" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q7" t="s">
         <v>89</v>
       </c>
-      <c r="L7" t="s">
+      <c r="R7" t="s">
+        <v>25</v>
+      </c>
+      <c r="S7" t="s">
+        <v>25</v>
+      </c>
+      <c r="T7" t="s">
+        <v>25</v>
+      </c>
+      <c r="U7" t="s">
         <v>90</v>
       </c>
-      <c r="M7" t="s">
+      <c r="V7" t="s">
         <v>91</v>
-      </c>
-[...25 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:22">
       <c r="A8" t="s">
+        <v>92</v>
+      </c>
+      <c r="B8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D8" t="s">
+        <v>95</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>25</v>
+      </c>
+      <c r="G8" t="s">
+        <v>96</v>
+      </c>
+      <c r="H8" t="s">
+        <v>96</v>
+      </c>
+      <c r="I8" t="s">
         <v>97</v>
       </c>
-      <c r="B8" t="s">
+      <c r="J8" t="s">
         <v>98</v>
       </c>
-      <c r="C8" t="s">
+      <c r="K8" t="s">
         <v>99</v>
       </c>
-      <c r="D8" t="s">
+      <c r="L8" t="s">
         <v>100</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="M8" t="s">
         <v>101</v>
       </c>
-      <c r="H8" t="s">
-[...2 lines deleted...]
-      <c r="I8" t="s">
+      <c r="N8" t="s">
         <v>102</v>
       </c>
-      <c r="J8" t="s">
+      <c r="O8" t="s">
         <v>103</v>
       </c>
-      <c r="K8" t="s">
+      <c r="P8" t="s">
         <v>104</v>
       </c>
-      <c r="L8" t="s">
+      <c r="Q8" t="s">
         <v>105</v>
       </c>
-      <c r="M8" t="s">
+      <c r="R8" t="s">
+        <v>25</v>
+      </c>
+      <c r="S8" t="s">
+        <v>25</v>
+      </c>
+      <c r="T8" t="s">
+        <v>25</v>
+      </c>
+      <c r="U8" t="s">
         <v>106</v>
       </c>
-      <c r="N8" t="s">
+      <c r="V8" t="s">
         <v>107</v>
-      </c>
-[...22 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="9" spans="1:22">
       <c r="A9" t="s">
+        <v>108</v>
+      </c>
+      <c r="B9" t="s">
+        <v>109</v>
+      </c>
+      <c r="C9" t="s">
+        <v>110</v>
+      </c>
+      <c r="D9" t="s">
+        <v>111</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" t="s">
+        <v>112</v>
+      </c>
+      <c r="H9" t="s">
         <v>113</v>
       </c>
-      <c r="B9" t="s">
+      <c r="I9" t="s">
         <v>114</v>
       </c>
-      <c r="C9" t="s">
+      <c r="J9" t="s">
         <v>115</v>
       </c>
-      <c r="D9" t="s">
+      <c r="K9" t="s">
         <v>116</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" t="s">
+      <c r="L9" t="s">
         <v>117</v>
       </c>
-      <c r="H9" t="s">
+      <c r="M9" t="s">
         <v>118</v>
       </c>
-      <c r="I9" t="s">
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
         <v>119</v>
       </c>
-      <c r="J9" t="s">
+      <c r="P9" t="s">
         <v>120</v>
       </c>
-      <c r="K9" t="s">
+      <c r="Q9" t="s">
         <v>121</v>
       </c>
-      <c r="L9" t="s">
+      <c r="R9" t="s">
         <v>122</v>
       </c>
-      <c r="M9" t="s">
+      <c r="S9" t="s">
+        <v>25</v>
+      </c>
+      <c r="T9" t="s">
+        <v>25</v>
+      </c>
+      <c r="U9" t="s">
         <v>123</v>
       </c>
-      <c r="N9" t="s">
-[...2 lines deleted...]
-      <c r="O9" t="s">
+      <c r="V9" t="s">
         <v>124</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="10" spans="1:22">
       <c r="A10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B10" t="s">
+        <v>126</v>
+      </c>
+      <c r="C10" t="s">
+        <v>127</v>
+      </c>
+      <c r="D10" t="s">
+        <v>128</v>
+      </c>
+      <c r="E10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" t="s">
+        <v>129</v>
+      </c>
+      <c r="H10" t="s">
+        <v>25</v>
+      </c>
+      <c r="I10" t="s">
         <v>130</v>
       </c>
-      <c r="B10" t="s">
+      <c r="J10" t="s">
         <v>131</v>
       </c>
-      <c r="C10" t="s">
+      <c r="K10" t="s">
         <v>132</v>
       </c>
-      <c r="D10" t="s">
+      <c r="L10" t="s">
         <v>133</v>
       </c>
-      <c r="E10" t="s">
-[...5 lines deleted...]
-      <c r="G10" t="s">
+      <c r="M10" t="s">
         <v>134</v>
       </c>
-      <c r="H10" t="s">
-[...2 lines deleted...]
-      <c r="I10" t="s">
+      <c r="N10" t="s">
         <v>135</v>
       </c>
-      <c r="J10" t="s">
+      <c r="O10" t="s">
         <v>136</v>
       </c>
-      <c r="K10" t="s">
+      <c r="P10" t="s">
         <v>137</v>
       </c>
-      <c r="L10" t="s">
+      <c r="Q10" t="s">
         <v>138</v>
       </c>
-      <c r="M10" t="s">
+      <c r="R10" t="s">
         <v>139</v>
       </c>
-      <c r="N10" t="s">
+      <c r="S10" t="s">
         <v>140</v>
       </c>
-      <c r="O10" t="s">
+      <c r="T10" t="s">
+        <v>25</v>
+      </c>
+      <c r="U10" t="s">
         <v>141</v>
       </c>
-      <c r="P10" t="s">
+      <c r="V10" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="11" spans="1:22">
       <c r="A11" t="s">
+        <v>143</v>
+      </c>
+      <c r="B11" t="s">
+        <v>144</v>
+      </c>
+      <c r="C11" t="s">
+        <v>145</v>
+      </c>
+      <c r="D11" t="s">
+        <v>146</v>
+      </c>
+      <c r="E11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" t="s">
+        <v>25</v>
+      </c>
+      <c r="G11" t="s">
+        <v>147</v>
+      </c>
+      <c r="H11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I11" t="s">
         <v>148</v>
       </c>
-      <c r="B11" t="s">
+      <c r="J11" t="s">
+        <v>25</v>
+      </c>
+      <c r="K11" t="s">
         <v>149</v>
       </c>
-      <c r="C11" t="s">
+      <c r="L11" t="s">
         <v>150</v>
       </c>
-      <c r="D11" t="s">
+      <c r="M11" t="s">
         <v>151</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11" t="s">
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
         <v>152</v>
       </c>
-      <c r="H11" t="s">
+      <c r="P11" t="s">
         <v>153</v>
       </c>
-      <c r="I11" t="s">
+      <c r="Q11" t="s">
+        <v>25</v>
+      </c>
+      <c r="R11" t="s">
+        <v>25</v>
+      </c>
+      <c r="S11" t="s">
+        <v>25</v>
+      </c>
+      <c r="T11" t="s">
+        <v>25</v>
+      </c>
+      <c r="U11" t="s">
         <v>154</v>
-      </c>
-[...34 lines deleted...]
-        <v>160</v>
       </c>
       <c r="V11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:22">
       <c r="A12" t="s">
+        <v>155</v>
+      </c>
+      <c r="B12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C12" t="s">
+        <v>157</v>
+      </c>
+      <c r="D12" t="s">
+        <v>158</v>
+      </c>
+      <c r="E12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" t="s">
+        <v>25</v>
+      </c>
+      <c r="G12" t="s">
+        <v>25</v>
+      </c>
+      <c r="H12" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" t="s">
+        <v>159</v>
+      </c>
+      <c r="J12" t="s">
+        <v>160</v>
+      </c>
+      <c r="K12" t="s">
         <v>161</v>
       </c>
-      <c r="B12" t="s">
+      <c r="L12" t="s">
         <v>162</v>
       </c>
-      <c r="C12" t="s">
+      <c r="M12" t="s">
         <v>163</v>
       </c>
-      <c r="D12" t="s">
+      <c r="N12" t="s">
         <v>164</v>
       </c>
-      <c r="E12" t="s">
-[...5 lines deleted...]
-      <c r="G12" t="s">
+      <c r="O12" t="s">
         <v>165</v>
       </c>
-      <c r="H12" t="s">
-[...2 lines deleted...]
-      <c r="I12" t="s">
+      <c r="P12" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q12" t="s">
         <v>166</v>
       </c>
-      <c r="J12" t="s">
+      <c r="R12" t="s">
         <v>167</v>
       </c>
-      <c r="K12" t="s">
+      <c r="S12" t="s">
         <v>168</v>
       </c>
-      <c r="L12" t="s">
+      <c r="T12" t="s">
+        <v>25</v>
+      </c>
+      <c r="U12" t="s">
         <v>169</v>
       </c>
-      <c r="M12" t="s">
+      <c r="V12" t="s">
         <v>170</v>
-      </c>
-[...25 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="13" spans="1:22">
       <c r="A13" t="s">
+        <v>171</v>
+      </c>
+      <c r="B13" t="s">
+        <v>172</v>
+      </c>
+      <c r="C13" t="s">
+        <v>173</v>
+      </c>
+      <c r="D13" t="s">
+        <v>174</v>
+      </c>
+      <c r="E13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" t="s">
+        <v>175</v>
+      </c>
+      <c r="J13" t="s">
+        <v>176</v>
+      </c>
+      <c r="K13" t="s">
+        <v>177</v>
+      </c>
+      <c r="L13" t="s">
         <v>178</v>
       </c>
-      <c r="B13" t="s">
+      <c r="M13" t="s">
         <v>179</v>
       </c>
-      <c r="C13" t="s">
+      <c r="N13" t="s">
         <v>180</v>
       </c>
-      <c r="D13" t="s">
+      <c r="O13" t="s">
         <v>181</v>
       </c>
-      <c r="E13" t="s">
-[...11 lines deleted...]
-      <c r="I13" t="s">
+      <c r="P13" t="s">
         <v>182</v>
       </c>
-      <c r="J13" t="s">
+      <c r="Q13" t="s">
         <v>183</v>
       </c>
-      <c r="K13" t="s">
+      <c r="R13" t="s">
         <v>184</v>
       </c>
-      <c r="L13" t="s">
+      <c r="S13" t="s">
+        <v>25</v>
+      </c>
+      <c r="T13" t="s">
+        <v>25</v>
+      </c>
+      <c r="U13" t="s">
         <v>185</v>
       </c>
-      <c r="M13" t="s">
+      <c r="V13" t="s">
         <v>186</v>
-      </c>
-[...25 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" t="s">
+        <v>187</v>
+      </c>
+      <c r="B14" t="s">
+        <v>188</v>
+      </c>
+      <c r="C14" t="s">
+        <v>189</v>
+      </c>
+      <c r="D14" t="s">
+        <v>190</v>
+      </c>
+      <c r="E14" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" t="s">
+        <v>25</v>
+      </c>
+      <c r="I14" t="s">
+        <v>191</v>
+      </c>
+      <c r="J14" t="s">
+        <v>192</v>
+      </c>
+      <c r="K14" t="s">
+        <v>193</v>
+      </c>
+      <c r="L14" t="s">
         <v>194</v>
       </c>
-      <c r="B14" t="s">
+      <c r="M14" t="s">
         <v>195</v>
       </c>
-      <c r="C14" t="s">
+      <c r="N14" t="s">
         <v>196</v>
       </c>
-      <c r="D14" t="s">
+      <c r="O14" t="s">
+        <v>25</v>
+      </c>
+      <c r="P14" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q14" t="s">
         <v>197</v>
       </c>
-      <c r="E14" t="s">
-[...11 lines deleted...]
-      <c r="I14" t="s">
+      <c r="R14" t="s">
         <v>198</v>
       </c>
-      <c r="J14" t="s">
+      <c r="S14" t="s">
         <v>199</v>
       </c>
-      <c r="K14" t="s">
+      <c r="T14" t="s">
+        <v>25</v>
+      </c>
+      <c r="U14" t="s">
         <v>200</v>
       </c>
-      <c r="L14" t="s">
+      <c r="V14" t="s">
         <v>201</v>
-      </c>
-[...28 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" t="s">
+        <v>202</v>
+      </c>
+      <c r="B15" t="s">
+        <v>203</v>
+      </c>
+      <c r="C15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D15" t="s">
+        <v>205</v>
+      </c>
+      <c r="E15" t="s">
+        <v>25</v>
+      </c>
+      <c r="F15" t="s">
+        <v>25</v>
+      </c>
+      <c r="G15" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" t="s">
+        <v>25</v>
+      </c>
+      <c r="I15" t="s">
+        <v>206</v>
+      </c>
+      <c r="J15" t="s">
+        <v>207</v>
+      </c>
+      <c r="K15" t="s">
+        <v>208</v>
+      </c>
+      <c r="L15" t="s">
+        <v>208</v>
+      </c>
+      <c r="M15" t="s">
         <v>209</v>
       </c>
-      <c r="B15" t="s">
+      <c r="N15" t="s">
         <v>210</v>
       </c>
-      <c r="C15" t="s">
+      <c r="O15" t="s">
         <v>211</v>
       </c>
-      <c r="D15" t="s">
+      <c r="P15" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q15" t="s">
         <v>212</v>
       </c>
-      <c r="E15" t="s">
-[...11 lines deleted...]
-      <c r="I15" t="s">
+      <c r="R15" t="s">
+        <v>212</v>
+      </c>
+      <c r="S15" t="s">
+        <v>25</v>
+      </c>
+      <c r="T15" t="s">
+        <v>25</v>
+      </c>
+      <c r="U15" t="s">
         <v>213</v>
       </c>
-      <c r="J15" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="V15" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" t="s">
+        <v>214</v>
+      </c>
+      <c r="B16" t="s">
+        <v>215</v>
+      </c>
+      <c r="C16" t="s">
+        <v>216</v>
+      </c>
+      <c r="D16" t="s">
+        <v>217</v>
+      </c>
+      <c r="E16" t="s">
+        <v>25</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
+        <v>218</v>
+      </c>
+      <c r="H16" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" t="s">
+        <v>219</v>
+      </c>
+      <c r="J16" t="s">
+        <v>220</v>
+      </c>
+      <c r="K16" t="s">
         <v>221</v>
       </c>
-      <c r="B16" t="s">
+      <c r="L16" t="s">
+        <v>221</v>
+      </c>
+      <c r="M16" t="s">
         <v>222</v>
       </c>
-      <c r="C16" t="s">
+      <c r="N16" t="s">
         <v>223</v>
       </c>
-      <c r="D16" t="s">
+      <c r="O16" t="s">
+        <v>25</v>
+      </c>
+      <c r="P16" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q16" t="s">
         <v>224</v>
       </c>
-      <c r="E16" t="s">
-[...11 lines deleted...]
-      <c r="I16" t="s">
+      <c r="R16" t="s">
         <v>225</v>
       </c>
-      <c r="J16" t="s">
+      <c r="S16" t="s">
         <v>226</v>
       </c>
-      <c r="K16" t="s">
+      <c r="T16" t="s">
+        <v>25</v>
+      </c>
+      <c r="U16" t="s">
         <v>227</v>
       </c>
-      <c r="L16" t="s">
-[...2 lines deleted...]
-      <c r="M16" t="s">
+      <c r="V16" t="s">
         <v>228</v>
-      </c>
-[...25 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" t="s">
+        <v>229</v>
+      </c>
+      <c r="B17" t="s">
+        <v>230</v>
+      </c>
+      <c r="C17" t="s">
+        <v>231</v>
+      </c>
+      <c r="D17" t="s">
+        <v>232</v>
+      </c>
+      <c r="E17" t="s">
+        <v>25</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+      <c r="G17" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" t="s">
+        <v>25</v>
+      </c>
+      <c r="I17" t="s">
+        <v>233</v>
+      </c>
+      <c r="J17" t="s">
         <v>234</v>
       </c>
-      <c r="B17" t="s">
+      <c r="K17" t="s">
+        <v>25</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
         <v>235</v>
       </c>
-      <c r="C17" t="s">
+      <c r="N17" t="s">
         <v>236</v>
       </c>
-      <c r="D17" t="s">
+      <c r="O17" t="s">
         <v>237</v>
       </c>
-      <c r="E17" t="s">
-[...5 lines deleted...]
-      <c r="G17" t="s">
+      <c r="P17" t="s">
+        <v>237</v>
+      </c>
+      <c r="Q17" t="s">
         <v>238</v>
       </c>
-      <c r="H17" t="s">
-[...2 lines deleted...]
-      <c r="I17" t="s">
+      <c r="R17" t="s">
         <v>239</v>
       </c>
-      <c r="J17" t="s">
+      <c r="S17" t="s">
         <v>240</v>
       </c>
-      <c r="K17" t="s">
-[...5 lines deleted...]
-      <c r="M17" t="s">
+      <c r="T17" t="s">
+        <v>25</v>
+      </c>
+      <c r="U17" t="s">
         <v>241</v>
       </c>
-      <c r="N17" t="s">
+      <c r="V17" t="s">
         <v>242</v>
-      </c>
-[...22 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" t="s">
+        <v>243</v>
+      </c>
+      <c r="B18" t="s">
+        <v>244</v>
+      </c>
+      <c r="C18" t="s">
+        <v>245</v>
+      </c>
+      <c r="D18" t="s">
+        <v>246</v>
+      </c>
+      <c r="E18" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" t="s">
+        <v>247</v>
+      </c>
+      <c r="H18" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" t="s">
+        <v>248</v>
+      </c>
+      <c r="J18" t="s">
         <v>249</v>
       </c>
-      <c r="B18" t="s">
+      <c r="K18" t="s">
         <v>250</v>
       </c>
-      <c r="C18" t="s">
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
         <v>251</v>
       </c>
-      <c r="D18" t="s">
+      <c r="N18" t="s">
         <v>252</v>
       </c>
-      <c r="E18" t="s">
-[...5 lines deleted...]
-      <c r="G18" t="s">
+      <c r="O18" t="s">
         <v>253</v>
       </c>
-      <c r="H18" t="s">
-[...2 lines deleted...]
-      <c r="I18" t="s">
+      <c r="P18" t="s">
         <v>254</v>
       </c>
-      <c r="J18" t="s">
+      <c r="Q18" t="s">
         <v>255</v>
       </c>
-      <c r="K18" t="s">
+      <c r="R18" t="s">
         <v>256</v>
       </c>
-      <c r="L18" t="s">
-[...2 lines deleted...]
-      <c r="M18" t="s">
+      <c r="S18" t="s">
         <v>257</v>
       </c>
-      <c r="N18" t="s">
+      <c r="T18" t="s">
+        <v>25</v>
+      </c>
+      <c r="U18" t="s">
         <v>258</v>
       </c>
-      <c r="O18" t="s">
+      <c r="V18" t="s">
         <v>259</v>
-      </c>
-[...19 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" t="s">
+        <v>260</v>
+      </c>
+      <c r="B19" t="s">
+        <v>261</v>
+      </c>
+      <c r="C19" t="s">
+        <v>262</v>
+      </c>
+      <c r="D19" t="s">
+        <v>263</v>
+      </c>
+      <c r="E19" t="s">
+        <v>25</v>
+      </c>
+      <c r="F19" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" t="s">
+        <v>25</v>
+      </c>
+      <c r="H19" t="s">
+        <v>25</v>
+      </c>
+      <c r="I19" t="s">
+        <v>264</v>
+      </c>
+      <c r="J19" t="s">
+        <v>265</v>
+      </c>
+      <c r="K19" t="s">
+        <v>25</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
         <v>266</v>
       </c>
-      <c r="B19" t="s">
+      <c r="N19" t="s">
         <v>267</v>
       </c>
-      <c r="C19" t="s">
+      <c r="O19" t="s">
         <v>268</v>
       </c>
-      <c r="D19" t="s">
+      <c r="P19" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q19" t="s">
         <v>269</v>
       </c>
-      <c r="E19" t="s">
-[...11 lines deleted...]
-      <c r="I19" t="s">
+      <c r="R19" t="s">
         <v>270</v>
       </c>
-      <c r="J19" t="s">
+      <c r="S19" t="s">
         <v>271</v>
       </c>
-      <c r="K19" t="s">
-[...5 lines deleted...]
-      <c r="M19" t="s">
+      <c r="T19" t="s">
+        <v>25</v>
+      </c>
+      <c r="U19" t="s">
         <v>272</v>
       </c>
-      <c r="N19" t="s">
+      <c r="V19" t="s">
         <v>273</v>
-      </c>
-[...22 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" t="s">
+        <v>274</v>
+      </c>
+      <c r="B20" t="s">
+        <v>275</v>
+      </c>
+      <c r="C20" t="s">
+        <v>276</v>
+      </c>
+      <c r="D20" t="s">
+        <v>277</v>
+      </c>
+      <c r="E20" t="s">
+        <v>25</v>
+      </c>
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20" t="s">
+        <v>278</v>
+      </c>
+      <c r="H20" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" t="s">
+        <v>279</v>
+      </c>
+      <c r="J20" t="s">
         <v>280</v>
       </c>
-      <c r="B20" t="s">
+      <c r="K20" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
         <v>281</v>
       </c>
-      <c r="C20" t="s">
+      <c r="N20" t="s">
         <v>282</v>
       </c>
-      <c r="D20" t="s">
+      <c r="O20" t="s">
         <v>283</v>
       </c>
-      <c r="E20" t="s">
-[...5 lines deleted...]
-      <c r="G20" t="s">
+      <c r="P20" t="s">
         <v>284</v>
       </c>
-      <c r="H20" t="s">
-[...2 lines deleted...]
-      <c r="I20" t="s">
+      <c r="Q20" t="s">
         <v>285</v>
       </c>
-      <c r="J20" t="s">
+      <c r="R20" t="s">
         <v>286</v>
       </c>
-      <c r="K20" t="s">
-[...5 lines deleted...]
-      <c r="M20" t="s">
+      <c r="S20" t="s">
         <v>287</v>
       </c>
-      <c r="N20" t="s">
+      <c r="T20" t="s">
+        <v>25</v>
+      </c>
+      <c r="U20" t="s">
         <v>288</v>
       </c>
-      <c r="O20" t="s">
+      <c r="V20" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" t="s">
+        <v>290</v>
+      </c>
+      <c r="B21" t="s">
+        <v>291</v>
+      </c>
+      <c r="C21" t="s">
+        <v>292</v>
+      </c>
+      <c r="D21" t="s">
+        <v>293</v>
+      </c>
+      <c r="E21" t="s">
+        <v>25</v>
+      </c>
+      <c r="F21" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" t="s">
+        <v>294</v>
+      </c>
+      <c r="H21" t="s">
+        <v>294</v>
+      </c>
+      <c r="I21" t="s">
+        <v>295</v>
+      </c>
+      <c r="J21" t="s">
         <v>296</v>
       </c>
-      <c r="B21" t="s">
+      <c r="K21" t="s">
         <v>297</v>
       </c>
-      <c r="C21" t="s">
+      <c r="L21" t="s">
         <v>298</v>
       </c>
-      <c r="D21" t="s">
+      <c r="M21" t="s">
         <v>299</v>
       </c>
-      <c r="E21" t="s">
-[...5 lines deleted...]
-      <c r="G21" t="s">
+      <c r="N21" t="s">
         <v>300</v>
       </c>
-      <c r="H21" t="s">
-[...2 lines deleted...]
-      <c r="I21" t="s">
+      <c r="O21" t="s">
+        <v>25</v>
+      </c>
+      <c r="P21" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q21" t="s">
         <v>301</v>
       </c>
-      <c r="J21" t="s">
+      <c r="R21" t="s">
         <v>302</v>
       </c>
-      <c r="K21" t="s">
+      <c r="S21" t="s">
         <v>303</v>
       </c>
-      <c r="L21" t="s">
+      <c r="T21" t="s">
+        <v>25</v>
+      </c>
+      <c r="U21" t="s">
         <v>304</v>
       </c>
-      <c r="M21" t="s">
+      <c r="V21" t="s">
         <v>305</v>
-      </c>
-[...25 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" t="s">
+        <v>306</v>
+      </c>
+      <c r="B22" t="s">
+        <v>307</v>
+      </c>
+      <c r="C22" t="s">
+        <v>308</v>
+      </c>
+      <c r="D22" t="s">
+        <v>309</v>
+      </c>
+      <c r="E22" t="s">
+        <v>310</v>
+      </c>
+      <c r="F22" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" t="s">
+        <v>311</v>
+      </c>
+      <c r="H22" t="s">
+        <v>25</v>
+      </c>
+      <c r="I22" t="s">
         <v>312</v>
       </c>
-      <c r="B22" t="s">
+      <c r="J22" t="s">
         <v>313</v>
       </c>
-      <c r="C22" t="s">
+      <c r="K22" t="s">
         <v>314</v>
       </c>
-      <c r="D22" t="s">
+      <c r="L22" t="s">
+        <v>314</v>
+      </c>
+      <c r="M22" t="s">
         <v>315</v>
       </c>
-      <c r="E22" t="s">
+      <c r="N22" t="s">
         <v>316</v>
       </c>
-      <c r="F22" t="s">
-[...8 lines deleted...]
-      <c r="I22" t="s">
+      <c r="O22" t="s">
         <v>317</v>
       </c>
-      <c r="J22" t="s">
+      <c r="P22" t="s">
         <v>318</v>
       </c>
-      <c r="K22" t="s">
+      <c r="Q22" t="s">
         <v>319</v>
       </c>
-      <c r="L22" t="s">
-[...2 lines deleted...]
-      <c r="M22" t="s">
+      <c r="R22" t="s">
         <v>320</v>
       </c>
-      <c r="N22" t="s">
+      <c r="S22" t="s">
         <v>321</v>
       </c>
-      <c r="O22" t="s">
+      <c r="T22" t="s">
+        <v>25</v>
+      </c>
+      <c r="U22" t="s">
         <v>322</v>
       </c>
-      <c r="P22" t="s">
+      <c r="V22" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" t="s">
+        <v>324</v>
+      </c>
+      <c r="B23" t="s">
+        <v>325</v>
+      </c>
+      <c r="C23" t="s">
+        <v>326</v>
+      </c>
+      <c r="D23" t="s">
+        <v>327</v>
+      </c>
+      <c r="E23" t="s">
+        <v>25</v>
+      </c>
+      <c r="F23" t="s">
+        <v>25</v>
+      </c>
+      <c r="G23" t="s">
+        <v>328</v>
+      </c>
+      <c r="H23" t="s">
+        <v>25</v>
+      </c>
+      <c r="I23" t="s">
         <v>329</v>
       </c>
-      <c r="B23" t="s">
+      <c r="J23" t="s">
         <v>330</v>
       </c>
-      <c r="C23" t="s">
+      <c r="K23" t="s">
         <v>331</v>
       </c>
-      <c r="D23" t="s">
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
         <v>332</v>
       </c>
-      <c r="E23" t="s">
-[...5 lines deleted...]
-      <c r="G23" t="s">
+      <c r="N23" t="s">
         <v>333</v>
       </c>
-      <c r="H23" t="s">
+      <c r="O23" t="s">
         <v>334</v>
       </c>
-      <c r="I23" t="s">
+      <c r="P23" t="s">
         <v>335</v>
       </c>
-      <c r="J23" t="s">
+      <c r="Q23" t="s">
         <v>336</v>
       </c>
-      <c r="K23" t="s">
+      <c r="R23" t="s">
         <v>337</v>
       </c>
-      <c r="L23" t="s">
-[...2 lines deleted...]
-      <c r="M23" t="s">
+      <c r="S23" t="s">
         <v>338</v>
       </c>
-      <c r="N23" t="s">
+      <c r="T23" t="s">
+        <v>25</v>
+      </c>
+      <c r="U23" t="s">
         <v>339</v>
       </c>
-      <c r="O23" t="s">
+      <c r="V23" t="s">
         <v>340</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" t="s">
+        <v>341</v>
+      </c>
+      <c r="B24" t="s">
+        <v>342</v>
+      </c>
+      <c r="C24" t="s">
+        <v>343</v>
+      </c>
+      <c r="D24" t="s">
+        <v>344</v>
+      </c>
+      <c r="E24" t="s">
+        <v>25</v>
+      </c>
+      <c r="F24" t="s">
+        <v>25</v>
+      </c>
+      <c r="G24" t="s">
+        <v>25</v>
+      </c>
+      <c r="H24" t="s">
+        <v>25</v>
+      </c>
+      <c r="I24" t="s">
+        <v>345</v>
+      </c>
+      <c r="J24" t="s">
+        <v>346</v>
+      </c>
+      <c r="K24" t="s">
         <v>347</v>
       </c>
-      <c r="B24" t="s">
+      <c r="L24" t="s">
         <v>348</v>
       </c>
-      <c r="C24" t="s">
+      <c r="M24" t="s">
         <v>349</v>
       </c>
-      <c r="D24" t="s">
+      <c r="N24" t="s">
         <v>350</v>
       </c>
-      <c r="E24" t="s">
-[...11 lines deleted...]
-      <c r="I24" t="s">
+      <c r="O24" t="s">
         <v>351</v>
       </c>
-      <c r="J24" t="s">
+      <c r="P24" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q24" t="s">
         <v>352</v>
       </c>
-      <c r="K24" t="s">
+      <c r="R24" t="s">
         <v>353</v>
       </c>
-      <c r="L24" t="s">
+      <c r="S24" t="s">
         <v>354</v>
       </c>
-      <c r="M24" t="s">
+      <c r="T24" t="s">
+        <v>25</v>
+      </c>
+      <c r="U24" t="s">
         <v>355</v>
       </c>
-      <c r="N24" t="s">
+      <c r="V24" t="s">
         <v>356</v>
-      </c>
-[...22 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" t="s">
+        <v>357</v>
+      </c>
+      <c r="B25" t="s">
+        <v>358</v>
+      </c>
+      <c r="C25" t="s">
+        <v>359</v>
+      </c>
+      <c r="D25" t="s">
+        <v>360</v>
+      </c>
+      <c r="E25" t="s">
+        <v>25</v>
+      </c>
+      <c r="F25" t="s">
+        <v>25</v>
+      </c>
+      <c r="G25" t="s">
+        <v>361</v>
+      </c>
+      <c r="H25" t="s">
+        <v>25</v>
+      </c>
+      <c r="I25" t="s">
+        <v>362</v>
+      </c>
+      <c r="J25" t="s">
         <v>363</v>
       </c>
-      <c r="B25" t="s">
+      <c r="K25" t="s">
         <v>364</v>
       </c>
-      <c r="C25" t="s">
+      <c r="L25" t="s">
+        <v>364</v>
+      </c>
+      <c r="M25" t="s">
         <v>365</v>
       </c>
-      <c r="D25" t="s">
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
         <v>366</v>
       </c>
-      <c r="E25" t="s">
-[...5 lines deleted...]
-      <c r="G25" t="s">
+      <c r="P25" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q25" t="s">
         <v>367</v>
       </c>
-      <c r="H25" t="s">
-[...2 lines deleted...]
-      <c r="I25" t="s">
+      <c r="R25" t="s">
         <v>368</v>
       </c>
-      <c r="J25" t="s">
+      <c r="S25" t="s">
+        <v>25</v>
+      </c>
+      <c r="T25" t="s">
+        <v>25</v>
+      </c>
+      <c r="U25" t="s">
         <v>369</v>
-      </c>
-[...31 lines deleted...]
-        <v>375</v>
       </c>
       <c r="V25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:22">
       <c r="A26" t="s">
+        <v>370</v>
+      </c>
+      <c r="B26" t="s">
+        <v>371</v>
+      </c>
+      <c r="C26" t="s">
+        <v>372</v>
+      </c>
+      <c r="D26" t="s">
+        <v>373</v>
+      </c>
+      <c r="E26" t="s">
+        <v>25</v>
+      </c>
+      <c r="F26" t="s">
+        <v>25</v>
+      </c>
+      <c r="G26" t="s">
+        <v>25</v>
+      </c>
+      <c r="H26" t="s">
+        <v>25</v>
+      </c>
+      <c r="I26" t="s">
+        <v>374</v>
+      </c>
+      <c r="J26" t="s">
+        <v>375</v>
+      </c>
+      <c r="K26" t="s">
         <v>376</v>
       </c>
-      <c r="B26" t="s">
+      <c r="L26" t="s">
         <v>377</v>
       </c>
-      <c r="C26" t="s">
+      <c r="M26" t="s">
         <v>378</v>
       </c>
-      <c r="D26" t="s">
+      <c r="N26" t="s">
         <v>379</v>
       </c>
-      <c r="E26" t="s">
-[...11 lines deleted...]
-      <c r="I26" t="s">
+      <c r="O26" t="s">
         <v>380</v>
       </c>
-      <c r="J26" t="s">
+      <c r="P26" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q26" t="s">
         <v>381</v>
       </c>
-      <c r="K26" t="s">
+      <c r="R26" t="s">
         <v>382</v>
       </c>
-      <c r="L26" t="s">
+      <c r="S26" t="s">
+        <v>25</v>
+      </c>
+      <c r="T26" t="s">
+        <v>25</v>
+      </c>
+      <c r="U26" t="s">
         <v>383</v>
       </c>
-      <c r="M26" t="s">
+      <c r="V26" t="s">
         <v>384</v>
-      </c>
-[...25 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:22">
       <c r="A27" t="s">
+        <v>385</v>
+      </c>
+      <c r="B27" t="s">
+        <v>386</v>
+      </c>
+      <c r="C27" t="s">
+        <v>387</v>
+      </c>
+      <c r="D27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E27" t="s">
+        <v>25</v>
+      </c>
+      <c r="F27" t="s">
+        <v>25</v>
+      </c>
+      <c r="G27" t="s">
+        <v>388</v>
+      </c>
+      <c r="H27" t="s">
+        <v>25</v>
+      </c>
+      <c r="I27" t="s">
+        <v>389</v>
+      </c>
+      <c r="J27" t="s">
+        <v>25</v>
+      </c>
+      <c r="K27" t="s">
+        <v>390</v>
+      </c>
+      <c r="L27" t="s">
+        <v>25</v>
+      </c>
+      <c r="M27" t="s">
         <v>391</v>
       </c>
-      <c r="B27" t="s">
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
         <v>392</v>
       </c>
-      <c r="C27" t="s">
+      <c r="P27" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q27" t="s">
         <v>393</v>
       </c>
-      <c r="D27" t="s">
-[...8 lines deleted...]
-      <c r="G27" t="s">
+      <c r="R27" t="s">
         <v>394</v>
       </c>
-      <c r="H27" t="s">
-[...2 lines deleted...]
-      <c r="I27" t="s">
+      <c r="S27" t="s">
+        <v>25</v>
+      </c>
+      <c r="T27" t="s">
+        <v>25</v>
+      </c>
+      <c r="U27" t="s">
         <v>395</v>
-      </c>
-[...34 lines deleted...]
-        <v>401</v>
       </c>
       <c r="V27" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:22">
       <c r="A28" t="s">
+        <v>396</v>
+      </c>
+      <c r="B28" t="s">
+        <v>397</v>
+      </c>
+      <c r="C28" t="s">
+        <v>398</v>
+      </c>
+      <c r="D28" t="s">
+        <v>399</v>
+      </c>
+      <c r="E28" t="s">
+        <v>400</v>
+      </c>
+      <c r="F28" t="s">
+        <v>25</v>
+      </c>
+      <c r="G28" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" t="s">
+        <v>25</v>
+      </c>
+      <c r="I28" t="s">
+        <v>401</v>
+      </c>
+      <c r="J28" t="s">
         <v>402</v>
       </c>
-      <c r="B28" t="s">
+      <c r="K28" t="s">
         <v>403</v>
       </c>
-      <c r="C28" t="s">
+      <c r="L28" t="s">
+        <v>25</v>
+      </c>
+      <c r="M28" t="s">
         <v>404</v>
       </c>
-      <c r="D28" t="s">
+      <c r="N28" t="s">
         <v>405</v>
       </c>
-      <c r="E28" t="s">
+      <c r="O28" t="s">
         <v>406</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="P28" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q28" t="s">
         <v>407</v>
       </c>
-      <c r="H28" t="s">
-[...2 lines deleted...]
-      <c r="I28" t="s">
+      <c r="R28" t="s">
         <v>408</v>
       </c>
-      <c r="J28" t="s">
+      <c r="S28" t="s">
         <v>409</v>
       </c>
-      <c r="K28" t="s">
+      <c r="T28" t="s">
+        <v>25</v>
+      </c>
+      <c r="U28" t="s">
         <v>410</v>
       </c>
-      <c r="L28" t="s">
-[...2 lines deleted...]
-      <c r="M28" t="s">
+      <c r="V28" t="s">
         <v>411</v>
-      </c>
-[...25 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="29" spans="1:22">
       <c r="A29" t="s">
+        <v>412</v>
+      </c>
+      <c r="B29" t="s">
+        <v>413</v>
+      </c>
+      <c r="C29" t="s">
+        <v>414</v>
+      </c>
+      <c r="D29" t="s">
+        <v>415</v>
+      </c>
+      <c r="E29" t="s">
+        <v>25</v>
+      </c>
+      <c r="F29" t="s">
+        <v>25</v>
+      </c>
+      <c r="G29" t="s">
+        <v>25</v>
+      </c>
+      <c r="H29" t="s">
+        <v>25</v>
+      </c>
+      <c r="I29" t="s">
+        <v>416</v>
+      </c>
+      <c r="J29" t="s">
+        <v>417</v>
+      </c>
+      <c r="K29" t="s">
+        <v>418</v>
+      </c>
+      <c r="L29" t="s">
         <v>419</v>
       </c>
-      <c r="B29" t="s">
+      <c r="M29" t="s">
         <v>420</v>
       </c>
-      <c r="C29" t="s">
+      <c r="N29" t="s">
         <v>421</v>
       </c>
-      <c r="D29" t="s">
+      <c r="O29" t="s">
         <v>422</v>
       </c>
-      <c r="E29" t="s">
-[...11 lines deleted...]
-      <c r="I29" t="s">
+      <c r="P29" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>25</v>
+      </c>
+      <c r="R29" t="s">
         <v>423</v>
       </c>
-      <c r="J29" t="s">
+      <c r="S29" t="s">
         <v>424</v>
       </c>
-      <c r="K29" t="s">
+      <c r="T29" t="s">
+        <v>25</v>
+      </c>
+      <c r="U29" t="s">
         <v>425</v>
       </c>
-      <c r="L29" t="s">
+      <c r="V29" t="s">
         <v>426</v>
-      </c>
-[...28 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="30" spans="1:22">
       <c r="A30" t="s">
+        <v>427</v>
+      </c>
+      <c r="B30" t="s">
+        <v>428</v>
+      </c>
+      <c r="C30" t="s">
+        <v>429</v>
+      </c>
+      <c r="D30" t="s">
+        <v>430</v>
+      </c>
+      <c r="E30" t="s">
+        <v>431</v>
+      </c>
+      <c r="F30" t="s">
+        <v>25</v>
+      </c>
+      <c r="G30" t="s">
+        <v>432</v>
+      </c>
+      <c r="H30" t="s">
+        <v>25</v>
+      </c>
+      <c r="I30" t="s">
+        <v>433</v>
+      </c>
+      <c r="J30" t="s">
+        <v>434</v>
+      </c>
+      <c r="K30" t="s">
         <v>435</v>
       </c>
-      <c r="B30" t="s">
+      <c r="L30" t="s">
+        <v>25</v>
+      </c>
+      <c r="M30" t="s">
         <v>436</v>
       </c>
-      <c r="C30" t="s">
+      <c r="N30" t="s">
         <v>437</v>
       </c>
-      <c r="D30" t="s">
+      <c r="O30" t="s">
         <v>438</v>
       </c>
-      <c r="E30" t="s">
+      <c r="P30" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q30" t="s">
         <v>439</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="R30" t="s">
         <v>440</v>
       </c>
-      <c r="H30" t="s">
-[...2 lines deleted...]
-      <c r="I30" t="s">
+      <c r="S30" t="s">
         <v>441</v>
       </c>
-      <c r="J30" t="s">
+      <c r="T30" t="s">
+        <v>25</v>
+      </c>
+      <c r="U30" t="s">
         <v>442</v>
       </c>
-      <c r="K30" t="s">
+      <c r="V30" t="s">
         <v>443</v>
-      </c>
-[...31 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="31" spans="1:22">
       <c r="A31" t="s">
+        <v>444</v>
+      </c>
+      <c r="B31" t="s">
+        <v>445</v>
+      </c>
+      <c r="C31" t="s">
+        <v>446</v>
+      </c>
+      <c r="D31" t="s">
+        <v>447</v>
+      </c>
+      <c r="E31" t="s">
+        <v>25</v>
+      </c>
+      <c r="F31" t="s">
+        <v>25</v>
+      </c>
+      <c r="G31" t="s">
+        <v>448</v>
+      </c>
+      <c r="H31" t="s">
+        <v>25</v>
+      </c>
+      <c r="I31" t="s">
+        <v>449</v>
+      </c>
+      <c r="J31" t="s">
+        <v>450</v>
+      </c>
+      <c r="K31" t="s">
+        <v>25</v>
+      </c>
+      <c r="L31" t="s">
+        <v>25</v>
+      </c>
+      <c r="M31" t="s">
+        <v>451</v>
+      </c>
+      <c r="N31" t="s">
         <v>452</v>
       </c>
-      <c r="B31" t="s">
+      <c r="O31" t="s">
         <v>453</v>
       </c>
-      <c r="C31" t="s">
+      <c r="P31" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q31" t="s">
         <v>454</v>
       </c>
-      <c r="D31" t="s">
+      <c r="R31" t="s">
         <v>455</v>
       </c>
-      <c r="E31" t="s">
-[...5 lines deleted...]
-      <c r="G31" t="s">
+      <c r="S31" t="s">
         <v>456</v>
       </c>
-      <c r="H31" t="s">
-[...2 lines deleted...]
-      <c r="I31" t="s">
+      <c r="T31" t="s">
+        <v>25</v>
+      </c>
+      <c r="U31" t="s">
         <v>457</v>
       </c>
-      <c r="J31" t="s">
+      <c r="V31" t="s">
         <v>458</v>
-      </c>
-[...34 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="32" spans="1:22">
       <c r="A32" t="s">
+        <v>459</v>
+      </c>
+      <c r="B32" t="s">
+        <v>460</v>
+      </c>
+      <c r="C32" t="s">
+        <v>461</v>
+      </c>
+      <c r="D32" t="s">
+        <v>462</v>
+      </c>
+      <c r="E32" t="s">
+        <v>463</v>
+      </c>
+      <c r="F32" t="s">
+        <v>464</v>
+      </c>
+      <c r="G32" t="s">
+        <v>25</v>
+      </c>
+      <c r="H32" t="s">
+        <v>25</v>
+      </c>
+      <c r="I32" t="s">
+        <v>465</v>
+      </c>
+      <c r="J32" t="s">
+        <v>466</v>
+      </c>
+      <c r="K32" t="s">
         <v>467</v>
       </c>
-      <c r="B32" t="s">
+      <c r="L32" t="s">
         <v>468</v>
       </c>
-      <c r="C32" t="s">
+      <c r="M32" t="s">
         <v>469</v>
       </c>
-      <c r="D32" t="s">
+      <c r="N32" t="s">
         <v>470</v>
       </c>
-      <c r="E32" t="s">
+      <c r="O32" t="s">
+        <v>25</v>
+      </c>
+      <c r="P32" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q32" t="s">
         <v>471</v>
       </c>
-      <c r="F32" t="s">
+      <c r="R32" t="s">
         <v>472</v>
       </c>
-      <c r="G32" t="s">
-[...5 lines deleted...]
-      <c r="I32" t="s">
+      <c r="S32" t="s">
+        <v>25</v>
+      </c>
+      <c r="T32" t="s">
+        <v>25</v>
+      </c>
+      <c r="U32" t="s">
         <v>473</v>
       </c>
-      <c r="J32" t="s">
+      <c r="V32" t="s">
         <v>474</v>
-      </c>
-[...34 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="33" spans="1:22">
       <c r="A33" t="s">
+        <v>475</v>
+      </c>
+      <c r="B33" t="s">
+        <v>476</v>
+      </c>
+      <c r="C33" t="s">
+        <v>477</v>
+      </c>
+      <c r="D33" t="s">
+        <v>478</v>
+      </c>
+      <c r="E33" t="s">
+        <v>25</v>
+      </c>
+      <c r="F33" t="s">
+        <v>25</v>
+      </c>
+      <c r="G33" t="s">
+        <v>25</v>
+      </c>
+      <c r="H33" t="s">
+        <v>25</v>
+      </c>
+      <c r="I33" t="s">
+        <v>479</v>
+      </c>
+      <c r="J33" t="s">
+        <v>480</v>
+      </c>
+      <c r="K33" t="s">
+        <v>481</v>
+      </c>
+      <c r="L33" t="s">
+        <v>481</v>
+      </c>
+      <c r="M33" t="s">
+        <v>482</v>
+      </c>
+      <c r="N33" t="s">
         <v>483</v>
       </c>
-      <c r="B33" t="s">
+      <c r="O33" t="s">
         <v>484</v>
       </c>
-      <c r="C33" t="s">
+      <c r="P33" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q33" t="s">
         <v>485</v>
       </c>
-      <c r="D33" t="s">
+      <c r="R33" t="s">
         <v>486</v>
       </c>
-      <c r="E33" t="s">
-[...5 lines deleted...]
-      <c r="G33" t="s">
+      <c r="S33" t="s">
         <v>487</v>
       </c>
-      <c r="H33" t="s">
-[...2 lines deleted...]
-      <c r="I33" t="s">
+      <c r="T33" t="s">
+        <v>25</v>
+      </c>
+      <c r="U33" t="s">
         <v>488</v>
       </c>
-      <c r="J33" t="s">
+      <c r="V33" t="s">
         <v>489</v>
-      </c>
-[...34 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="34" spans="1:22">
       <c r="A34" t="s">
+        <v>490</v>
+      </c>
+      <c r="B34" t="s">
+        <v>491</v>
+      </c>
+      <c r="C34" t="s">
+        <v>492</v>
+      </c>
+      <c r="D34" t="s">
+        <v>493</v>
+      </c>
+      <c r="E34" t="s">
+        <v>25</v>
+      </c>
+      <c r="F34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G34" t="s">
+        <v>494</v>
+      </c>
+      <c r="H34" t="s">
+        <v>25</v>
+      </c>
+      <c r="I34" t="s">
+        <v>495</v>
+      </c>
+      <c r="J34" t="s">
+        <v>496</v>
+      </c>
+      <c r="K34" t="s">
+        <v>25</v>
+      </c>
+      <c r="L34" t="s">
+        <v>25</v>
+      </c>
+      <c r="M34" t="s">
+        <v>497</v>
+      </c>
+      <c r="N34" t="s">
+        <v>498</v>
+      </c>
+      <c r="O34" t="s">
         <v>499</v>
       </c>
-      <c r="B34" t="s">
+      <c r="P34" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q34" t="s">
         <v>500</v>
       </c>
-      <c r="C34" t="s">
+      <c r="R34" t="s">
         <v>501</v>
       </c>
-      <c r="D34" t="s">
+      <c r="S34" t="s">
         <v>502</v>
       </c>
-      <c r="E34" t="s">
-[...5 lines deleted...]
-      <c r="G34" t="s">
+      <c r="T34" t="s">
+        <v>25</v>
+      </c>
+      <c r="U34" t="s">
         <v>503</v>
       </c>
-      <c r="H34" t="s">
-[...2 lines deleted...]
-      <c r="I34" t="s">
+      <c r="V34" t="s">
         <v>504</v>
-      </c>
-[...37 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="35" spans="1:22">
       <c r="A35" t="s">
+        <v>505</v>
+      </c>
+      <c r="B35" t="s">
+        <v>506</v>
+      </c>
+      <c r="C35" t="s">
+        <v>507</v>
+      </c>
+      <c r="D35" t="s">
+        <v>508</v>
+      </c>
+      <c r="E35" t="s">
+        <v>25</v>
+      </c>
+      <c r="F35" t="s">
+        <v>25</v>
+      </c>
+      <c r="G35" t="s">
+        <v>509</v>
+      </c>
+      <c r="H35" t="s">
+        <v>25</v>
+      </c>
+      <c r="I35" t="s">
+        <v>510</v>
+      </c>
+      <c r="J35" t="s">
+        <v>511</v>
+      </c>
+      <c r="K35" t="s">
+        <v>512</v>
+      </c>
+      <c r="L35" t="s">
+        <v>25</v>
+      </c>
+      <c r="M35" t="s">
+        <v>513</v>
+      </c>
+      <c r="N35" t="s">
         <v>514</v>
       </c>
-      <c r="B35" t="s">
+      <c r="O35" t="s">
         <v>515</v>
       </c>
-      <c r="C35" t="s">
+      <c r="P35" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q35" t="s">
         <v>516</v>
       </c>
-      <c r="D35" t="s">
+      <c r="R35" t="s">
         <v>517</v>
       </c>
-      <c r="E35" t="s">
-[...5 lines deleted...]
-      <c r="G35" t="s">
+      <c r="S35" t="s">
         <v>518</v>
       </c>
-      <c r="H35" t="s">
-[...2 lines deleted...]
-      <c r="I35" t="s">
+      <c r="T35" t="s">
+        <v>25</v>
+      </c>
+      <c r="U35" t="s">
         <v>519</v>
       </c>
-      <c r="J35" t="s">
+      <c r="V35" t="s">
         <v>520</v>
-      </c>
-[...34 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="36" spans="1:22">
       <c r="A36" t="s">
+        <v>521</v>
+      </c>
+      <c r="B36" t="s">
+        <v>522</v>
+      </c>
+      <c r="C36" t="s">
+        <v>523</v>
+      </c>
+      <c r="D36" t="s">
+        <v>524</v>
+      </c>
+      <c r="E36" t="s">
+        <v>25</v>
+      </c>
+      <c r="F36" t="s">
+        <v>25</v>
+      </c>
+      <c r="G36" t="s">
+        <v>525</v>
+      </c>
+      <c r="H36" t="s">
+        <v>25</v>
+      </c>
+      <c r="I36" t="s">
+        <v>526</v>
+      </c>
+      <c r="J36" t="s">
+        <v>527</v>
+      </c>
+      <c r="K36" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" t="s">
+        <v>25</v>
+      </c>
+      <c r="M36" t="s">
+        <v>528</v>
+      </c>
+      <c r="N36" t="s">
+        <v>529</v>
+      </c>
+      <c r="O36" t="s">
         <v>530</v>
       </c>
-      <c r="B36" t="s">
+      <c r="P36" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q36" t="s">
         <v>531</v>
       </c>
-      <c r="C36" t="s">
+      <c r="R36" t="s">
         <v>532</v>
       </c>
-      <c r="D36" t="s">
+      <c r="S36" t="s">
         <v>533</v>
       </c>
-      <c r="E36" t="s">
-[...11 lines deleted...]
-      <c r="I36" t="s">
+      <c r="T36" t="s">
+        <v>25</v>
+      </c>
+      <c r="U36" t="s">
         <v>534</v>
       </c>
-      <c r="J36" t="s">
+      <c r="V36" t="s">
         <v>535</v>
-      </c>
-[...34 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="37" spans="1:22">
       <c r="A37" t="s">
+        <v>536</v>
+      </c>
+      <c r="B37" t="s">
+        <v>537</v>
+      </c>
+      <c r="C37" t="s">
+        <v>538</v>
+      </c>
+      <c r="D37" t="s">
+        <v>539</v>
+      </c>
+      <c r="E37" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" t="s">
+        <v>25</v>
+      </c>
+      <c r="G37" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" t="s">
+        <v>25</v>
+      </c>
+      <c r="I37" t="s">
+        <v>25</v>
+      </c>
+      <c r="J37" t="s">
+        <v>25</v>
+      </c>
+      <c r="K37" t="s">
+        <v>25</v>
+      </c>
+      <c r="L37" t="s">
+        <v>25</v>
+      </c>
+      <c r="M37" t="s">
+        <v>540</v>
+      </c>
+      <c r="N37" t="s">
+        <v>541</v>
+      </c>
+      <c r="O37" t="s">
+        <v>25</v>
+      </c>
+      <c r="P37" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>542</v>
+      </c>
+      <c r="R37" t="s">
+        <v>25</v>
+      </c>
+      <c r="S37" t="s">
+        <v>25</v>
+      </c>
+      <c r="T37" t="s">
+        <v>25</v>
+      </c>
+      <c r="U37" t="s">
+        <v>543</v>
+      </c>
+      <c r="V37" t="s">
         <v>544</v>
-      </c>
-[...61 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="38" spans="1:22">
       <c r="A38" t="s">
+        <v>545</v>
+      </c>
+      <c r="B38" t="s">
+        <v>546</v>
+      </c>
+      <c r="C38" t="s">
+        <v>547</v>
+      </c>
+      <c r="D38" t="s">
+        <v>548</v>
+      </c>
+      <c r="E38" t="s">
+        <v>25</v>
+      </c>
+      <c r="F38" t="s">
+        <v>25</v>
+      </c>
+      <c r="G38" t="s">
+        <v>549</v>
+      </c>
+      <c r="H38" t="s">
+        <v>25</v>
+      </c>
+      <c r="I38" t="s">
+        <v>550</v>
+      </c>
+      <c r="J38" t="s">
+        <v>25</v>
+      </c>
+      <c r="K38" t="s">
+        <v>25</v>
+      </c>
+      <c r="L38" t="s">
+        <v>25</v>
+      </c>
+      <c r="M38" t="s">
+        <v>551</v>
+      </c>
+      <c r="N38" t="s">
+        <v>25</v>
+      </c>
+      <c r="O38" t="s">
+        <v>552</v>
+      </c>
+      <c r="P38" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>25</v>
+      </c>
+      <c r="R38" t="s">
         <v>553</v>
       </c>
-      <c r="B38" t="s">
+      <c r="S38" t="s">
+        <v>548</v>
+      </c>
+      <c r="T38" t="s">
+        <v>25</v>
+      </c>
+      <c r="U38" t="s">
         <v>554</v>
-      </c>
-[...55 lines deleted...]
-        <v>561</v>
       </c>
       <c r="V38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:22">
       <c r="A39" t="s">
+        <v>555</v>
+      </c>
+      <c r="B39" t="s">
+        <v>556</v>
+      </c>
+      <c r="C39" t="s">
+        <v>557</v>
+      </c>
+      <c r="D39" t="s">
+        <v>558</v>
+      </c>
+      <c r="E39" t="s">
+        <v>559</v>
+      </c>
+      <c r="F39" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" t="s">
+        <v>25</v>
+      </c>
+      <c r="I39" t="s">
+        <v>560</v>
+      </c>
+      <c r="J39" t="s">
+        <v>561</v>
+      </c>
+      <c r="K39" t="s">
         <v>562</v>
       </c>
-      <c r="B39" t="s">
+      <c r="L39" t="s">
+        <v>25</v>
+      </c>
+      <c r="M39" t="s">
         <v>563</v>
       </c>
-      <c r="C39" t="s">
+      <c r="N39" t="s">
         <v>564</v>
       </c>
-      <c r="D39" t="s">
+      <c r="O39" t="s">
         <v>565</v>
       </c>
-      <c r="E39" t="s">
+      <c r="P39" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q39" t="s">
         <v>566</v>
       </c>
-      <c r="F39" t="s">
-[...8 lines deleted...]
-      <c r="I39" t="s">
+      <c r="R39" t="s">
         <v>567</v>
       </c>
-      <c r="J39" t="s">
+      <c r="S39" t="s">
         <v>568</v>
       </c>
-      <c r="K39" t="s">
+      <c r="T39" t="s">
+        <v>25</v>
+      </c>
+      <c r="U39" t="s">
         <v>569</v>
       </c>
-      <c r="L39" t="s">
-[...2 lines deleted...]
-      <c r="M39" t="s">
+      <c r="V39" t="s">
         <v>570</v>
-      </c>
-[...25 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="40" spans="1:22">
       <c r="A40" t="s">
+        <v>571</v>
+      </c>
+      <c r="B40" t="s">
+        <v>572</v>
+      </c>
+      <c r="C40" t="s">
+        <v>573</v>
+      </c>
+      <c r="D40" t="s">
+        <v>574</v>
+      </c>
+      <c r="E40" t="s">
+        <v>575</v>
+      </c>
+      <c r="F40" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" t="s">
+        <v>576</v>
+      </c>
+      <c r="H40" t="s">
+        <v>577</v>
+      </c>
+      <c r="I40" t="s">
         <v>578</v>
       </c>
-      <c r="B40" t="s">
+      <c r="J40" t="s">
         <v>579</v>
       </c>
-      <c r="C40" t="s">
+      <c r="K40" t="s">
         <v>580</v>
       </c>
-      <c r="D40" t="s">
+      <c r="L40" t="s">
         <v>581</v>
       </c>
-      <c r="E40" t="s">
+      <c r="M40" t="s">
         <v>582</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="N40" t="s">
         <v>583</v>
       </c>
-      <c r="H40" t="s">
+      <c r="O40" t="s">
         <v>584</v>
       </c>
-      <c r="I40" t="s">
+      <c r="P40" t="s">
         <v>585</v>
       </c>
-      <c r="J40" t="s">
+      <c r="Q40" t="s">
         <v>586</v>
       </c>
-      <c r="K40" t="s">
+      <c r="R40" t="s">
         <v>587</v>
       </c>
-      <c r="L40" t="s">
+      <c r="S40" t="s">
         <v>588</v>
       </c>
-      <c r="M40" t="s">
+      <c r="T40" t="s">
+        <v>25</v>
+      </c>
+      <c r="U40" t="s">
         <v>589</v>
       </c>
-      <c r="N40" t="s">
+      <c r="V40" t="s">
         <v>590</v>
-      </c>
-[...22 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="41" spans="1:22">
       <c r="A41" t="s">
+        <v>591</v>
+      </c>
+      <c r="B41" t="s">
+        <v>592</v>
+      </c>
+      <c r="C41" t="s">
+        <v>593</v>
+      </c>
+      <c r="D41" t="s">
+        <v>594</v>
+      </c>
+      <c r="E41" t="s">
+        <v>595</v>
+      </c>
+      <c r="F41" t="s">
+        <v>25</v>
+      </c>
+      <c r="G41" t="s">
+        <v>596</v>
+      </c>
+      <c r="H41" t="s">
+        <v>597</v>
+      </c>
+      <c r="I41" t="s">
         <v>598</v>
       </c>
-      <c r="B41" t="s">
+      <c r="J41" t="s">
         <v>599</v>
       </c>
-      <c r="C41" t="s">
+      <c r="K41" t="s">
         <v>600</v>
       </c>
-      <c r="D41" t="s">
+      <c r="L41" t="s">
+        <v>25</v>
+      </c>
+      <c r="M41" t="s">
         <v>601</v>
       </c>
-      <c r="E41" t="s">
+      <c r="N41" t="s">
         <v>602</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="O41" t="s">
         <v>603</v>
       </c>
-      <c r="H41" t="s">
+      <c r="P41" t="s">
         <v>604</v>
       </c>
-      <c r="I41" t="s">
+      <c r="Q41" t="s">
         <v>605</v>
       </c>
-      <c r="J41" t="s">
+      <c r="R41" t="s">
         <v>606</v>
       </c>
-      <c r="K41" t="s">
+      <c r="S41" t="s">
         <v>607</v>
       </c>
-      <c r="L41" t="s">
-[...2 lines deleted...]
-      <c r="M41" t="s">
+      <c r="T41" t="s">
+        <v>25</v>
+      </c>
+      <c r="U41" t="s">
         <v>608</v>
       </c>
-      <c r="N41" t="s">
+      <c r="V41" t="s">
         <v>609</v>
-      </c>
-[...22 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="42" spans="1:22">
       <c r="A42" t="s">
+        <v>610</v>
+      </c>
+      <c r="B42" t="s">
+        <v>611</v>
+      </c>
+      <c r="C42" t="s">
+        <v>612</v>
+      </c>
+      <c r="D42" t="s">
+        <v>613</v>
+      </c>
+      <c r="E42" t="s">
+        <v>25</v>
+      </c>
+      <c r="F42" t="s">
+        <v>25</v>
+      </c>
+      <c r="G42" t="s">
+        <v>614</v>
+      </c>
+      <c r="H42" t="s">
+        <v>25</v>
+      </c>
+      <c r="I42" t="s">
+        <v>615</v>
+      </c>
+      <c r="J42" t="s">
+        <v>616</v>
+      </c>
+      <c r="K42" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" t="s">
+        <v>25</v>
+      </c>
+      <c r="M42" t="s">
         <v>617</v>
       </c>
-      <c r="B42" t="s">
+      <c r="N42" t="s">
         <v>618</v>
       </c>
-      <c r="C42" t="s">
+      <c r="O42" t="s">
         <v>619</v>
       </c>
-      <c r="D42" t="s">
+      <c r="P42" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q42" t="s">
         <v>620</v>
       </c>
-      <c r="E42" t="s">
-[...5 lines deleted...]
-      <c r="G42" t="s">
+      <c r="R42" t="s">
         <v>621</v>
       </c>
-      <c r="H42" t="s">
-[...2 lines deleted...]
-      <c r="I42" t="s">
+      <c r="S42" t="s">
+        <v>25</v>
+      </c>
+      <c r="T42" t="s">
+        <v>25</v>
+      </c>
+      <c r="U42" t="s">
         <v>622</v>
       </c>
-      <c r="J42" t="s">
+      <c r="V42" t="s">
         <v>623</v>
-      </c>
-[...34 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="43" spans="1:22">
       <c r="A43" t="s">
+        <v>624</v>
+      </c>
+      <c r="B43" t="s">
+        <v>625</v>
+      </c>
+      <c r="C43" t="s">
+        <v>626</v>
+      </c>
+      <c r="D43" t="s">
+        <v>627</v>
+      </c>
+      <c r="E43" t="s">
+        <v>25</v>
+      </c>
+      <c r="F43" t="s">
+        <v>25</v>
+      </c>
+      <c r="G43" t="s">
+        <v>628</v>
+      </c>
+      <c r="H43" t="s">
         <v>629</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>630</v>
       </c>
-      <c r="C43" t="s">
+      <c r="J43" t="s">
         <v>631</v>
       </c>
-      <c r="D43" t="s">
+      <c r="K43" t="s">
         <v>632</v>
       </c>
-      <c r="E43" t="s">
+      <c r="L43" t="s">
+        <v>25</v>
+      </c>
+      <c r="M43" t="s">
         <v>633</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="N43" t="s">
         <v>634</v>
       </c>
-      <c r="H43" t="s">
+      <c r="O43" t="s">
         <v>635</v>
       </c>
-      <c r="I43" t="s">
+      <c r="P43" t="s">
         <v>636</v>
       </c>
-      <c r="J43" t="s">
+      <c r="Q43" t="s">
         <v>637</v>
       </c>
-      <c r="K43" t="s">
-[...5 lines deleted...]
-      <c r="M43" t="s">
+      <c r="R43" t="s">
         <v>638</v>
       </c>
-      <c r="N43" t="s">
+      <c r="S43" t="s">
+        <v>25</v>
+      </c>
+      <c r="T43" t="s">
+        <v>25</v>
+      </c>
+      <c r="U43" t="s">
         <v>639</v>
       </c>
-      <c r="O43" t="s">
+      <c r="V43" t="s">
         <v>640</v>
-      </c>
-[...19 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="44" spans="1:22">
       <c r="A44" t="s">
+        <v>641</v>
+      </c>
+      <c r="B44" t="s">
+        <v>642</v>
+      </c>
+      <c r="C44" t="s">
+        <v>643</v>
+      </c>
+      <c r="D44" t="s">
+        <v>644</v>
+      </c>
+      <c r="E44" t="s">
+        <v>25</v>
+      </c>
+      <c r="F44" t="s">
+        <v>25</v>
+      </c>
+      <c r="G44" t="s">
+        <v>25</v>
+      </c>
+      <c r="H44" t="s">
+        <v>25</v>
+      </c>
+      <c r="I44" t="s">
+        <v>25</v>
+      </c>
+      <c r="J44" t="s">
+        <v>25</v>
+      </c>
+      <c r="K44" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" t="s">
+        <v>25</v>
+      </c>
+      <c r="M44" t="s">
+        <v>645</v>
+      </c>
+      <c r="N44" t="s">
+        <v>25</v>
+      </c>
+      <c r="O44" t="s">
+        <v>25</v>
+      </c>
+      <c r="P44" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q44" t="s">
         <v>646</v>
       </c>
-      <c r="B44" t="s">
+      <c r="R44" t="s">
         <v>647</v>
       </c>
-      <c r="C44" t="s">
+      <c r="S44" t="s">
+        <v>25</v>
+      </c>
+      <c r="T44" t="s">
+        <v>25</v>
+      </c>
+      <c r="U44" t="s">
         <v>648</v>
       </c>
-      <c r="D44" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="V44" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
     </row>
     <row r="45" spans="1:22">
       <c r="A45" t="s">
+        <v>649</v>
+      </c>
+      <c r="B45" t="s">
+        <v>650</v>
+      </c>
+      <c r="C45" t="s">
+        <v>651</v>
+      </c>
+      <c r="D45" t="s">
+        <v>652</v>
+      </c>
+      <c r="E45" t="s">
+        <v>25</v>
+      </c>
+      <c r="F45" t="s">
+        <v>25</v>
+      </c>
+      <c r="G45" t="s">
+        <v>653</v>
+      </c>
+      <c r="H45" t="s">
         <v>654</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>655</v>
       </c>
-      <c r="C45" t="s">
+      <c r="J45" t="s">
         <v>656</v>
       </c>
-      <c r="D45" t="s">
+      <c r="K45" t="s">
         <v>657</v>
       </c>
-      <c r="E45" t="s">
-[...5 lines deleted...]
-      <c r="G45" t="s">
+      <c r="L45" t="s">
         <v>658</v>
       </c>
-      <c r="H45" t="s">
+      <c r="M45" t="s">
         <v>659</v>
       </c>
-      <c r="I45" t="s">
+      <c r="N45" t="s">
         <v>660</v>
       </c>
-      <c r="J45" t="s">
+      <c r="O45" t="s">
         <v>661</v>
       </c>
-      <c r="K45" t="s">
+      <c r="P45" t="s">
         <v>662</v>
       </c>
-      <c r="L45" t="s">
+      <c r="Q45" t="s">
         <v>663</v>
       </c>
-      <c r="M45" t="s">
+      <c r="R45" t="s">
         <v>664</v>
       </c>
-      <c r="N45" t="s">
+      <c r="S45" t="s">
         <v>665</v>
       </c>
-      <c r="O45" t="s">
+      <c r="T45" t="s">
+        <v>25</v>
+      </c>
+      <c r="U45" t="s">
         <v>666</v>
       </c>
-      <c r="P45" t="s">
-[...2 lines deleted...]
-      <c r="Q45" t="s">
+      <c r="V45" t="s">
         <v>667</v>
-      </c>
-[...13 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="46" spans="1:22">
       <c r="A46" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="B46" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="C46" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="D46" t="s">
         <v>25</v>
       </c>
       <c r="E46" t="s">
         <v>25</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" t="s">
         <v>25</v>
       </c>
       <c r="H46" t="s">
         <v>25</v>
       </c>
       <c r="I46" t="s">
         <v>25</v>
       </c>
       <c r="J46" t="s">
         <v>25</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
@@ -7695,985 +7695,985 @@
       <c r="M46" t="s">
         <v>25</v>
       </c>
       <c r="N46" t="s">
         <v>25</v>
       </c>
       <c r="O46" t="s">
         <v>25</v>
       </c>
       <c r="P46" t="s">
         <v>25</v>
       </c>
       <c r="Q46" t="s">
         <v>25</v>
       </c>
       <c r="R46" t="s">
         <v>25</v>
       </c>
       <c r="S46" t="s">
         <v>25</v>
       </c>
       <c r="T46" t="s">
         <v>25</v>
       </c>
       <c r="U46" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="V46" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:22">
       <c r="A47" t="s">
+        <v>671</v>
+      </c>
+      <c r="B47" t="s">
+        <v>672</v>
+      </c>
+      <c r="C47" t="s">
+        <v>673</v>
+      </c>
+      <c r="D47" t="s">
+        <v>674</v>
+      </c>
+      <c r="E47" t="s">
+        <v>25</v>
+      </c>
+      <c r="F47" t="s">
+        <v>25</v>
+      </c>
+      <c r="G47" t="s">
+        <v>25</v>
+      </c>
+      <c r="H47" t="s">
+        <v>25</v>
+      </c>
+      <c r="I47" t="s">
         <v>675</v>
       </c>
-      <c r="B47" t="s">
+      <c r="J47" t="s">
         <v>676</v>
       </c>
-      <c r="C47" t="s">
+      <c r="K47" t="s">
         <v>677</v>
       </c>
-      <c r="D47" t="s">
+      <c r="L47" t="s">
+        <v>25</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>25</v>
+      </c>
+      <c r="O47" t="s">
+        <v>25</v>
+      </c>
+      <c r="P47" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>25</v>
+      </c>
+      <c r="R47" t="s">
         <v>678</v>
       </c>
-      <c r="E47" t="s">
-[...5 lines deleted...]
-      <c r="G47" t="s">
+      <c r="S47" t="s">
+        <v>25</v>
+      </c>
+      <c r="T47" t="s">
+        <v>25</v>
+      </c>
+      <c r="U47" t="s">
         <v>679</v>
       </c>
-      <c r="H47" t="s">
-[...2 lines deleted...]
-      <c r="I47" t="s">
+      <c r="V47" t="s">
         <v>680</v>
-      </c>
-[...37 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="48" spans="1:22">
       <c r="A48" t="s">
+        <v>681</v>
+      </c>
+      <c r="B48" t="s">
+        <v>682</v>
+      </c>
+      <c r="C48" t="s">
+        <v>683</v>
+      </c>
+      <c r="D48" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" t="s">
+        <v>25</v>
+      </c>
+      <c r="F48" t="s">
+        <v>25</v>
+      </c>
+      <c r="G48" t="s">
+        <v>25</v>
+      </c>
+      <c r="H48" t="s">
+        <v>25</v>
+      </c>
+      <c r="I48" t="s">
+        <v>684</v>
+      </c>
+      <c r="J48" t="s">
+        <v>25</v>
+      </c>
+      <c r="K48" t="s">
+        <v>685</v>
+      </c>
+      <c r="L48" t="s">
+        <v>25</v>
+      </c>
+      <c r="M48" t="s">
         <v>686</v>
       </c>
-      <c r="B48" t="s">
+      <c r="N48" t="s">
+        <v>25</v>
+      </c>
+      <c r="O48" t="s">
         <v>687</v>
       </c>
-      <c r="C48" t="s">
+      <c r="P48" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q48" t="s">
         <v>688</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" t="s">
+      <c r="R48" t="s">
         <v>689</v>
-      </c>
-[...31 lines deleted...]
-        <v>695</v>
       </c>
       <c r="S48" t="s">
         <v>25</v>
       </c>
       <c r="T48" t="s">
         <v>25</v>
       </c>
       <c r="U48" t="s">
         <v>25</v>
       </c>
       <c r="V48" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:22">
       <c r="A49" t="s">
+        <v>690</v>
+      </c>
+      <c r="B49" t="s">
+        <v>691</v>
+      </c>
+      <c r="C49" t="s">
+        <v>692</v>
+      </c>
+      <c r="D49" t="s">
+        <v>693</v>
+      </c>
+      <c r="E49" t="s">
+        <v>25</v>
+      </c>
+      <c r="F49" t="s">
+        <v>25</v>
+      </c>
+      <c r="G49" t="s">
+        <v>694</v>
+      </c>
+      <c r="H49" t="s">
+        <v>25</v>
+      </c>
+      <c r="I49" t="s">
+        <v>695</v>
+      </c>
+      <c r="J49" t="s">
         <v>696</v>
       </c>
-      <c r="B49" t="s">
+      <c r="K49" t="s">
         <v>697</v>
       </c>
-      <c r="C49" t="s">
+      <c r="L49" t="s">
         <v>698</v>
       </c>
-      <c r="D49" t="s">
+      <c r="M49" t="s">
         <v>699</v>
       </c>
-      <c r="E49" t="s">
-[...5 lines deleted...]
-      <c r="G49" t="s">
+      <c r="N49" t="s">
         <v>700</v>
       </c>
-      <c r="H49" t="s">
-[...2 lines deleted...]
-      <c r="I49" t="s">
+      <c r="O49" t="s">
         <v>701</v>
       </c>
-      <c r="J49" t="s">
+      <c r="P49" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q49" t="s">
         <v>702</v>
       </c>
-      <c r="K49" t="s">
+      <c r="R49" t="s">
         <v>703</v>
       </c>
-      <c r="L49" t="s">
+      <c r="S49" t="s">
         <v>704</v>
       </c>
-      <c r="M49" t="s">
+      <c r="T49" t="s">
+        <v>25</v>
+      </c>
+      <c r="U49" t="s">
         <v>705</v>
       </c>
-      <c r="N49" t="s">
+      <c r="V49" t="s">
         <v>706</v>
-      </c>
-[...22 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="50" spans="1:22">
       <c r="A50" t="s">
+        <v>707</v>
+      </c>
+      <c r="B50" t="s">
+        <v>708</v>
+      </c>
+      <c r="C50" t="s">
+        <v>709</v>
+      </c>
+      <c r="D50" t="s">
+        <v>710</v>
+      </c>
+      <c r="E50" t="s">
+        <v>711</v>
+      </c>
+      <c r="F50" t="s">
+        <v>25</v>
+      </c>
+      <c r="G50" t="s">
+        <v>712</v>
+      </c>
+      <c r="H50" t="s">
         <v>713</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>714</v>
       </c>
-      <c r="C50" t="s">
+      <c r="J50" t="s">
         <v>715</v>
       </c>
-      <c r="D50" t="s">
+      <c r="K50" t="s">
         <v>716</v>
       </c>
-      <c r="E50" t="s">
+      <c r="L50" t="s">
+        <v>25</v>
+      </c>
+      <c r="M50" t="s">
         <v>717</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="N50" t="s">
         <v>718</v>
       </c>
-      <c r="H50" t="s">
+      <c r="O50" t="s">
         <v>719</v>
       </c>
-      <c r="I50" t="s">
+      <c r="P50" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q50" t="s">
         <v>720</v>
       </c>
-      <c r="J50" t="s">
+      <c r="R50" t="s">
         <v>721</v>
       </c>
-      <c r="K50" t="s">
+      <c r="S50" t="s">
+        <v>25</v>
+      </c>
+      <c r="T50" t="s">
+        <v>25</v>
+      </c>
+      <c r="U50" t="s">
         <v>722</v>
       </c>
-      <c r="L50" t="s">
-[...2 lines deleted...]
-      <c r="M50" t="s">
+      <c r="V50" t="s">
         <v>723</v>
-      </c>
-[...25 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="51" spans="1:22">
       <c r="A51" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="B51" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="C51" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="D51" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="E51" t="s">
         <v>25</v>
       </c>
       <c r="F51" t="s">
         <v>25</v>
       </c>
       <c r="G51" t="s">
         <v>25</v>
       </c>
       <c r="H51" t="s">
         <v>25</v>
       </c>
       <c r="I51" t="s">
         <v>25</v>
       </c>
       <c r="J51" t="s">
         <v>25</v>
       </c>
       <c r="K51" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L51" t="s">
         <v>25</v>
       </c>
       <c r="M51" t="s">
         <v>25</v>
       </c>
       <c r="N51" t="s">
         <v>25</v>
       </c>
       <c r="O51" t="s">
         <v>25</v>
       </c>
       <c r="P51" t="s">
         <v>25</v>
       </c>
       <c r="Q51" t="s">
         <v>25</v>
       </c>
       <c r="R51" t="s">
         <v>25</v>
       </c>
       <c r="S51" t="s">
         <v>25</v>
       </c>
       <c r="T51" t="s">
         <v>25</v>
       </c>
       <c r="U51" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="V51" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
     </row>
     <row r="52" spans="1:22">
       <c r="A52" t="s">
+        <v>730</v>
+      </c>
+      <c r="B52" t="s">
+        <v>731</v>
+      </c>
+      <c r="C52" t="s">
+        <v>732</v>
+      </c>
+      <c r="D52" t="s">
+        <v>25</v>
+      </c>
+      <c r="E52" t="s">
+        <v>25</v>
+      </c>
+      <c r="F52" t="s">
+        <v>25</v>
+      </c>
+      <c r="G52" t="s">
+        <v>25</v>
+      </c>
+      <c r="H52" t="s">
+        <v>25</v>
+      </c>
+      <c r="I52" t="s">
+        <v>733</v>
+      </c>
+      <c r="J52" t="s">
+        <v>25</v>
+      </c>
+      <c r="K52" t="s">
         <v>734</v>
       </c>
-      <c r="B52" t="s">
+      <c r="L52" t="s">
+        <v>25</v>
+      </c>
+      <c r="M52" t="s">
+        <v>25</v>
+      </c>
+      <c r="N52" t="s">
+        <v>25</v>
+      </c>
+      <c r="O52" t="s">
+        <v>25</v>
+      </c>
+      <c r="P52" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>25</v>
+      </c>
+      <c r="R52" t="s">
         <v>735</v>
       </c>
-      <c r="C52" t="s">
+      <c r="S52" t="s">
+        <v>25</v>
+      </c>
+      <c r="T52" t="s">
+        <v>25</v>
+      </c>
+      <c r="U52" t="s">
         <v>736</v>
-      </c>
-[...52 lines deleted...]
-        <v>740</v>
       </c>
       <c r="V52" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" t="s">
+        <v>737</v>
+      </c>
+      <c r="B53" t="s">
+        <v>738</v>
+      </c>
+      <c r="C53" t="s">
+        <v>739</v>
+      </c>
+      <c r="D53" t="s">
+        <v>740</v>
+      </c>
+      <c r="E53" t="s">
+        <v>25</v>
+      </c>
+      <c r="F53" t="s">
+        <v>25</v>
+      </c>
+      <c r="G53" t="s">
         <v>741</v>
       </c>
-      <c r="B53" t="s">
+      <c r="H53" t="s">
+        <v>25</v>
+      </c>
+      <c r="I53" t="s">
         <v>742</v>
       </c>
-      <c r="C53" t="s">
+      <c r="J53" t="s">
         <v>743</v>
       </c>
-      <c r="D53" t="s">
+      <c r="K53" t="s">
         <v>744</v>
       </c>
-      <c r="E53" t="s">
-[...5 lines deleted...]
-      <c r="G53" t="s">
+      <c r="L53" t="s">
+        <v>25</v>
+      </c>
+      <c r="M53" t="s">
         <v>745</v>
       </c>
-      <c r="H53" t="s">
-[...2 lines deleted...]
-      <c r="I53" t="s">
+      <c r="N53" t="s">
+        <v>25</v>
+      </c>
+      <c r="O53" t="s">
         <v>746</v>
       </c>
-      <c r="J53" t="s">
+      <c r="P53" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q53" t="s">
         <v>747</v>
       </c>
-      <c r="K53" t="s">
+      <c r="R53" t="s">
         <v>748</v>
       </c>
-      <c r="L53" t="s">
-[...2 lines deleted...]
-      <c r="M53" t="s">
+      <c r="S53" t="s">
+        <v>25</v>
+      </c>
+      <c r="T53" t="s">
+        <v>25</v>
+      </c>
+      <c r="U53" t="s">
         <v>749</v>
       </c>
-      <c r="N53" t="s">
-[...2 lines deleted...]
-      <c r="O53" t="s">
+      <c r="V53" t="s">
         <v>750</v>
-      </c>
-[...19 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" t="s">
+        <v>751</v>
+      </c>
+      <c r="B54" t="s">
+        <v>752</v>
+      </c>
+      <c r="C54" t="s">
+        <v>753</v>
+      </c>
+      <c r="D54" t="s">
+        <v>754</v>
+      </c>
+      <c r="E54" t="s">
+        <v>25</v>
+      </c>
+      <c r="F54" t="s">
+        <v>25</v>
+      </c>
+      <c r="G54" t="s">
+        <v>25</v>
+      </c>
+      <c r="H54" t="s">
+        <v>25</v>
+      </c>
+      <c r="I54" t="s">
         <v>755</v>
       </c>
-      <c r="B54" t="s">
+      <c r="J54" t="s">
+        <v>755</v>
+      </c>
+      <c r="K54" t="s">
         <v>756</v>
       </c>
-      <c r="C54" t="s">
+      <c r="L54" t="s">
         <v>757</v>
       </c>
-      <c r="D54" t="s">
+      <c r="M54" t="s">
+        <v>25</v>
+      </c>
+      <c r="N54" t="s">
+        <v>25</v>
+      </c>
+      <c r="O54" t="s">
+        <v>25</v>
+      </c>
+      <c r="P54" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q54" t="s">
         <v>758</v>
       </c>
-      <c r="E54" t="s">
-[...11 lines deleted...]
-      <c r="I54" t="s">
+      <c r="R54" t="s">
         <v>759</v>
       </c>
-      <c r="J54" t="s">
-[...2 lines deleted...]
-      <c r="K54" t="s">
+      <c r="S54" t="s">
+        <v>25</v>
+      </c>
+      <c r="T54" t="s">
+        <v>25</v>
+      </c>
+      <c r="U54" t="s">
         <v>760</v>
       </c>
-      <c r="L54" t="s">
+      <c r="V54" t="s">
         <v>761</v>
-      </c>
-[...28 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" t="s">
+        <v>762</v>
+      </c>
+      <c r="B55" t="s">
+        <v>763</v>
+      </c>
+      <c r="C55" t="s">
+        <v>764</v>
+      </c>
+      <c r="D55" t="s">
+        <v>765</v>
+      </c>
+      <c r="E55" t="s">
+        <v>25</v>
+      </c>
+      <c r="F55" t="s">
+        <v>25</v>
+      </c>
+      <c r="G55" t="s">
         <v>766</v>
       </c>
-      <c r="B55" t="s">
+      <c r="H55" t="s">
+        <v>25</v>
+      </c>
+      <c r="I55" t="s">
         <v>767</v>
       </c>
-      <c r="C55" t="s">
+      <c r="J55" t="s">
         <v>768</v>
       </c>
-      <c r="D55" t="s">
+      <c r="K55" t="s">
         <v>769</v>
       </c>
-      <c r="E55" t="s">
-[...5 lines deleted...]
-      <c r="G55" t="s">
+      <c r="L55" t="s">
+        <v>25</v>
+      </c>
+      <c r="M55" t="s">
         <v>770</v>
       </c>
-      <c r="H55" t="s">
-[...2 lines deleted...]
-      <c r="I55" t="s">
+      <c r="N55" t="s">
         <v>771</v>
       </c>
-      <c r="J55" t="s">
+      <c r="O55" t="s">
         <v>772</v>
       </c>
-      <c r="K55" t="s">
+      <c r="P55" t="s">
         <v>773</v>
       </c>
-      <c r="L55" t="s">
-[...2 lines deleted...]
-      <c r="M55" t="s">
+      <c r="Q55" t="s">
         <v>774</v>
       </c>
-      <c r="N55" t="s">
+      <c r="R55" t="s">
         <v>775</v>
       </c>
-      <c r="O55" t="s">
+      <c r="S55" t="s">
         <v>776</v>
       </c>
-      <c r="P55" t="s">
+      <c r="T55" t="s">
+        <v>25</v>
+      </c>
+      <c r="U55" t="s">
         <v>777</v>
       </c>
-      <c r="Q55" t="s">
+      <c r="V55" t="s">
         <v>778</v>
-      </c>
-[...13 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" t="s">
+        <v>779</v>
+      </c>
+      <c r="B56" t="s">
+        <v>780</v>
+      </c>
+      <c r="C56" t="s">
+        <v>781</v>
+      </c>
+      <c r="D56" t="s">
+        <v>782</v>
+      </c>
+      <c r="E56" t="s">
+        <v>25</v>
+      </c>
+      <c r="F56" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" t="s">
         <v>783</v>
       </c>
-      <c r="B56" t="s">
+      <c r="H56" t="s">
+        <v>25</v>
+      </c>
+      <c r="I56" t="s">
         <v>784</v>
       </c>
-      <c r="C56" t="s">
+      <c r="J56" t="s">
         <v>785</v>
       </c>
-      <c r="D56" t="s">
+      <c r="K56" t="s">
         <v>786</v>
       </c>
-      <c r="E56" t="s">
-[...5 lines deleted...]
-      <c r="G56" t="s">
+      <c r="L56" t="s">
+        <v>25</v>
+      </c>
+      <c r="M56" t="s">
         <v>787</v>
       </c>
-      <c r="H56" t="s">
-[...2 lines deleted...]
-      <c r="I56" t="s">
+      <c r="N56" t="s">
+        <v>25</v>
+      </c>
+      <c r="O56" t="s">
         <v>788</v>
       </c>
-      <c r="J56" t="s">
+      <c r="P56" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q56" t="s">
         <v>789</v>
       </c>
-      <c r="K56" t="s">
+      <c r="R56" t="s">
         <v>790</v>
       </c>
-      <c r="L56" t="s">
-[...2 lines deleted...]
-      <c r="M56" t="s">
+      <c r="S56" t="s">
+        <v>25</v>
+      </c>
+      <c r="T56" t="s">
+        <v>25</v>
+      </c>
+      <c r="U56" t="s">
         <v>791</v>
       </c>
-      <c r="N56" t="s">
-[...2 lines deleted...]
-      <c r="O56" t="s">
+      <c r="V56" t="s">
         <v>792</v>
-      </c>
-[...19 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="57" spans="1:22">
       <c r="A57" t="s">
+        <v>793</v>
+      </c>
+      <c r="B57" t="s">
+        <v>794</v>
+      </c>
+      <c r="C57" t="s">
+        <v>795</v>
+      </c>
+      <c r="D57" t="s">
+        <v>796</v>
+      </c>
+      <c r="E57" t="s">
+        <v>25</v>
+      </c>
+      <c r="F57" t="s">
+        <v>25</v>
+      </c>
+      <c r="G57" t="s">
         <v>797</v>
       </c>
-      <c r="B57" t="s">
+      <c r="H57" t="s">
+        <v>25</v>
+      </c>
+      <c r="I57" t="s">
         <v>798</v>
       </c>
-      <c r="C57" t="s">
+      <c r="J57" t="s">
         <v>799</v>
       </c>
-      <c r="D57" t="s">
+      <c r="K57" t="s">
+        <v>25</v>
+      </c>
+      <c r="L57" t="s">
+        <v>25</v>
+      </c>
+      <c r="M57" t="s">
         <v>800</v>
       </c>
-      <c r="E57" t="s">
-[...5 lines deleted...]
-      <c r="G57" t="s">
+      <c r="N57" t="s">
         <v>801</v>
       </c>
-      <c r="H57" t="s">
-[...2 lines deleted...]
-      <c r="I57" t="s">
+      <c r="O57" t="s">
         <v>802</v>
       </c>
-      <c r="J57" t="s">
+      <c r="P57" t="s">
+        <v>802</v>
+      </c>
+      <c r="Q57" t="s">
         <v>803</v>
       </c>
-      <c r="K57" t="s">
-[...5 lines deleted...]
-      <c r="M57" t="s">
+      <c r="R57" t="s">
         <v>804</v>
       </c>
-      <c r="N57" t="s">
+      <c r="S57" t="s">
+        <v>25</v>
+      </c>
+      <c r="T57" t="s">
+        <v>25</v>
+      </c>
+      <c r="U57" t="s">
         <v>805</v>
       </c>
-      <c r="O57" t="s">
+      <c r="V57" t="s">
         <v>806</v>
-      </c>
-[...19 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="58" spans="1:22">
       <c r="A58" t="s">
+        <v>807</v>
+      </c>
+      <c r="B58" t="s">
+        <v>808</v>
+      </c>
+      <c r="C58" t="s">
+        <v>809</v>
+      </c>
+      <c r="D58" t="s">
+        <v>810</v>
+      </c>
+      <c r="E58" t="s">
         <v>811</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58" t="s">
+        <v>25</v>
+      </c>
+      <c r="G58" t="s">
         <v>812</v>
       </c>
-      <c r="C58" t="s">
+      <c r="H58" t="s">
+        <v>25</v>
+      </c>
+      <c r="I58" t="s">
         <v>813</v>
       </c>
-      <c r="D58" t="s">
+      <c r="J58" t="s">
         <v>814</v>
       </c>
-      <c r="E58" t="s">
+      <c r="K58" t="s">
         <v>815</v>
       </c>
-      <c r="F58" t="s">
-[...8 lines deleted...]
-      <c r="I58" t="s">
+      <c r="L58" t="s">
+        <v>25</v>
+      </c>
+      <c r="M58" t="s">
         <v>816</v>
       </c>
-      <c r="J58" t="s">
+      <c r="N58" t="s">
         <v>817</v>
       </c>
-      <c r="K58" t="s">
-[...5 lines deleted...]
-      <c r="M58" t="s">
+      <c r="O58" t="s">
         <v>818</v>
       </c>
-      <c r="N58" t="s">
+      <c r="P58" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q58" t="s">
         <v>819</v>
       </c>
-      <c r="O58" t="s">
+      <c r="R58" t="s">
         <v>820</v>
       </c>
-      <c r="P58" t="s">
-[...2 lines deleted...]
-      <c r="Q58" t="s">
+      <c r="S58" t="s">
+        <v>25</v>
+      </c>
+      <c r="T58" t="s">
+        <v>25</v>
+      </c>
+      <c r="U58" t="s">
         <v>821</v>
       </c>
-      <c r="R58" t="s">
+      <c r="V58" t="s">
         <v>822</v>
-      </c>
-[...10 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" t="s">
+        <v>823</v>
+      </c>
+      <c r="B59" t="s">
+        <v>824</v>
+      </c>
+      <c r="C59" t="s">
         <v>825</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
         <v>826</v>
       </c>
-      <c r="C59" t="s">
+      <c r="E59" t="s">
+        <v>624</v>
+      </c>
+      <c r="F59" t="s">
+        <v>25</v>
+      </c>
+      <c r="G59" t="s">
         <v>827</v>
       </c>
-      <c r="D59" t="s">
+      <c r="H59" t="s">
         <v>828</v>
       </c>
-      <c r="E59" t="s">
-[...5 lines deleted...]
-      <c r="G59" t="s">
+      <c r="I59" t="s">
         <v>829</v>
       </c>
-      <c r="H59" t="s">
+      <c r="J59" t="s">
         <v>830</v>
       </c>
-      <c r="I59" t="s">
+      <c r="K59" t="s">
         <v>831</v>
       </c>
-      <c r="J59" t="s">
+      <c r="L59" t="s">
+        <v>25</v>
+      </c>
+      <c r="M59" t="s">
         <v>832</v>
       </c>
-      <c r="K59" t="s">
+      <c r="N59" t="s">
+        <v>25</v>
+      </c>
+      <c r="O59" t="s">
         <v>833</v>
       </c>
-      <c r="L59" t="s">
-[...2 lines deleted...]
-      <c r="M59" t="s">
+      <c r="P59" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q59" t="s">
         <v>834</v>
       </c>
-      <c r="N59" t="s">
-[...2 lines deleted...]
-      <c r="O59" t="s">
+      <c r="R59" t="s">
         <v>835</v>
       </c>
-      <c r="P59" t="s">
-[...2 lines deleted...]
-      <c r="Q59" t="s">
+      <c r="S59" t="s">
+        <v>25</v>
+      </c>
+      <c r="T59" t="s">
+        <v>25</v>
+      </c>
+      <c r="U59" t="s">
         <v>836</v>
       </c>
-      <c r="R59" t="s">
+      <c r="V59" t="s">
         <v>837</v>
-      </c>
-[...10 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" t="s">
+        <v>838</v>
+      </c>
+      <c r="B60" t="s">
+        <v>839</v>
+      </c>
+      <c r="C60" t="s">
         <v>840</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>841</v>
       </c>
-      <c r="C60" t="s">
+      <c r="E60" t="s">
+        <v>25</v>
+      </c>
+      <c r="F60" t="s">
+        <v>25</v>
+      </c>
+      <c r="G60" t="s">
         <v>842</v>
       </c>
-      <c r="D60" t="s">
+      <c r="H60" t="s">
+        <v>25</v>
+      </c>
+      <c r="I60" t="s">
         <v>843</v>
       </c>
-      <c r="E60" t="s">
-[...5 lines deleted...]
-      <c r="G60" t="s">
+      <c r="J60" t="s">
         <v>844</v>
       </c>
-      <c r="H60" t="s">
-[...2 lines deleted...]
-      <c r="I60" t="s">
+      <c r="K60" t="s">
         <v>845</v>
       </c>
-      <c r="J60" t="s">
+      <c r="L60" t="s">
+        <v>25</v>
+      </c>
+      <c r="M60" t="s">
         <v>846</v>
       </c>
-      <c r="K60" t="s">
-[...5 lines deleted...]
-      <c r="M60" t="s">
+      <c r="N60" t="s">
         <v>847</v>
       </c>
-      <c r="N60" t="s">
+      <c r="O60" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="P60" t="s">
         <v>25</v>
       </c>
       <c r="Q60" t="s">
         <v>849</v>
       </c>
       <c r="R60" t="s">
         <v>850</v>
       </c>
       <c r="S60" t="s">
         <v>25</v>
       </c>
       <c r="T60" t="s">
         <v>25</v>
       </c>
       <c r="U60" t="s">
         <v>851</v>
       </c>
       <c r="V60" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" t="s">
@@ -8803,282 +8803,282 @@
       </c>
       <c r="T62" t="s">
         <v>25</v>
       </c>
       <c r="U62" t="s">
         <v>884</v>
       </c>
       <c r="V62" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="63" spans="1:22">
       <c r="A63" t="s">
         <v>886</v>
       </c>
       <c r="B63" t="s">
         <v>887</v>
       </c>
       <c r="C63" t="s">
         <v>888</v>
       </c>
       <c r="D63" t="s">
         <v>889</v>
       </c>
       <c r="E63" t="s">
+        <v>25</v>
+      </c>
+      <c r="F63" t="s">
+        <v>25</v>
+      </c>
+      <c r="G63" t="s">
         <v>890</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>891</v>
       </c>
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>892</v>
       </c>
-      <c r="I63" t="s">
+      <c r="J63" t="s">
         <v>893</v>
       </c>
-      <c r="J63" t="s">
+      <c r="K63" t="s">
         <v>894</v>
       </c>
-      <c r="K63" t="s">
+      <c r="L63" t="s">
         <v>895</v>
       </c>
-      <c r="L63" t="s">
+      <c r="M63" t="s">
         <v>896</v>
       </c>
-      <c r="M63" t="s">
+      <c r="N63" t="s">
         <v>897</v>
       </c>
-      <c r="N63" t="s">
+      <c r="O63" t="s">
         <v>898</v>
       </c>
-      <c r="O63" t="s">
+      <c r="P63" t="s">
         <v>899</v>
       </c>
-      <c r="P63" t="s">
+      <c r="Q63" t="s">
         <v>900</v>
       </c>
-      <c r="Q63" t="s">
+      <c r="R63" t="s">
         <v>901</v>
       </c>
-      <c r="R63" t="s">
+      <c r="S63" t="s">
         <v>902</v>
       </c>
-      <c r="S63" t="s">
+      <c r="T63" t="s">
+        <v>25</v>
+      </c>
+      <c r="U63" t="s">
         <v>903</v>
       </c>
-      <c r="T63" t="s">
-[...2 lines deleted...]
-      <c r="U63" t="s">
+      <c r="V63" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="64" spans="1:22">
       <c r="A64" t="s">
+        <v>905</v>
+      </c>
+      <c r="B64" t="s">
         <v>906</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>907</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>908</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>909</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
+        <v>25</v>
+      </c>
+      <c r="G64" t="s">
         <v>910</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>911</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>912</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
         <v>913</v>
       </c>
-      <c r="J64" t="s">
+      <c r="K64" t="s">
         <v>914</v>
       </c>
-      <c r="K64" t="s">
+      <c r="L64" t="s">
         <v>915</v>
       </c>
-      <c r="L64" t="s">
+      <c r="M64" t="s">
         <v>916</v>
       </c>
-      <c r="M64" t="s">
+      <c r="N64" t="s">
         <v>917</v>
       </c>
-      <c r="N64" t="s">
+      <c r="O64" t="s">
         <v>918</v>
       </c>
-      <c r="O64" t="s">
+      <c r="P64" t="s">
         <v>919</v>
       </c>
-      <c r="P64" t="s">
+      <c r="Q64" t="s">
         <v>920</v>
       </c>
-      <c r="Q64" t="s">
+      <c r="R64" t="s">
         <v>921</v>
       </c>
-      <c r="R64" t="s">
+      <c r="S64" t="s">
+        <v>25</v>
+      </c>
+      <c r="T64" t="s">
+        <v>25</v>
+      </c>
+      <c r="U64" t="s">
         <v>922</v>
       </c>
-      <c r="S64" t="s">
-[...5 lines deleted...]
-      <c r="U64" t="s">
+      <c r="V64" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="65" spans="1:22">
       <c r="A65" t="s">
+        <v>924</v>
+      </c>
+      <c r="B65" t="s">
         <v>925</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>926</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>927</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
+        <v>25</v>
+      </c>
+      <c r="F65" t="s">
+        <v>25</v>
+      </c>
+      <c r="G65" t="s">
         <v>928</v>
       </c>
-      <c r="E65" t="s">
-[...5 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>929</v>
       </c>
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>930</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
         <v>931</v>
       </c>
-      <c r="J65" t="s">
+      <c r="K65" t="s">
         <v>932</v>
       </c>
-      <c r="K65" t="s">
+      <c r="L65" t="s">
         <v>933</v>
       </c>
-      <c r="L65" t="s">
+      <c r="M65" t="s">
         <v>934</v>
       </c>
-      <c r="M65" t="s">
+      <c r="N65" t="s">
         <v>935</v>
       </c>
-      <c r="N65" t="s">
+      <c r="O65" t="s">
         <v>936</v>
       </c>
-      <c r="O65" t="s">
+      <c r="P65" t="s">
         <v>937</v>
       </c>
-      <c r="P65" t="s">
+      <c r="Q65" t="s">
         <v>938</v>
       </c>
-      <c r="Q65" t="s">
+      <c r="R65" t="s">
         <v>939</v>
       </c>
-      <c r="R65" t="s">
+      <c r="S65" t="s">
+        <v>25</v>
+      </c>
+      <c r="T65" t="s">
+        <v>25</v>
+      </c>
+      <c r="U65" t="s">
         <v>940</v>
       </c>
-      <c r="S65" t="s">
-[...5 lines deleted...]
-      <c r="U65" t="s">
+      <c r="V65" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" t="s">
+        <v>942</v>
+      </c>
+      <c r="B66" t="s">
         <v>943</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>944</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>945</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
+        <v>25</v>
+      </c>
+      <c r="F66" t="s">
+        <v>25</v>
+      </c>
+      <c r="G66" t="s">
         <v>946</v>
       </c>
-      <c r="E66" t="s">
-[...5 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>947</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>948</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
         <v>949</v>
       </c>
-      <c r="J66" t="s">
+      <c r="K66" t="s">
         <v>950</v>
       </c>
-      <c r="K66" t="s">
+      <c r="L66" t="s">
         <v>951</v>
       </c>
-      <c r="L66" t="s">
+      <c r="M66" t="s">
         <v>952</v>
       </c>
-      <c r="M66" t="s">
+      <c r="N66" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="O66" t="s">
         <v>954</v>
       </c>
       <c r="P66" t="s">
         <v>25</v>
       </c>
       <c r="Q66" t="s">
         <v>955</v>
       </c>
       <c r="R66" t="s">
         <v>956</v>
       </c>
       <c r="S66" t="s">
         <v>25</v>
       </c>
       <c r="T66" t="s">
         <v>25</v>
       </c>
       <c r="U66" t="s">
         <v>957</v>
       </c>
       <c r="V66" t="s">
         <v>958</v>
       </c>
@@ -9111,601 +9111,601 @@
       <c r="I67" t="s">
         <v>965</v>
       </c>
       <c r="J67" t="s">
         <v>966</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>25</v>
       </c>
       <c r="M67" t="s">
         <v>967</v>
       </c>
       <c r="N67" t="s">
         <v>25</v>
       </c>
       <c r="O67" t="s">
         <v>968</v>
       </c>
       <c r="P67" t="s">
         <v>25</v>
       </c>
       <c r="Q67" t="s">
-        <v>25</v>
+        <v>969</v>
       </c>
       <c r="R67" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="S67" t="s">
         <v>25</v>
       </c>
       <c r="T67" t="s">
         <v>25</v>
       </c>
       <c r="U67" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="V67" t="s">
-        <v>25</v>
+        <v>972</v>
       </c>
     </row>
     <row r="68" spans="1:22">
       <c r="A68" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="B68" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="C68" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="D68" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="E68" t="s">
         <v>25</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H68" t="s">
         <v>25</v>
       </c>
       <c r="I68" t="s">
+        <v>978</v>
+      </c>
+      <c r="J68" t="s">
+        <v>25</v>
+      </c>
+      <c r="K68" t="s">
+        <v>979</v>
+      </c>
+      <c r="L68" t="s">
+        <v>25</v>
+      </c>
+      <c r="M68" t="s">
+        <v>980</v>
+      </c>
+      <c r="N68" t="s">
+        <v>25</v>
+      </c>
+      <c r="O68" t="s">
+        <v>981</v>
+      </c>
+      <c r="P68" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>982</v>
+      </c>
+      <c r="R68" t="s">
+        <v>983</v>
+      </c>
+      <c r="S68" t="s">
+        <v>25</v>
+      </c>
+      <c r="T68" t="s">
+        <v>25</v>
+      </c>
+      <c r="U68" t="s">
+        <v>984</v>
+      </c>
+      <c r="V68" t="s">
         <v>976</v>
-      </c>
-[...37 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="69" spans="1:22">
       <c r="A69" t="s">
         <v>985</v>
       </c>
       <c r="B69" t="s">
         <v>986</v>
       </c>
       <c r="C69" t="s">
         <v>987</v>
       </c>
       <c r="D69" t="s">
         <v>988</v>
       </c>
       <c r="E69" t="s">
         <v>989</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
       <c r="G69" t="s">
+        <v>25</v>
+      </c>
+      <c r="H69" t="s">
+        <v>25</v>
+      </c>
+      <c r="I69" t="s">
         <v>990</v>
       </c>
-      <c r="H69" t="s">
-[...2 lines deleted...]
-      <c r="I69" t="s">
+      <c r="J69" t="s">
         <v>991</v>
       </c>
-      <c r="J69" t="s">
+      <c r="K69" t="s">
+        <v>25</v>
+      </c>
+      <c r="L69" t="s">
+        <v>25</v>
+      </c>
+      <c r="M69" t="s">
         <v>992</v>
       </c>
-      <c r="K69" t="s">
-[...5 lines deleted...]
-      <c r="M69" t="s">
+      <c r="N69" t="s">
         <v>993</v>
       </c>
-      <c r="N69" t="s">
+      <c r="O69" t="s">
         <v>994</v>
       </c>
-      <c r="O69" t="s">
+      <c r="P69" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q69" t="s">
         <v>995</v>
       </c>
-      <c r="P69" t="s">
-[...2 lines deleted...]
-      <c r="Q69" t="s">
+      <c r="R69" t="s">
         <v>996</v>
       </c>
-      <c r="R69" t="s">
+      <c r="S69" t="s">
         <v>997</v>
       </c>
-      <c r="S69" t="s">
+      <c r="T69" t="s">
+        <v>25</v>
+      </c>
+      <c r="U69" t="s">
         <v>998</v>
       </c>
-      <c r="T69" t="s">
-[...2 lines deleted...]
-      <c r="U69" t="s">
+      <c r="V69" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B70" t="s">
         <v>1001</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>1002</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>1003</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>1004</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
+        <v>25</v>
+      </c>
+      <c r="G70" t="s">
         <v>1005</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="H70" t="s">
+        <v>25</v>
+      </c>
+      <c r="I70" t="s">
         <v>1006</v>
       </c>
-      <c r="H70" t="s">
-[...2 lines deleted...]
-      <c r="I70" t="s">
+      <c r="J70" t="s">
         <v>1007</v>
       </c>
-      <c r="J70" t="s">
+      <c r="K70" t="s">
         <v>1008</v>
       </c>
-      <c r="K70" t="s">
+      <c r="L70" t="s">
+        <v>25</v>
+      </c>
+      <c r="M70" t="s">
         <v>1009</v>
       </c>
-      <c r="L70" t="s">
+      <c r="N70" t="s">
         <v>1010</v>
       </c>
-      <c r="M70" t="s">
+      <c r="O70" t="s">
         <v>1011</v>
       </c>
-      <c r="N70" t="s">
+      <c r="P70" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q70" t="s">
         <v>1012</v>
       </c>
-      <c r="O70" t="s">
+      <c r="R70" t="s">
         <v>1013</v>
       </c>
-      <c r="P70" t="s">
-[...2 lines deleted...]
-      <c r="Q70" t="s">
+      <c r="S70" t="s">
+        <v>25</v>
+      </c>
+      <c r="T70" t="s">
+        <v>25</v>
+      </c>
+      <c r="U70" t="s">
         <v>1014</v>
       </c>
-      <c r="R70" t="s">
+      <c r="V70" t="s">
         <v>1015</v>
-      </c>
-[...10 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C71" t="s">
         <v>1018</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>1019</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" t="s">
+        <v>811</v>
+      </c>
+      <c r="F71" t="s">
+        <v>25</v>
+      </c>
+      <c r="G71" t="s">
         <v>1020</v>
       </c>
-      <c r="D71" t="s">
+      <c r="H71" t="s">
+        <v>25</v>
+      </c>
+      <c r="I71" t="s">
         <v>1021</v>
       </c>
-      <c r="E71" t="s">
-[...5 lines deleted...]
-      <c r="G71" t="s">
+      <c r="J71" t="s">
         <v>1022</v>
       </c>
-      <c r="H71" t="s">
-[...2 lines deleted...]
-      <c r="I71" t="s">
+      <c r="K71" t="s">
         <v>1023</v>
       </c>
-      <c r="J71" t="s">
+      <c r="L71" t="s">
+        <v>25</v>
+      </c>
+      <c r="M71" t="s">
         <v>1024</v>
       </c>
-      <c r="K71" t="s">
+      <c r="N71" t="s">
         <v>1025</v>
       </c>
-      <c r="L71" t="s">
-[...2 lines deleted...]
-      <c r="M71" t="s">
+      <c r="O71" t="s">
         <v>1026</v>
       </c>
-      <c r="N71" t="s">
+      <c r="P71" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q71" t="s">
         <v>1027</v>
       </c>
-      <c r="O71" t="s">
+      <c r="R71" t="s">
         <v>1028</v>
       </c>
-      <c r="P71" t="s">
-[...2 lines deleted...]
-      <c r="Q71" t="s">
+      <c r="S71" t="s">
         <v>1029</v>
       </c>
-      <c r="R71" t="s">
+      <c r="T71" t="s">
+        <v>25</v>
+      </c>
+      <c r="U71" t="s">
         <v>1030</v>
       </c>
-      <c r="S71" t="s">
+      <c r="V71" t="s">
         <v>1031</v>
-      </c>
-[...7 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="72" spans="1:22">
       <c r="A72" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C72" t="s">
         <v>1034</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>1035</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>1036</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
+        <v>25</v>
+      </c>
+      <c r="G72" t="s">
         <v>1037</v>
       </c>
-      <c r="E72" t="s">
+      <c r="H72" t="s">
+        <v>25</v>
+      </c>
+      <c r="I72" t="s">
         <v>1038</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="J72" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K72" t="s">
         <v>1039</v>
       </c>
-      <c r="H72" t="s">
-[...2 lines deleted...]
-      <c r="I72" t="s">
+      <c r="L72" t="s">
+        <v>25</v>
+      </c>
+      <c r="M72" t="s">
         <v>1040</v>
       </c>
-      <c r="J72" t="s">
-[...2 lines deleted...]
-      <c r="K72" t="s">
+      <c r="N72" t="s">
+        <v>25</v>
+      </c>
+      <c r="O72" t="s">
         <v>1041</v>
       </c>
-      <c r="L72" t="s">
-[...2 lines deleted...]
-      <c r="M72" t="s">
+      <c r="P72" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q72" t="s">
         <v>1042</v>
       </c>
-      <c r="N72" t="s">
-[...2 lines deleted...]
-      <c r="O72" t="s">
+      <c r="R72" t="s">
         <v>1043</v>
       </c>
-      <c r="P72" t="s">
-[...2 lines deleted...]
-      <c r="Q72" t="s">
+      <c r="S72" t="s">
+        <v>25</v>
+      </c>
+      <c r="T72" t="s">
+        <v>25</v>
+      </c>
+      <c r="U72" t="s">
         <v>1044</v>
-      </c>
-[...10 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="V72" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:22">
       <c r="A73" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C73" t="s">
         <v>1047</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
         <v>1048</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
+        <v>25</v>
+      </c>
+      <c r="F73" t="s">
+        <v>25</v>
+      </c>
+      <c r="G73" t="s">
         <v>1049</v>
       </c>
-      <c r="D73" t="s">
+      <c r="H73" t="s">
+        <v>25</v>
+      </c>
+      <c r="I73" t="s">
         <v>1050</v>
       </c>
-      <c r="E73" t="s">
-[...5 lines deleted...]
-      <c r="G73" t="s">
+      <c r="J73" t="s">
         <v>1051</v>
       </c>
-      <c r="H73" t="s">
-[...2 lines deleted...]
-      <c r="I73" t="s">
+      <c r="K73" t="s">
         <v>1052</v>
       </c>
-      <c r="J73" t="s">
+      <c r="L73" t="s">
         <v>1053</v>
       </c>
-      <c r="K73" t="s">
+      <c r="M73" t="s">
         <v>1054</v>
       </c>
-      <c r="L73" t="s">
+      <c r="N73" t="s">
         <v>1055</v>
       </c>
-      <c r="M73" t="s">
+      <c r="O73" t="s">
         <v>1056</v>
       </c>
-      <c r="N73" t="s">
+      <c r="P73" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q73" t="s">
         <v>1057</v>
       </c>
-      <c r="O73" t="s">
+      <c r="R73" t="s">
         <v>1058</v>
       </c>
-      <c r="P73" t="s">
-[...2 lines deleted...]
-      <c r="Q73" t="s">
+      <c r="S73" t="s">
+        <v>25</v>
+      </c>
+      <c r="T73" t="s">
+        <v>25</v>
+      </c>
+      <c r="U73" t="s">
         <v>1059</v>
       </c>
-      <c r="R73" t="s">
+      <c r="V73" t="s">
         <v>1060</v>
-      </c>
-[...10 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="74" spans="1:22">
       <c r="A74" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C74" t="s">
         <v>1063</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
         <v>1064</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>1065</v>
       </c>
-      <c r="D74" t="s">
+      <c r="F74" t="s">
+        <v>25</v>
+      </c>
+      <c r="G74" t="s">
         <v>1066</v>
       </c>
-      <c r="E74" t="s">
-[...5 lines deleted...]
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>1067</v>
       </c>
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>1068</v>
       </c>
-      <c r="I74" t="s">
+      <c r="J74" t="s">
         <v>1069</v>
       </c>
-      <c r="J74" t="s">
+      <c r="K74" t="s">
         <v>1070</v>
       </c>
-      <c r="K74" t="s">
+      <c r="L74" t="s">
         <v>1071</v>
       </c>
-      <c r="L74" t="s">
+      <c r="M74" t="s">
         <v>1072</v>
       </c>
-      <c r="M74" t="s">
+      <c r="N74" t="s">
         <v>1073</v>
       </c>
-      <c r="N74" t="s">
+      <c r="O74" t="s">
         <v>1074</v>
       </c>
-      <c r="O74" t="s">
+      <c r="P74" t="s">
         <v>1075</v>
       </c>
-      <c r="P74" t="s">
+      <c r="Q74" t="s">
         <v>1076</v>
       </c>
-      <c r="Q74" t="s">
+      <c r="R74" t="s">
         <v>1077</v>
       </c>
-      <c r="R74" t="s">
+      <c r="S74" t="s">
         <v>1078</v>
       </c>
-      <c r="S74" t="s">
+      <c r="T74" t="s">
+        <v>25</v>
+      </c>
+      <c r="U74" t="s">
         <v>1079</v>
       </c>
-      <c r="T74" t="s">
-[...2 lines deleted...]
-      <c r="U74" t="s">
+      <c r="V74" t="s">
         <v>1080</v>
-      </c>
-[...1 lines deleted...]
-        <v>1081</v>
       </c>
     </row>
     <row r="75" spans="1:22">
       <c r="A75" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B75" t="s">
         <v>1082</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>1083</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>1084</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
+        <v>25</v>
+      </c>
+      <c r="F75" t="s">
+        <v>25</v>
+      </c>
+      <c r="G75" t="s">
         <v>1085</v>
       </c>
-      <c r="E75" t="s">
-[...5 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75" t="s">
+        <v>25</v>
+      </c>
+      <c r="I75" t="s">
         <v>1086</v>
       </c>
-      <c r="H75" t="s">
-[...2 lines deleted...]
-      <c r="I75" t="s">
+      <c r="J75" t="s">
         <v>1087</v>
       </c>
-      <c r="J75" t="s">
+      <c r="K75" t="s">
         <v>1088</v>
       </c>
-      <c r="K75" t="s">
+      <c r="L75" t="s">
+        <v>25</v>
+      </c>
+      <c r="M75" t="s">
         <v>1089</v>
       </c>
-      <c r="L75" t="s">
-[...2 lines deleted...]
-      <c r="M75" t="s">
+      <c r="N75" t="s">
         <v>1090</v>
       </c>
-      <c r="N75" t="s">
+      <c r="O75" t="s">
         <v>1091</v>
       </c>
-      <c r="O75" t="s">
+      <c r="P75" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q75" t="s">
         <v>1092</v>
       </c>
-      <c r="P75" t="s">
-[...2 lines deleted...]
-      <c r="Q75" t="s">
+      <c r="R75" t="s">
         <v>1093</v>
       </c>
-      <c r="R75" t="s">
+      <c r="S75" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="T75" t="s">
         <v>25</v>
       </c>
       <c r="U75" t="s">
         <v>1095</v>
       </c>
       <c r="V75" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="76" spans="1:22">
       <c r="A76" t="s">
         <v>1097</v>
       </c>
       <c r="B76" t="s">
         <v>1098</v>
       </c>
       <c r="C76" t="s">
         <v>1099</v>
       </c>
       <c r="D76" t="s">
         <v>25</v>
       </c>
       <c r="E76" t="s">
@@ -9764,1420 +9764,1420 @@
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" t="s">
         <v>1104</v>
       </c>
       <c r="B77" t="s">
         <v>1105</v>
       </c>
       <c r="C77" t="s">
         <v>1106</v>
       </c>
       <c r="D77" t="s">
         <v>1107</v>
       </c>
       <c r="E77" t="s">
         <v>25</v>
       </c>
       <c r="F77" t="s">
         <v>25</v>
       </c>
       <c r="G77" t="s">
         <v>1108</v>
       </c>
       <c r="H77" t="s">
-        <v>25</v>
+        <v>1109</v>
       </c>
       <c r="I77" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="J77" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="K77" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="L77" t="s">
         <v>25</v>
       </c>
       <c r="M77" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="N77" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="O77" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="P77" t="s">
         <v>25</v>
       </c>
       <c r="Q77" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="R77" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="S77" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="T77" t="s">
         <v>25</v>
       </c>
       <c r="U77" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="V77" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B78" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C78" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D78" t="s">
         <v>25</v>
       </c>
       <c r="E78" t="s">
         <v>25</v>
       </c>
       <c r="F78" t="s">
         <v>25</v>
       </c>
       <c r="G78" t="s">
         <v>25</v>
       </c>
       <c r="H78" t="s">
         <v>25</v>
       </c>
       <c r="I78" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="J78" t="s">
         <v>25</v>
       </c>
       <c r="K78" t="s">
         <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>25</v>
       </c>
       <c r="M78" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="N78" t="s">
         <v>25</v>
       </c>
       <c r="O78" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="P78" t="s">
         <v>25</v>
       </c>
       <c r="Q78" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="R78" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="S78" t="s">
         <v>25</v>
       </c>
       <c r="T78" t="s">
         <v>25</v>
       </c>
       <c r="U78" t="s">
-        <v>1128</v>
+        <v>25</v>
       </c>
       <c r="V78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:22">
       <c r="A79" t="s">
         <v>1129</v>
       </c>
       <c r="B79" t="s">
         <v>1130</v>
       </c>
       <c r="C79" t="s">
         <v>1131</v>
       </c>
       <c r="D79" t="s">
         <v>1132</v>
       </c>
       <c r="E79" t="s">
         <v>25</v>
       </c>
       <c r="F79" t="s">
         <v>25</v>
       </c>
       <c r="G79" t="s">
         <v>25</v>
       </c>
       <c r="H79" t="s">
         <v>25</v>
       </c>
       <c r="I79" t="s">
         <v>1133</v>
       </c>
       <c r="J79" t="s">
         <v>1134</v>
       </c>
       <c r="K79" t="s">
         <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>25</v>
       </c>
       <c r="M79" t="s">
         <v>1135</v>
       </c>
       <c r="N79" t="s">
         <v>25</v>
       </c>
       <c r="O79" t="s">
-        <v>25</v>
+        <v>1136</v>
       </c>
       <c r="P79" t="s">
         <v>25</v>
       </c>
       <c r="Q79" t="s">
         <v>25</v>
       </c>
       <c r="R79" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="S79" t="s">
         <v>25</v>
       </c>
       <c r="T79" t="s">
         <v>25</v>
       </c>
       <c r="U79" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="V79" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="80" spans="1:22">
       <c r="A80" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B80" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C80" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D80" t="s">
-        <v>1142</v>
+        <v>25</v>
       </c>
       <c r="E80" t="s">
         <v>25</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
         <v>25</v>
       </c>
       <c r="H80" t="s">
         <v>25</v>
       </c>
       <c r="I80" t="s">
         <v>1143</v>
       </c>
       <c r="J80" t="s">
         <v>25</v>
       </c>
       <c r="K80" t="s">
+        <v>25</v>
+      </c>
+      <c r="L80" t="s">
+        <v>25</v>
+      </c>
+      <c r="M80" t="s">
         <v>1144</v>
       </c>
-      <c r="L80" t="s">
-[...2 lines deleted...]
-      <c r="M80" t="s">
+      <c r="N80" t="s">
+        <v>25</v>
+      </c>
+      <c r="O80" t="s">
+        <v>25</v>
+      </c>
+      <c r="P80" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q80" t="s">
         <v>1145</v>
       </c>
-      <c r="N80" t="s">
-[...8 lines deleted...]
-      <c r="Q80" t="s">
+      <c r="R80" t="s">
         <v>1146</v>
       </c>
-      <c r="R80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S80" t="s">
         <v>25</v>
       </c>
       <c r="T80" t="s">
         <v>25</v>
       </c>
       <c r="U80" t="s">
-        <v>1148</v>
+        <v>25</v>
       </c>
       <c r="V80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:22">
       <c r="A81" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C81" t="s">
         <v>1149</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
+        <v>25</v>
+      </c>
+      <c r="E81" t="s">
+        <v>25</v>
+      </c>
+      <c r="F81" t="s">
+        <v>25</v>
+      </c>
+      <c r="G81" t="s">
+        <v>25</v>
+      </c>
+      <c r="H81" t="s">
+        <v>25</v>
+      </c>
+      <c r="I81" t="s">
         <v>1150</v>
       </c>
-      <c r="C81" t="s">
+      <c r="J81" t="s">
+        <v>25</v>
+      </c>
+      <c r="K81" t="s">
         <v>1151</v>
       </c>
-      <c r="D81" t="s">
-[...14 lines deleted...]
-      <c r="I81" t="s">
+      <c r="L81" t="s">
+        <v>25</v>
+      </c>
+      <c r="M81" t="s">
         <v>1152</v>
       </c>
-      <c r="J81" t="s">
-[...2 lines deleted...]
-      <c r="K81" t="s">
+      <c r="N81" t="s">
+        <v>25</v>
+      </c>
+      <c r="O81" t="s">
         <v>1153</v>
       </c>
-      <c r="L81" t="s">
-[...2 lines deleted...]
-      <c r="M81" t="s">
+      <c r="P81" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>25</v>
+      </c>
+      <c r="R81" t="s">
         <v>1154</v>
       </c>
-      <c r="N81" t="s">
-[...2 lines deleted...]
-      <c r="O81" t="s">
+      <c r="S81" t="s">
+        <v>25</v>
+      </c>
+      <c r="T81" t="s">
+        <v>25</v>
+      </c>
+      <c r="U81" t="s">
         <v>1155</v>
-      </c>
-[...16 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="V81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:22">
       <c r="A82" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C82" t="s">
         <v>1158</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>1159</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" t="s">
+        <v>25</v>
+      </c>
+      <c r="F82" t="s">
+        <v>25</v>
+      </c>
+      <c r="G82" t="s">
         <v>1160</v>
       </c>
-      <c r="D82" t="s">
+      <c r="H82" t="s">
+        <v>25</v>
+      </c>
+      <c r="I82" t="s">
         <v>1161</v>
       </c>
-      <c r="E82" t="s">
-[...5 lines deleted...]
-      <c r="G82" t="s">
+      <c r="J82" t="s">
         <v>1162</v>
       </c>
-      <c r="H82" t="s">
-[...2 lines deleted...]
-      <c r="I82" t="s">
+      <c r="K82" t="s">
         <v>1163</v>
       </c>
-      <c r="J82" t="s">
+      <c r="L82" t="s">
+        <v>25</v>
+      </c>
+      <c r="M82" t="s">
         <v>1164</v>
       </c>
-      <c r="K82" t="s">
+      <c r="N82" t="s">
         <v>1165</v>
       </c>
-      <c r="L82" t="s">
-[...2 lines deleted...]
-      <c r="M82" t="s">
+      <c r="O82" t="s">
         <v>1166</v>
       </c>
-      <c r="N82" t="s">
+      <c r="P82" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q82" t="s">
         <v>1167</v>
       </c>
-      <c r="O82" t="s">
+      <c r="R82" t="s">
         <v>1168</v>
       </c>
-      <c r="P82" t="s">
-[...2 lines deleted...]
-      <c r="Q82" t="s">
+      <c r="S82" t="s">
         <v>1169</v>
       </c>
-      <c r="R82" t="s">
+      <c r="T82" t="s">
+        <v>25</v>
+      </c>
+      <c r="U82" t="s">
         <v>1170</v>
       </c>
-      <c r="S82" t="s">
+      <c r="V82" t="s">
         <v>1171</v>
-      </c>
-[...7 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="83" spans="1:22">
       <c r="A83" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C83" t="s">
         <v>1174</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>1175</v>
       </c>
-      <c r="C83" t="s">
+      <c r="E83" t="s">
         <v>1176</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" t="s">
+        <v>25</v>
+      </c>
+      <c r="G83" t="s">
         <v>1177</v>
       </c>
-      <c r="E83" t="s">
+      <c r="H83" t="s">
         <v>1178</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="I83" t="s">
         <v>1179</v>
       </c>
-      <c r="H83" t="s">
+      <c r="J83" t="s">
         <v>1180</v>
       </c>
-      <c r="I83" t="s">
+      <c r="K83" t="s">
+        <v>741</v>
+      </c>
+      <c r="L83" t="s">
+        <v>25</v>
+      </c>
+      <c r="M83" t="s">
         <v>1181</v>
       </c>
-      <c r="J83" t="s">
+      <c r="N83" t="s">
         <v>1182</v>
       </c>
-      <c r="K83" t="s">
+      <c r="O83" t="s">
         <v>1183</v>
       </c>
-      <c r="L83" t="s">
-[...2 lines deleted...]
-      <c r="M83" t="s">
+      <c r="P83" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q83" t="s">
         <v>1184</v>
       </c>
-      <c r="N83" t="s">
+      <c r="R83" t="s">
         <v>1185</v>
       </c>
-      <c r="O83" t="s">
+      <c r="S83" t="s">
         <v>1186</v>
       </c>
-      <c r="P83" t="s">
-[...2 lines deleted...]
-      <c r="Q83" t="s">
+      <c r="T83" t="s">
+        <v>25</v>
+      </c>
+      <c r="U83" t="s">
         <v>1187</v>
       </c>
-      <c r="R83" t="s">
+      <c r="V83" t="s">
         <v>1188</v>
-      </c>
-[...10 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="84" spans="1:22">
       <c r="A84" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D84" t="s">
         <v>1192</v>
       </c>
-      <c r="B84" t="s">
+      <c r="E84" t="s">
         <v>1193</v>
       </c>
-      <c r="C84" t="s">
+      <c r="F84" t="s">
+        <v>25</v>
+      </c>
+      <c r="G84" t="s">
         <v>1194</v>
       </c>
-      <c r="D84" t="s">
+      <c r="H84" t="s">
+        <v>25</v>
+      </c>
+      <c r="I84" t="s">
         <v>1195</v>
       </c>
-      <c r="E84" t="s">
+      <c r="J84" t="s">
         <v>1196</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="K84" t="s">
         <v>1197</v>
       </c>
-      <c r="H84" t="s">
-[...2 lines deleted...]
-      <c r="I84" t="s">
+      <c r="L84" t="s">
         <v>1198</v>
       </c>
-      <c r="J84" t="s">
+      <c r="M84" t="s">
         <v>1199</v>
       </c>
-      <c r="K84" t="s">
+      <c r="N84" t="s">
         <v>1200</v>
       </c>
-      <c r="L84" t="s">
+      <c r="O84" t="s">
         <v>1201</v>
       </c>
-      <c r="M84" t="s">
+      <c r="P84" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q84" t="s">
         <v>1202</v>
       </c>
-      <c r="N84" t="s">
+      <c r="R84" t="s">
         <v>1203</v>
       </c>
-      <c r="O84" t="s">
+      <c r="S84" t="s">
         <v>1204</v>
       </c>
-      <c r="P84" t="s">
-[...2 lines deleted...]
-      <c r="Q84" t="s">
+      <c r="T84" t="s">
+        <v>25</v>
+      </c>
+      <c r="U84" t="s">
         <v>1205</v>
       </c>
-      <c r="R84" t="s">
+      <c r="V84" t="s">
         <v>1206</v>
-      </c>
-[...10 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="85" spans="1:22">
       <c r="A85" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D85" t="s">
         <v>1210</v>
       </c>
-      <c r="B85" t="s">
+      <c r="E85" t="s">
         <v>1211</v>
       </c>
-      <c r="C85" t="s">
+      <c r="F85" t="s">
+        <v>25</v>
+      </c>
+      <c r="G85" t="s">
         <v>1212</v>
       </c>
-      <c r="D85" t="s">
+      <c r="H85" t="s">
         <v>1213</v>
       </c>
-      <c r="E85" t="s">
+      <c r="I85" t="s">
         <v>1214</v>
       </c>
-      <c r="F85" t="s">
-[...2 lines deleted...]
-      <c r="G85" t="s">
+      <c r="J85" t="s">
         <v>1215</v>
       </c>
-      <c r="H85" t="s">
+      <c r="K85" t="s">
         <v>1216</v>
       </c>
-      <c r="I85" t="s">
+      <c r="L85" t="s">
         <v>1217</v>
       </c>
-      <c r="J85" t="s">
+      <c r="M85" t="s">
         <v>1218</v>
       </c>
-      <c r="K85" t="s">
+      <c r="N85" t="s">
         <v>1219</v>
       </c>
-      <c r="L85" t="s">
+      <c r="O85" t="s">
         <v>1220</v>
       </c>
-      <c r="M85" t="s">
+      <c r="P85" t="s">
         <v>1221</v>
       </c>
-      <c r="N85" t="s">
+      <c r="Q85" t="s">
         <v>1222</v>
       </c>
-      <c r="O85" t="s">
+      <c r="R85" t="s">
         <v>1223</v>
       </c>
-      <c r="P85" t="s">
+      <c r="S85" t="s">
         <v>1224</v>
       </c>
-      <c r="Q85" t="s">
+      <c r="T85" t="s">
+        <v>25</v>
+      </c>
+      <c r="U85" t="s">
         <v>1225</v>
       </c>
-      <c r="R85" t="s">
+      <c r="V85" t="s">
         <v>1226</v>
-      </c>
-[...10 lines deleted...]
-        <v>1229</v>
       </c>
     </row>
     <row r="86" spans="1:22">
       <c r="A86" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D86" t="s">
         <v>1230</v>
       </c>
-      <c r="B86" t="s">
+      <c r="E86" t="s">
+        <v>25</v>
+      </c>
+      <c r="F86" t="s">
+        <v>25</v>
+      </c>
+      <c r="G86" t="s">
+        <v>25</v>
+      </c>
+      <c r="H86" t="s">
+        <v>25</v>
+      </c>
+      <c r="I86" t="s">
         <v>1231</v>
       </c>
-      <c r="C86" t="s">
+      <c r="J86" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K86" t="s">
+        <v>25</v>
+      </c>
+      <c r="L86" t="s">
+        <v>25</v>
+      </c>
+      <c r="M86" t="s">
         <v>1232</v>
       </c>
-      <c r="D86" t="s">
-[...14 lines deleted...]
-      <c r="I86" t="s">
+      <c r="N86" t="s">
+        <v>25</v>
+      </c>
+      <c r="O86" t="s">
         <v>1233</v>
       </c>
-      <c r="J86" t="s">
-[...8 lines deleted...]
-      <c r="M86" t="s">
+      <c r="P86" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>25</v>
+      </c>
+      <c r="R86" t="s">
         <v>1234</v>
       </c>
-      <c r="N86" t="s">
-[...2 lines deleted...]
-      <c r="O86" t="s">
+      <c r="S86" t="s">
+        <v>25</v>
+      </c>
+      <c r="T86" t="s">
+        <v>25</v>
+      </c>
+      <c r="U86" t="s">
         <v>1235</v>
-      </c>
-[...16 lines deleted...]
-        <v>1237</v>
       </c>
       <c r="V86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:22">
       <c r="A87" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C87" t="s">
         <v>1238</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
         <v>1239</v>
       </c>
-      <c r="C87" t="s">
+      <c r="E87" t="s">
         <v>1240</v>
       </c>
-      <c r="D87" t="s">
+      <c r="F87" t="s">
+        <v>25</v>
+      </c>
+      <c r="G87" t="s">
         <v>1241</v>
       </c>
-      <c r="E87" t="s">
+      <c r="H87" t="s">
         <v>1242</v>
       </c>
-      <c r="F87" t="s">
-[...2 lines deleted...]
-      <c r="G87" t="s">
+      <c r="I87" t="s">
         <v>1243</v>
       </c>
-      <c r="H87" t="s">
+      <c r="J87" t="s">
         <v>1244</v>
       </c>
-      <c r="I87" t="s">
+      <c r="K87" t="s">
         <v>1245</v>
       </c>
-      <c r="J87" t="s">
+      <c r="L87" t="s">
         <v>1246</v>
       </c>
-      <c r="K87" t="s">
+      <c r="M87" t="s">
         <v>1247</v>
       </c>
-      <c r="L87" t="s">
+      <c r="N87" t="s">
         <v>1248</v>
       </c>
-      <c r="M87" t="s">
+      <c r="O87" t="s">
         <v>1249</v>
       </c>
-      <c r="N87" t="s">
+      <c r="P87" t="s">
         <v>1250</v>
       </c>
-      <c r="O87" t="s">
+      <c r="Q87" t="s">
         <v>1251</v>
       </c>
-      <c r="P87" t="s">
+      <c r="R87" t="s">
         <v>1252</v>
       </c>
-      <c r="Q87" t="s">
+      <c r="S87" t="s">
         <v>1253</v>
       </c>
-      <c r="R87" t="s">
+      <c r="T87" t="s">
+        <v>25</v>
+      </c>
+      <c r="U87" t="s">
         <v>1254</v>
       </c>
-      <c r="S87" t="s">
+      <c r="V87" t="s">
         <v>1255</v>
-      </c>
-[...7 lines deleted...]
-        <v>1257</v>
       </c>
     </row>
     <row r="88" spans="1:22">
       <c r="A88" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C88" t="s">
         <v>1258</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88" t="s">
         <v>1259</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" t="s">
+        <v>25</v>
+      </c>
+      <c r="F88" t="s">
+        <v>25</v>
+      </c>
+      <c r="G88" t="s">
+        <v>25</v>
+      </c>
+      <c r="H88" t="s">
+        <v>25</v>
+      </c>
+      <c r="I88" t="s">
         <v>1260</v>
       </c>
-      <c r="D88" t="s">
+      <c r="J88" t="s">
+        <v>25</v>
+      </c>
+      <c r="K88" t="s">
+        <v>25</v>
+      </c>
+      <c r="L88" t="s">
+        <v>25</v>
+      </c>
+      <c r="M88" t="s">
         <v>1261</v>
       </c>
-      <c r="E88" t="s">
-[...11 lines deleted...]
-      <c r="I88" t="s">
+      <c r="N88" t="s">
+        <v>25</v>
+      </c>
+      <c r="O88" t="s">
+        <v>25</v>
+      </c>
+      <c r="P88" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q88" t="s">
         <v>1262</v>
       </c>
-      <c r="J88" t="s">
-[...8 lines deleted...]
-      <c r="M88" t="s">
+      <c r="R88" t="s">
         <v>1263</v>
       </c>
-      <c r="N88" t="s">
-[...8 lines deleted...]
-      <c r="Q88" t="s">
+      <c r="S88" t="s">
+        <v>25</v>
+      </c>
+      <c r="T88" t="s">
+        <v>25</v>
+      </c>
+      <c r="U88" t="s">
         <v>1264</v>
       </c>
-      <c r="R88" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V88" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="89" spans="1:22">
       <c r="A89" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C89" t="s">
         <v>1267</v>
       </c>
-      <c r="B89" t="s">
+      <c r="D89" t="s">
         <v>1268</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
+        <v>25</v>
+      </c>
+      <c r="F89" t="s">
+        <v>25</v>
+      </c>
+      <c r="G89" t="s">
+        <v>25</v>
+      </c>
+      <c r="H89" t="s">
+        <v>25</v>
+      </c>
+      <c r="I89" t="s">
         <v>1269</v>
       </c>
-      <c r="D89" t="s">
+      <c r="J89" t="s">
+        <v>25</v>
+      </c>
+      <c r="K89" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" t="s">
+        <v>25</v>
+      </c>
+      <c r="M89" t="s">
         <v>1270</v>
       </c>
-      <c r="E89" t="s">
-[...11 lines deleted...]
-      <c r="I89" t="s">
+      <c r="N89" t="s">
+        <v>25</v>
+      </c>
+      <c r="O89" t="s">
+        <v>25</v>
+      </c>
+      <c r="P89" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>25</v>
+      </c>
+      <c r="R89" t="s">
         <v>1271</v>
       </c>
-      <c r="J89" t="s">
-[...8 lines deleted...]
-      <c r="M89" t="s">
+      <c r="S89" t="s">
+        <v>25</v>
+      </c>
+      <c r="T89" t="s">
+        <v>25</v>
+      </c>
+      <c r="U89" t="s">
         <v>1272</v>
       </c>
-      <c r="N89" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="V89" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="90" spans="1:22">
       <c r="A90" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C90" t="s">
         <v>1275</v>
       </c>
-      <c r="B90" t="s">
+      <c r="D90" t="s">
         <v>1276</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>1277</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
+        <v>25</v>
+      </c>
+      <c r="G90" t="s">
         <v>1278</v>
       </c>
-      <c r="E90" t="s">
+      <c r="H90" t="s">
+        <v>25</v>
+      </c>
+      <c r="I90" t="s">
         <v>1279</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="J90" t="s">
         <v>1280</v>
       </c>
-      <c r="H90" t="s">
-[...2 lines deleted...]
-      <c r="I90" t="s">
+      <c r="K90" t="s">
         <v>1281</v>
       </c>
-      <c r="J90" t="s">
+      <c r="L90" t="s">
         <v>1282</v>
       </c>
-      <c r="K90" t="s">
+      <c r="M90" t="s">
         <v>1283</v>
       </c>
-      <c r="L90" t="s">
+      <c r="N90" t="s">
         <v>1284</v>
       </c>
-      <c r="M90" t="s">
+      <c r="O90" t="s">
         <v>1285</v>
       </c>
-      <c r="N90" t="s">
+      <c r="P90" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q90" t="s">
         <v>1286</v>
       </c>
-      <c r="O90" t="s">
+      <c r="R90" t="s">
         <v>1287</v>
       </c>
-      <c r="P90" t="s">
-[...2 lines deleted...]
-      <c r="Q90" t="s">
+      <c r="S90" t="s">
         <v>1288</v>
       </c>
-      <c r="R90" t="s">
+      <c r="T90" t="s">
+        <v>25</v>
+      </c>
+      <c r="U90" t="s">
         <v>1289</v>
       </c>
-      <c r="S90" t="s">
+      <c r="V90" t="s">
         <v>1290</v>
-      </c>
-[...7 lines deleted...]
-        <v>1292</v>
       </c>
     </row>
     <row r="91" spans="1:22">
       <c r="A91" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C91" t="s">
         <v>1293</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
         <v>1294</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>1295</v>
       </c>
-      <c r="D91" t="s">
+      <c r="F91" t="s">
+        <v>25</v>
+      </c>
+      <c r="G91" t="s">
         <v>1296</v>
       </c>
-      <c r="E91" t="s">
+      <c r="H91" t="s">
+        <v>25</v>
+      </c>
+      <c r="I91" t="s">
         <v>1297</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="J91" t="s">
+        <v>1294</v>
+      </c>
+      <c r="K91" t="s">
         <v>1298</v>
       </c>
-      <c r="H91" t="s">
-[...2 lines deleted...]
-      <c r="I91" t="s">
+      <c r="L91" t="s">
+        <v>25</v>
+      </c>
+      <c r="M91" t="s">
         <v>1299</v>
       </c>
-      <c r="J91" t="s">
-[...8 lines deleted...]
-      <c r="M91" t="s">
+      <c r="N91" t="s">
+        <v>25</v>
+      </c>
+      <c r="O91" t="s">
         <v>1300</v>
       </c>
-      <c r="N91" t="s">
-[...2 lines deleted...]
-      <c r="O91" t="s">
+      <c r="P91" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q91" t="s">
         <v>1301</v>
       </c>
-      <c r="P91" t="s">
-[...2 lines deleted...]
-      <c r="Q91" t="s">
+      <c r="R91" t="s">
         <v>1302</v>
       </c>
-      <c r="R91" t="s">
+      <c r="S91" t="s">
+        <v>25</v>
+      </c>
+      <c r="T91" t="s">
+        <v>25</v>
+      </c>
+      <c r="U91" t="s">
         <v>1303</v>
-      </c>
-[...7 lines deleted...]
-        <v>1304</v>
       </c>
       <c r="V91" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:22">
       <c r="A92" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B92" t="s">
         <v>1305</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>1306</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>1307</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
+        <v>25</v>
+      </c>
+      <c r="F92" t="s">
+        <v>25</v>
+      </c>
+      <c r="G92" t="s">
+        <v>25</v>
+      </c>
+      <c r="H92" t="s">
+        <v>25</v>
+      </c>
+      <c r="I92" t="s">
         <v>1308</v>
       </c>
-      <c r="E92" t="s">
-[...11 lines deleted...]
-      <c r="I92" t="s">
+      <c r="J92" t="s">
         <v>1309</v>
       </c>
-      <c r="J92" t="s">
+      <c r="K92" t="s">
+        <v>25</v>
+      </c>
+      <c r="L92" t="s">
+        <v>25</v>
+      </c>
+      <c r="M92" t="s">
         <v>1310</v>
       </c>
-      <c r="K92" t="s">
-[...5 lines deleted...]
-      <c r="M92" t="s">
+      <c r="N92" t="s">
         <v>1311</v>
       </c>
-      <c r="N92" t="s">
+      <c r="O92" t="s">
         <v>1312</v>
       </c>
-      <c r="O92" t="s">
+      <c r="P92" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q92" t="s">
         <v>1313</v>
       </c>
-      <c r="P92" t="s">
-[...2 lines deleted...]
-      <c r="Q92" t="s">
+      <c r="R92" t="s">
         <v>1314</v>
       </c>
-      <c r="R92" t="s">
+      <c r="S92" t="s">
+        <v>25</v>
+      </c>
+      <c r="T92" t="s">
+        <v>25</v>
+      </c>
+      <c r="U92" t="s">
         <v>1315</v>
       </c>
-      <c r="S92" t="s">
-[...5 lines deleted...]
-      <c r="U92" t="s">
+      <c r="V92" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="93" spans="1:22">
       <c r="A93" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B93" t="s">
         <v>1318</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
         <v>1319</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>25</v>
+      </c>
+      <c r="E93" t="s">
+        <v>25</v>
+      </c>
+      <c r="F93" t="s">
+        <v>25</v>
+      </c>
+      <c r="G93" t="s">
+        <v>25</v>
+      </c>
+      <c r="H93" t="s">
+        <v>25</v>
+      </c>
+      <c r="I93" t="s">
         <v>1320</v>
       </c>
-      <c r="D93" t="s">
-[...14 lines deleted...]
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>25</v>
+      </c>
+      <c r="K93" t="s">
+        <v>25</v>
+      </c>
+      <c r="L93" t="s">
+        <v>25</v>
+      </c>
+      <c r="M93" t="s">
+        <v>25</v>
+      </c>
+      <c r="N93" t="s">
+        <v>25</v>
+      </c>
+      <c r="O93" t="s">
+        <v>25</v>
+      </c>
+      <c r="P93" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q93" t="s">
         <v>1321</v>
       </c>
-      <c r="J93" t="s">
-[...8 lines deleted...]
-      <c r="M93" t="s">
+      <c r="R93" t="s">
         <v>1322</v>
       </c>
-      <c r="N93" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S93" t="s">
         <v>25</v>
       </c>
       <c r="T93" t="s">
         <v>25</v>
       </c>
       <c r="U93" t="s">
-        <v>1325</v>
+        <v>25</v>
       </c>
       <c r="V93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:22">
       <c r="A94" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D94" t="s">
         <v>1326</v>
       </c>
-      <c r="B94" t="s">
+      <c r="E94" t="s">
         <v>1327</v>
       </c>
-      <c r="C94" t="s">
+      <c r="F94" t="s">
+        <v>25</v>
+      </c>
+      <c r="G94" t="s">
         <v>1328</v>
       </c>
-      <c r="D94" t="s">
+      <c r="H94" t="s">
         <v>1329</v>
       </c>
-      <c r="E94" t="s">
+      <c r="I94" t="s">
         <v>1330</v>
       </c>
-      <c r="F94" t="s">
-[...2 lines deleted...]
-      <c r="G94" t="s">
+      <c r="J94" t="s">
         <v>1331</v>
       </c>
-      <c r="H94" t="s">
+      <c r="K94" t="s">
         <v>1332</v>
       </c>
-      <c r="I94" t="s">
+      <c r="L94" t="s">
+        <v>25</v>
+      </c>
+      <c r="M94" t="s">
         <v>1333</v>
       </c>
-      <c r="J94" t="s">
+      <c r="N94" t="s">
         <v>1334</v>
       </c>
-      <c r="K94" t="s">
+      <c r="O94" t="s">
         <v>1335</v>
       </c>
-      <c r="L94" t="s">
-[...2 lines deleted...]
-      <c r="M94" t="s">
+      <c r="P94" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q94" t="s">
         <v>1336</v>
       </c>
-      <c r="N94" t="s">
+      <c r="R94" t="s">
         <v>1337</v>
       </c>
-      <c r="O94" t="s">
+      <c r="S94" t="s">
         <v>1338</v>
       </c>
-      <c r="P94" t="s">
-[...2 lines deleted...]
-      <c r="Q94" t="s">
+      <c r="T94" t="s">
+        <v>25</v>
+      </c>
+      <c r="U94" t="s">
         <v>1339</v>
       </c>
-      <c r="R94" t="s">
+      <c r="V94" t="s">
         <v>1340</v>
-      </c>
-[...10 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="95" spans="1:22">
       <c r="A95" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D95" t="s">
         <v>1344</v>
       </c>
-      <c r="B95" t="s">
+      <c r="E95" t="s">
         <v>1345</v>
       </c>
-      <c r="C95" t="s">
+      <c r="F95" t="s">
+        <v>25</v>
+      </c>
+      <c r="G95" t="s">
         <v>1346</v>
       </c>
-      <c r="D95" t="s">
+      <c r="H95" t="s">
+        <v>25</v>
+      </c>
+      <c r="I95" t="s">
         <v>1347</v>
       </c>
-      <c r="E95" t="s">
+      <c r="J95" t="s">
         <v>1348</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" t="s">
+      <c r="K95" t="s">
         <v>1349</v>
       </c>
-      <c r="H95" t="s">
-[...2 lines deleted...]
-      <c r="I95" t="s">
+      <c r="L95" t="s">
         <v>1350</v>
       </c>
-      <c r="J95" t="s">
+      <c r="M95" t="s">
         <v>1351</v>
       </c>
-      <c r="K95" t="s">
+      <c r="N95" t="s">
         <v>1352</v>
       </c>
-      <c r="L95" t="s">
+      <c r="O95" t="s">
         <v>1353</v>
       </c>
-      <c r="M95" t="s">
+      <c r="P95" t="s">
         <v>1354</v>
       </c>
-      <c r="N95" t="s">
+      <c r="Q95" t="s">
         <v>1355</v>
       </c>
-      <c r="O95" t="s">
+      <c r="R95" t="s">
         <v>1356</v>
       </c>
-      <c r="P95" t="s">
-[...2 lines deleted...]
-      <c r="Q95" t="s">
+      <c r="S95" t="s">
+        <v>25</v>
+      </c>
+      <c r="T95" t="s">
+        <v>25</v>
+      </c>
+      <c r="U95" t="s">
         <v>1357</v>
       </c>
-      <c r="R95" t="s">
+      <c r="V95" t="s">
         <v>1358</v>
-      </c>
-[...10 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="96" spans="1:22">
       <c r="A96" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C96" t="s">
         <v>1361</v>
       </c>
-      <c r="B96" t="s">
+      <c r="D96" t="s">
         <v>1362</v>
       </c>
-      <c r="C96" t="s">
+      <c r="E96" t="s">
+        <v>25</v>
+      </c>
+      <c r="F96" t="s">
+        <v>25</v>
+      </c>
+      <c r="G96" t="s">
         <v>1363</v>
       </c>
-      <c r="D96" t="s">
+      <c r="H96" t="s">
+        <v>25</v>
+      </c>
+      <c r="I96" t="s">
         <v>1364</v>
       </c>
-      <c r="E96" t="s">
-[...5 lines deleted...]
-      <c r="G96" t="s">
+      <c r="J96" t="s">
         <v>1365</v>
       </c>
-      <c r="H96" t="s">
-[...2 lines deleted...]
-      <c r="I96" t="s">
+      <c r="K96" t="s">
         <v>1366</v>
       </c>
-      <c r="J96" t="s">
+      <c r="L96" t="s">
+        <v>25</v>
+      </c>
+      <c r="M96" t="s">
         <v>1367</v>
       </c>
-      <c r="K96" t="s">
+      <c r="N96" t="s">
         <v>1368</v>
       </c>
-      <c r="L96" t="s">
-[...2 lines deleted...]
-      <c r="M96" t="s">
+      <c r="O96" t="s">
         <v>1369</v>
       </c>
-      <c r="N96" t="s">
+      <c r="P96" t="s">
         <v>1370</v>
       </c>
-      <c r="O96" t="s">
+      <c r="Q96" t="s">
         <v>1371</v>
       </c>
-      <c r="P96" t="s">
+      <c r="R96" t="s">
         <v>1372</v>
       </c>
-      <c r="Q96" t="s">
+      <c r="S96" t="s">
         <v>1373</v>
       </c>
-      <c r="R96" t="s">
+      <c r="T96" t="s">
+        <v>25</v>
+      </c>
+      <c r="U96" t="s">
         <v>1374</v>
       </c>
-      <c r="S96" t="s">
+      <c r="V96" t="s">
         <v>1375</v>
-      </c>
-[...7 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="97" spans="1:22">
       <c r="A97" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C97" t="s">
         <v>1378</v>
       </c>
-      <c r="B97" t="s">
+      <c r="D97" t="s">
         <v>1379</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" t="s">
+        <v>25</v>
+      </c>
+      <c r="F97" t="s">
+        <v>25</v>
+      </c>
+      <c r="G97" t="s">
         <v>1380</v>
       </c>
-      <c r="D97" t="s">
+      <c r="H97" t="s">
+        <v>25</v>
+      </c>
+      <c r="I97" t="s">
         <v>1381</v>
       </c>
-      <c r="E97" t="s">
-[...11 lines deleted...]
-      <c r="I97" t="s">
+      <c r="J97" t="s">
+        <v>1379</v>
+      </c>
+      <c r="K97" t="s">
         <v>1382</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>25</v>
       </c>
       <c r="M97" t="s">
         <v>1383</v>
       </c>
       <c r="N97" t="s">
         <v>25</v>
       </c>
       <c r="O97" t="s">
         <v>1384</v>
       </c>
       <c r="P97" t="s">
         <v>25</v>
       </c>
       <c r="Q97" t="s">
         <v>1385</v>
       </c>
       <c r="R97" t="s">
         <v>1386</v>
       </c>
       <c r="S97" t="s">
         <v>25</v>
       </c>