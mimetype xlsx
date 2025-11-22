--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -12,509 +12,557 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>อันดับ</t>
   </si>
   <si>
     <t>พิกัด 2 หลัก</t>
   </si>
   <si>
     <t>หมวดสินค้า</t>
   </si>
   <si>
+    <t>ก.ย. 2568</t>
+  </si>
+  <si>
     <t>ส.ค. 2568</t>
   </si>
   <si>
     <t>ก.ค. 2568</t>
   </si>
   <si>
     <t>มิ.ย. 2568</t>
   </si>
   <si>
     <t>พ.ค. 2568</t>
   </si>
   <si>
     <t>เม.ย. 2568</t>
   </si>
   <si>
     <t>มี.ค. 2568</t>
   </si>
   <si>
     <t>ก.พ. 2568</t>
   </si>
   <si>
     <t>ม.ค. 2568</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>ยานยนต์และส่วนประกอบ</t>
   </si>
   <si>
+    <t>1,428,617,050</t>
+  </si>
+  <si>
     <t>1,187,105,101</t>
   </si>
   <si>
     <t>1,295,480,441</t>
   </si>
   <si>
     <t>1,327,156,187</t>
   </si>
   <si>
     <t>1,291,168,554</t>
   </si>
   <si>
     <t>1,680,459,710</t>
   </si>
   <si>
     <t>1,642,632,835</t>
   </si>
   <si>
     <t>1,596,032,187</t>
   </si>
   <si>
     <t>1,579,258,280</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>เครื่องจักรไฟฟ้า เครื่องอุปกรณ์ไฟฟ้า และส่วนประกอบ</t>
   </si>
   <si>
+    <t>977,736,459</t>
+  </si>
+  <si>
     <t>931,024,407</t>
   </si>
   <si>
     <t>961,594,929</t>
   </si>
   <si>
     <t>933,908,888</t>
   </si>
   <si>
     <t>891,653,632</t>
   </si>
   <si>
     <t>944,785,185</t>
   </si>
   <si>
     <t>880,529,944</t>
   </si>
   <si>
     <t>795,449,146</t>
   </si>
   <si>
     <t>902,917,023</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>ผลิตภัณฑ์ทางเภสัชสัชกรรม</t>
   </si>
   <si>
+    <t>667,043,513</t>
+  </si>
+  <si>
     <t>527,122,626</t>
   </si>
   <si>
     <t>626,879,335</t>
   </si>
   <si>
     <t>690,081,961</t>
   </si>
   <si>
     <t>619,574,307</t>
   </si>
   <si>
     <t>547,266,292</t>
   </si>
   <si>
     <t>591,901,707</t>
   </si>
   <si>
     <t>466,715,506</t>
   </si>
   <si>
     <t>699,546,530</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>เครื่องจักร เครื่องใช้กล และส่วนประกอบ</t>
   </si>
   <si>
+    <t>526,378,422</t>
+  </si>
+  <si>
     <t>525,320,451</t>
   </si>
   <si>
     <t>553,679,571</t>
   </si>
   <si>
     <t>627,001,351</t>
   </si>
   <si>
     <t>594,006,533</t>
   </si>
   <si>
     <t>620,501,751</t>
   </si>
   <si>
     <t>592,105,319</t>
   </si>
   <si>
     <t>574,659,562</t>
   </si>
   <si>
     <t>591,848,946</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>เครื่องหอม เครื่องสำอางหรือสิ่งปรุงแต่งสำหรับประทินร่างกาย</t>
   </si>
   <si>
+    <t>359,996,341</t>
+  </si>
+  <si>
     <t>352,772,185</t>
   </si>
   <si>
     <t>374,626,739</t>
   </si>
   <si>
     <t>419,221,927</t>
   </si>
   <si>
     <t>352,320,737</t>
   </si>
   <si>
     <t>403,275,606</t>
   </si>
   <si>
     <t>418,831,915</t>
   </si>
   <si>
     <t>376,069,571</t>
   </si>
   <si>
     <t>383,197,762</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>พลาสติกและของที่ทำด้วยพลาสติก</t>
   </si>
   <si>
+    <t>354,851,387</t>
+  </si>
+  <si>
     <t>345,832,848</t>
   </si>
   <si>
     <t>404,307,071</t>
   </si>
   <si>
     <t>361,422,499</t>
   </si>
   <si>
     <t>373,702,127</t>
   </si>
   <si>
     <t>328,680,291</t>
   </si>
   <si>
     <t>329,461,882</t>
   </si>
   <si>
     <t>296,086,720</t>
   </si>
   <si>
     <t>375,462,004</t>
   </si>
   <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>ของทำด้วยเหล็กหรือเหล็กกล้า</t>
+  </si>
+  <si>
+    <t>308,805,604</t>
+  </si>
+  <si>
+    <t>310,323,307</t>
+  </si>
+  <si>
+    <t>328,213,434</t>
+  </si>
+  <si>
+    <t>351,731,838</t>
+  </si>
+  <si>
+    <t>321,378,339</t>
+  </si>
+  <si>
+    <t>308,961,661</t>
+  </si>
+  <si>
+    <t>296,555,452</t>
+  </si>
+  <si>
+    <t>261,044,590</t>
+  </si>
+  <si>
+    <t>307,004,804</t>
+  </si>
+  <si>
     <t>62</t>
   </si>
   <si>
     <t>เครื่องแต่งกายและส่วนประกอบ ไม่ได้ถักแบบนิตหรือแบบโครเชต์</t>
   </si>
   <si>
+    <t>284,363,864</t>
+  </si>
+  <si>
     <t>312,244,112</t>
   </si>
   <si>
     <t>311,821,254</t>
   </si>
   <si>
     <t>295,437,439</t>
   </si>
   <si>
     <t>294,171,062</t>
   </si>
   <si>
     <t>293,743,068</t>
   </si>
   <si>
     <t>336,360,915</t>
   </si>
   <si>
     <t>305,610,860</t>
   </si>
   <si>
     <t>276,125,347</t>
   </si>
   <si>
-    <t>73</t>
-[...26 lines deleted...]
-    <t>307,004,804</t>
+    <t>07</t>
+  </si>
+  <si>
+    <t>พืชผักรวมทั้งรากและหัวบางชนิดที่บริโภคได้</t>
+  </si>
+  <si>
+    <t>245,216,293</t>
+  </si>
+  <si>
+    <t>174,628,102</t>
+  </si>
+  <si>
+    <t>189,099,265</t>
+  </si>
+  <si>
+    <t>181,005,857</t>
+  </si>
+  <si>
+    <t>147,083,494</t>
+  </si>
+  <si>
+    <t>143,409,582</t>
+  </si>
+  <si>
+    <t>146,902,216</t>
+  </si>
+  <si>
+    <t>276,939,574</t>
+  </si>
+  <si>
+    <t>126,710,223</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>เครื่องหนัง</t>
+  </si>
+  <si>
+    <t>214,968,061</t>
+  </si>
+  <si>
+    <t>215,899,153</t>
+  </si>
+  <si>
+    <t>250,493,092</t>
+  </si>
+  <si>
+    <t>210,700,853</t>
+  </si>
+  <si>
+    <t>234,646,446</t>
+  </si>
+  <si>
+    <t>227,341,179</t>
+  </si>
+  <si>
+    <t>247,787,278</t>
+  </si>
+  <si>
+    <t>263,643,619</t>
+  </si>
+  <si>
+    <t>276,508,128</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>เครื่องแต่งกายและส่วนประกอบ ถักแบบนิตหรือแบบโครเชต์</t>
+  </si>
+  <si>
+    <t>205,950,591</t>
+  </si>
+  <si>
+    <t>228,578,978</t>
+  </si>
+  <si>
+    <t>213,924,807</t>
+  </si>
+  <si>
+    <t>189,125,025</t>
+  </si>
+  <si>
+    <t>186,166,851</t>
+  </si>
+  <si>
+    <t>192,835,310</t>
+  </si>
+  <si>
+    <t>211,405,912</t>
+  </si>
+  <si>
+    <t>225,188,640</t>
+  </si>
+  <si>
+    <t>208,536,804</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>อาหารสัตว์(กากและเศษที่เหลือจากอุตสาหกรรมผลิตอาหาร)</t>
   </si>
   <si>
+    <t>200,830,061</t>
+  </si>
+  <si>
     <t>251,101,378</t>
   </si>
   <si>
     <t>196,142,112</t>
   </si>
   <si>
     <t>211,691,389</t>
   </si>
   <si>
     <t>190,362,384</t>
   </si>
   <si>
     <t>192,455,229</t>
   </si>
   <si>
     <t>191,606,981</t>
   </si>
   <si>
     <t>159,384,687</t>
   </si>
   <si>
     <t>205,267,874</t>
   </si>
   <si>
-    <t>61</t>
-[...58 lines deleted...]
-  <si>
     <t>64</t>
   </si>
   <si>
     <t>รองเท้า</t>
   </si>
   <si>
+    <t>177,079,469</t>
+  </si>
+  <si>
     <t>177,050,166</t>
   </si>
   <si>
     <t>193,490,545</t>
   </si>
   <si>
     <t>186,172,785</t>
   </si>
   <si>
     <t>212,047,997</t>
   </si>
   <si>
     <t>215,602,580</t>
   </si>
   <si>
     <t>198,249,754</t>
   </si>
   <si>
     <t>193,328,009</t>
   </si>
   <si>
     <t>201,822,681</t>
   </si>
   <si>
-    <t>07</t>
-[...56 lines deleted...]
-    <t>80,321,674</t>
+    <t>90</t>
+  </si>
+  <si>
+    <t>เครื่องมือและอุปกรณ์ที่ใช้ในทางทัศนศาสตร์,การแพทย์,การถ่ายรูป,การวัด,การตรวจสอบ</t>
+  </si>
+  <si>
+    <t>138,071,374</t>
+  </si>
+  <si>
+    <t>121,181,014</t>
+  </si>
+  <si>
+    <t>137,809,894</t>
+  </si>
+  <si>
+    <t>134,995,436</t>
+  </si>
+  <si>
+    <t>137,813,371</t>
+  </si>
+  <si>
+    <t>121,798,504</t>
+  </si>
+  <si>
+    <t>140,199,406</t>
+  </si>
+  <si>
+    <t>130,469,406</t>
+  </si>
+  <si>
+    <t>133,078,195</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>กาแฟ ชา ชามาเต้ และเครื่องเทศ</t>
+  </si>
+  <si>
+    <t>129,909,071</t>
   </si>
   <si>
     <t>148,203,251</t>
   </si>
   <si>
     <t>113,345,353</t>
   </si>
   <si>
     <t>92,053,438</t>
   </si>
   <si>
     <t>100,617,285</t>
   </si>
   <si>
     <t>104,764,352</t>
   </si>
   <si>
     <t>111,426,341</t>
   </si>
   <si>
     <t>96,877,599</t>
   </si>
   <si>
     <t>93,759,064</t>
   </si>
@@ -860,629 +908,678 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K16"/>
+  <dimension ref="A1:L16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K1" sqref="K1"/>
+      <selection activeCell="L1" sqref="L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554443" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.262695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11">
+    <row r="1" spans="1:12">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="2" spans="1:11">
+    <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="L2" t="s">
+        <v>22</v>
       </c>
     </row>
-    <row r="3" spans="1:11">
+    <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
       </c>
     </row>
-    <row r="4" spans="1:11">
+    <row r="4" spans="1:12">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>40</v>
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:11">
+    <row r="5" spans="1:12">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:11">
+    <row r="6" spans="1:12">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>60</v>
+        <v>65</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:11">
+    <row r="7" spans="1:12">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F7" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="I7" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="K7" t="s">
-        <v>70</v>
+        <v>76</v>
+      </c>
+      <c r="L7" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="8" spans="1:11">
+    <row r="8" spans="1:12">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="I8" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="J8" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="K8" t="s">
-        <v>80</v>
+        <v>87</v>
+      </c>
+      <c r="L8" t="s">
+        <v>88</v>
       </c>
     </row>
-    <row r="9" spans="1:11">
+    <row r="9" spans="1:12">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="E9" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="F9" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="G9" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="H9" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="I9" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="J9" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="K9" t="s">
-        <v>90</v>
+        <v>98</v>
+      </c>
+      <c r="L9" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="10" spans="1:11">
+    <row r="10" spans="1:12">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C10" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="D10" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E10" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="F10" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="G10" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="H10" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="I10" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="J10" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K10" t="s">
-        <v>100</v>
+        <v>109</v>
+      </c>
+      <c r="L10" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="11" spans="1:11">
+    <row r="11" spans="1:12">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="E11" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="F11" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G11" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="H11" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="I11" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="J11" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="K11" t="s">
-        <v>110</v>
+        <v>120</v>
+      </c>
+      <c r="L11" t="s">
+        <v>121</v>
       </c>
     </row>
-    <row r="12" spans="1:11">
+    <row r="12" spans="1:12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="D12" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="F12" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="G12" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="H12" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="I12" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="J12" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="K12" t="s">
-        <v>120</v>
+        <v>131</v>
+      </c>
+      <c r="L12" t="s">
+        <v>132</v>
       </c>
     </row>
-    <row r="13" spans="1:11">
+    <row r="13" spans="1:12">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="C13" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="D13" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="E13" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="F13" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="G13" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="H13" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="I13" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="J13" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="K13" t="s">
-        <v>130</v>
+        <v>142</v>
+      </c>
+      <c r="L13" t="s">
+        <v>143</v>
       </c>
     </row>
-    <row r="14" spans="1:11">
+    <row r="14" spans="1:12">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="C14" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="D14" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="E14" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="F14" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="G14" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="H14" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="I14" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="J14" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="K14" t="s">
-        <v>140</v>
+        <v>153</v>
+      </c>
+      <c r="L14" t="s">
+        <v>154</v>
       </c>
     </row>
-    <row r="15" spans="1:11">
+    <row r="15" spans="1:12">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="C15" t="s">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="D15" t="s">
-        <v>143</v>
+        <v>157</v>
       </c>
       <c r="E15" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="F15" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="G15" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="H15" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="I15" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="J15" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="K15" t="s">
-        <v>150</v>
+        <v>164</v>
+      </c>
+      <c r="L15" t="s">
+        <v>165</v>
       </c>
     </row>
-    <row r="16" spans="1:11">
+    <row r="16" spans="1:12">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="C16" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="D16" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="E16" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="G16" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="H16" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="I16" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="J16" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="K16" t="s">
-        <v>160</v>
+        <v>175</v>
+      </c>
+      <c r="L16" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">