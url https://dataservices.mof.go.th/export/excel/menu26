--- v0 (2025-11-28)
+++ v1 (2026-03-17)
@@ -12,2693 +12,2681 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="881">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>กรีซ</t>
   </si>
   <si>
-    <t>232,897,157</t>
-[...5 lines deleted...]
-    <t>220,440,362</t>
+    <t>156,928,006</t>
+  </si>
+  <si>
+    <t>176,267,924</t>
+  </si>
+  <si>
+    <t>139,586,294</t>
   </si>
   <si>
     <t>กรีนแลนด์</t>
   </si>
   <si>
-    <t>9,544,692</t>
-[...5 lines deleted...]
-    <t>13,099,537</t>
+    <t>2,182,711</t>
+  </si>
+  <si>
+    <t>86,028</t>
+  </si>
+  <si>
+    <t>5,472,418</t>
   </si>
   <si>
     <t>กวม</t>
   </si>
   <si>
-    <t>787,372</t>
-[...5 lines deleted...]
-    <t>914,499</t>
+    <t>144,407</t>
+  </si>
+  <si>
+    <t>376,939</t>
+  </si>
+  <si>
+    <t>1,296,298</t>
   </si>
   <si>
     <t>กัมพูชา</t>
   </si>
   <si>
-    <t>1,737,123,991</t>
-[...5 lines deleted...]
-    <t>1,590,515,154</t>
+    <t>2,233,739,357</t>
+  </si>
+  <si>
+    <t>2,168,748,540</t>
+  </si>
+  <si>
+    <t>1,557,906,897</t>
   </si>
   <si>
     <t>กัวเดอลุป</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>203</t>
-[...2 lines deleted...]
-    <t>3,701</t>
+    <t>3,991</t>
+  </si>
+  <si>
+    <t>74</t>
   </si>
   <si>
     <t>กัวเตมาลา</t>
   </si>
   <si>
-    <t>42,683,675</t>
-[...5 lines deleted...]
-    <t>39,923,309</t>
+    <t>66,696,672</t>
+  </si>
+  <si>
+    <t>60,476,933</t>
+  </si>
+  <si>
+    <t>64,882,966</t>
   </si>
   <si>
     <t>กาตาร์</t>
   </si>
   <si>
-    <t>7,269,585,234</t>
-[...5 lines deleted...]
-    <t>9,945,999,657</t>
+    <t>8,171,012,046</t>
+  </si>
+  <si>
+    <t>6,277,332,324</t>
+  </si>
+  <si>
+    <t>6,529,399,558</t>
   </si>
   <si>
     <t>กานา</t>
   </si>
   <si>
-    <t>34,059,689</t>
-[...5 lines deleted...]
-    <t>56,978</t>
+    <t>37,053,929</t>
+  </si>
+  <si>
+    <t>23,625,959</t>
+  </si>
+  <si>
+    <t>2,256,471</t>
   </si>
   <si>
     <t>กาบอง</t>
   </si>
   <si>
-    <t>1,776,676,376</t>
-[...5 lines deleted...]
-    <t>4,975,683</t>
+    <t>6,652,909</t>
+  </si>
+  <si>
+    <t>4,872</t>
+  </si>
+  <si>
+    <t>4,069,394</t>
   </si>
   <si>
     <t>กายอานา</t>
   </si>
   <si>
-    <t>290,604</t>
-[...5 lines deleted...]
-    <t>9,172,758</t>
+    <t>5,393,084</t>
+  </si>
+  <si>
+    <t>10,218,061</t>
+  </si>
+  <si>
+    <t>4,705,178</t>
   </si>
   <si>
     <t>กินี</t>
   </si>
   <si>
-    <t>449,090</t>
-[...5 lines deleted...]
-    <t>2,680,671</t>
+    <t>2,160,231</t>
+  </si>
+  <si>
+    <t>1,838,878</t>
+  </si>
+  <si>
+    <t>1,310,014</t>
   </si>
   <si>
     <t>กินี-บิสเซา</t>
   </si>
   <si>
-    <t>118</t>
-[...5 lines deleted...]
-    <t>1,543,958</t>
+    <t>1,622,256</t>
+  </si>
+  <si>
+    <t>489</t>
   </si>
   <si>
     <t>กือราเซา</t>
   </si>
   <si>
-    <t>173,110</t>
+    <t>66,009</t>
+  </si>
+  <si>
+    <t>125,274</t>
   </si>
   <si>
     <t>เกรเนดา</t>
   </si>
   <si>
-    <t>1,042</t>
-[...5 lines deleted...]
-    <t>489</t>
+    <t>259</t>
+  </si>
+  <si>
+    <t>942,985</t>
+  </si>
+  <si>
+    <t>98</t>
   </si>
   <si>
     <t>เกาะคริสต์มาส</t>
   </si>
   <si>
-    <t>479,773</t>
+    <t>1,000</t>
+  </si>
+  <si>
+    <t>16,548</t>
   </si>
   <si>
     <t>เกาะเล็กรอบนอกของสหรัฐอเมริกา</t>
   </si>
   <si>
-    <t>7,460</t>
+    <t>11,962</t>
+  </si>
+  <si>
+    <t>เกาะวาลิสและฟูตูนา</t>
+  </si>
+  <si>
+    <t>92,554</t>
   </si>
   <si>
     <t>เกิร์นซีย์</t>
   </si>
   <si>
-    <t>472,702</t>
-[...2 lines deleted...]
-    <t>10,030,352</t>
+    <t>33</t>
   </si>
   <si>
     <t>แกมเบีย</t>
   </si>
   <si>
-    <t>1,712,148</t>
-[...5 lines deleted...]
-    <t>293</t>
+    <t>1,754,828</t>
+  </si>
+  <si>
+    <t>1,547,749</t>
+  </si>
+  <si>
+    <t>3,777,998</t>
   </si>
   <si>
     <t>โกตดิวัวร์</t>
   </si>
   <si>
-    <t>243,401</t>
-[...5 lines deleted...]
-    <t>860,307</t>
+    <t>3,948</t>
+  </si>
+  <si>
+    <t>2,847,511</t>
+  </si>
+  <si>
+    <t>1,702,689</t>
   </si>
   <si>
     <t>คองโก</t>
   </si>
   <si>
-    <t>1,433,413,611</t>
-[...5 lines deleted...]
-    <t>216,424,592</t>
+    <t>279,735,860</t>
+  </si>
+  <si>
+    <t>2,278,541,042</t>
+  </si>
+  <si>
+    <t>234,729,173</t>
   </si>
   <si>
     <t>คอสตาริกา</t>
   </si>
   <si>
-    <t>216,151,876</t>
-[...5 lines deleted...]
-    <t>222,166,251</t>
+    <t>199,585,467</t>
+  </si>
+  <si>
+    <t>205,836,840</t>
+  </si>
+  <si>
+    <t>193,536,919</t>
   </si>
   <si>
     <t>คาซัคสถาน</t>
   </si>
   <si>
-    <t>3,268,072</t>
-[...5 lines deleted...]
-    <t>110,647,821</t>
+    <t>26,444,209</t>
+  </si>
+  <si>
+    <t>25,531,971</t>
+  </si>
+  <si>
+    <t>106,150,519</t>
   </si>
   <si>
     <t>คิริบาส</t>
   </si>
   <si>
-    <t>191,788,512</t>
-[...5 lines deleted...]
-    <t>79,662,819</t>
+    <t>128,542,078</t>
+  </si>
+  <si>
+    <t>95,901,467</t>
+  </si>
+  <si>
+    <t>149,507,855</t>
   </si>
   <si>
     <t>คิวบา</t>
   </si>
   <si>
-    <t>6,777,213</t>
-[...5 lines deleted...]
-    <t>14,299,675</t>
+    <t>10,963,504</t>
+  </si>
+  <si>
+    <t>18,044,860</t>
+  </si>
+  <si>
+    <t>17,439,068</t>
   </si>
   <si>
     <t>คีร์กีซสถาน</t>
   </si>
   <si>
-    <t>424,939</t>
-[...5 lines deleted...]
-    <t>897,728</t>
+    <t>124,222</t>
+  </si>
+  <si>
+    <t>236,784</t>
+  </si>
+  <si>
+    <t>2,854,505</t>
   </si>
   <si>
     <t>คูเวต</t>
   </si>
   <si>
-    <t>1,549,291,839</t>
-[...5 lines deleted...]
-    <t>1,155,937,414</t>
+    <t>1,501,680,797</t>
+  </si>
+  <si>
+    <t>2,614,019,081</t>
+  </si>
+  <si>
+    <t>719,393,862</t>
   </si>
   <si>
     <t>เคนยา</t>
   </si>
   <si>
-    <t>117,370,004</t>
-[...5 lines deleted...]
-    <t>59,885,613</t>
+    <t>87,494,842</t>
+  </si>
+  <si>
+    <t>97,107,105</t>
+  </si>
+  <si>
+    <t>76,143,470</t>
   </si>
   <si>
     <t>เคปเวิร์ด</t>
   </si>
   <si>
-    <t>3,935</t>
+    <t>7,136</t>
+  </si>
+  <si>
+    <t>2,766</t>
   </si>
   <si>
     <t>แคนาดา</t>
   </si>
   <si>
-    <t>2,168,202,790</t>
-[...5 lines deleted...]
-    <t>4,128,476,399</t>
+    <t>3,158,209,129</t>
+  </si>
+  <si>
+    <t>2,925,025,263</t>
+  </si>
+  <si>
+    <t>3,456,326,175</t>
   </si>
   <si>
     <t>แคเมอรูน</t>
   </si>
   <si>
-    <t>1,467,390,052</t>
-[...5 lines deleted...]
-    <t>284,406,113</t>
+    <t>4,220,302</t>
+  </si>
+  <si>
+    <t>9,410,883</t>
+  </si>
+  <si>
+    <t>1,323,856,121</t>
   </si>
   <si>
     <t>โครเอเชีย</t>
   </si>
   <si>
-    <t>73,714,579</t>
-[...5 lines deleted...]
-    <t>19,142,247</t>
+    <t>102,672,936</t>
+  </si>
+  <si>
+    <t>16,197,622</t>
+  </si>
+  <si>
+    <t>27,993,635</t>
   </si>
   <si>
     <t>โคลอมเบีย</t>
   </si>
   <si>
-    <t>696,415,993</t>
-[...5 lines deleted...]
-    <t>196,395,743</t>
+    <t>190,781,823</t>
+  </si>
+  <si>
+    <t>301,056,122</t>
+  </si>
+  <si>
+    <t>356,432,155</t>
   </si>
   <si>
     <t>จอร์เจีย</t>
   </si>
   <si>
-    <t>3,669,443</t>
-[...5 lines deleted...]
-    <t>20,533,149</t>
+    <t>19,036,147</t>
+  </si>
+  <si>
+    <t>3,771,629</t>
+  </si>
+  <si>
+    <t>9,848,196</t>
   </si>
   <si>
     <t>จอร์แดน</t>
   </si>
   <si>
-    <t>158,049,852</t>
-[...5 lines deleted...]
-    <t>20,541,995</t>
+    <t>163,886,888</t>
+  </si>
+  <si>
+    <t>50,285,784</t>
+  </si>
+  <si>
+    <t>18,624,652</t>
   </si>
   <si>
     <t>จาเมกา</t>
   </si>
   <si>
-    <t>11,840,077</t>
-[...14 lines deleted...]
-    <t>14,964</t>
+    <t>5,410,224</t>
+  </si>
+  <si>
+    <t>12,717,631</t>
+  </si>
+  <si>
+    <t>9,077,299</t>
   </si>
   <si>
     <t>จีน</t>
   </si>
   <si>
-    <t>308,658,834,208</t>
-[...5 lines deleted...]
-    <t>317,333,807,573</t>
+    <t>335,243,475,362</t>
+  </si>
+  <si>
+    <t>338,511,169,358</t>
+  </si>
+  <si>
+    <t>310,384,237,593</t>
   </si>
   <si>
     <t>เจอร์ซีย์</t>
   </si>
   <si>
-    <t>13,000</t>
-[...5 lines deleted...]
-    <t>29,186</t>
+    <t>39,008</t>
+  </si>
+  <si>
+    <t>15,020</t>
+  </si>
+  <si>
+    <t>3,684</t>
   </si>
   <si>
     <t>ชาด</t>
   </si>
   <si>
-    <t>47,911,380</t>
-[...5 lines deleted...]
-    <t>816</t>
+    <t>2,948</t>
+  </si>
+  <si>
+    <t>5,907,610</t>
   </si>
   <si>
     <t>ชิลี</t>
   </si>
   <si>
-    <t>1,379,785,206</t>
-[...5 lines deleted...]
-    <t>1,254,313,229</t>
+    <t>2,126,616,218</t>
+  </si>
+  <si>
+    <t>2,392,359,809</t>
+  </si>
+  <si>
+    <t>3,345,031,743</t>
   </si>
   <si>
     <t>ซานมารีโน</t>
   </si>
   <si>
-    <t>1,172,038</t>
-[...5 lines deleted...]
-    <t>984,568</t>
+    <t>109,104</t>
+  </si>
+  <si>
+    <t>297,021</t>
+  </si>
+  <si>
+    <t>1,601,967</t>
   </si>
   <si>
     <t>ซามัว</t>
   </si>
   <si>
-    <t>410,517</t>
-[...8 lines deleted...]
-    <t>4,746</t>
+    <t>630,973</t>
+  </si>
+  <si>
+    <t>357,647</t>
+  </si>
+  <si>
+    <t>401,609</t>
   </si>
   <si>
     <t>ซาอุดีอาระเบีย</t>
   </si>
   <si>
-    <t>19,671,046,380</t>
-[...5 lines deleted...]
-    <t>7,770,996,048</t>
+    <t>17,167,454,833</t>
+  </si>
+  <si>
+    <t>7,545,182,313</t>
+  </si>
+  <si>
+    <t>13,795,517,884</t>
   </si>
   <si>
     <t>ซิมบับเว</t>
   </si>
   <si>
-    <t>4,931,865</t>
-[...5 lines deleted...]
-    <t>14,228,545</t>
+    <t>6,203,467</t>
+  </si>
+  <si>
+    <t>2,572,239</t>
+  </si>
+  <si>
+    <t>1,346,044</t>
   </si>
   <si>
     <t>ซูดาน</t>
   </si>
   <si>
-    <t>3,321</t>
+    <t>88</t>
+  </si>
+  <si>
+    <t>5,387,228</t>
+  </si>
+  <si>
+    <t>46</t>
   </si>
   <si>
     <t>ซูดานใต้ / เซาท์ซูดาน</t>
   </si>
   <si>
-    <t>235,628,841</t>
-[...5 lines deleted...]
-    <t>1,021</t>
+    <t>211</t>
   </si>
   <si>
     <t>ซูรินาม</t>
   </si>
   <si>
-    <t>4,459,660</t>
-[...5 lines deleted...]
-    <t>1,368,858</t>
+    <t>289,871</t>
+  </si>
+  <si>
+    <t>3,232,164</t>
+  </si>
+  <si>
+    <t>100,358</t>
   </si>
   <si>
     <t>เซเชลส์</t>
   </si>
   <si>
-    <t>3,053,587</t>
-[...5 lines deleted...]
-    <t>3,002,625</t>
+    <t>589,175,165</t>
+  </si>
+  <si>
+    <t>256,525,045</t>
+  </si>
+  <si>
+    <t>95,500,981</t>
   </si>
   <si>
     <t>เซนต์คิตส์และเนวิส</t>
   </si>
   <si>
-    <t>145</t>
-[...5 lines deleted...]
-    <t>283,922</t>
+    <t>150</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>1,092</t>
   </si>
   <si>
     <t>เซนต์ลูเชีย</t>
   </si>
   <si>
-    <t>768,962</t>
-[...5 lines deleted...]
-    <t>701,274</t>
+    <t>1,069,635</t>
+  </si>
+  <si>
+    <t>1,725,289</t>
+  </si>
+  <si>
+    <t>680,338</t>
   </si>
   <si>
     <t>เซนต์วินเซนต์และเกรนาดีนส์</t>
   </si>
   <si>
-    <t>349</t>
-[...2 lines deleted...]
-    <t>3,266</t>
+    <t>3,493</t>
   </si>
   <si>
     <t>เซเนกัล</t>
   </si>
   <si>
-    <t>90,482,069</t>
-[...5 lines deleted...]
-    <t>2,689,169</t>
+    <t>64,910,722</t>
+  </si>
+  <si>
+    <t>92,366,439</t>
+  </si>
+  <si>
+    <t>7,803,740</t>
   </si>
   <si>
     <t>เซอร์เบีย</t>
   </si>
   <si>
-    <t>44,441,982</t>
-[...5 lines deleted...]
-    <t>48,592,099</t>
+    <t>32,094,864</t>
+  </si>
+  <si>
+    <t>23,642,811</t>
+  </si>
+  <si>
+    <t>27,955,256</t>
   </si>
   <si>
     <t>เซาตูเมและปรินซีปี</t>
   </si>
   <si>
-    <t>999</t>
+    <t>713,762</t>
+  </si>
+  <si>
+    <t>304</t>
   </si>
   <si>
     <t>เซียร์ราลีโอน</t>
   </si>
   <si>
-    <t>30,312,675</t>
-[...5 lines deleted...]
-    <t>334,225</t>
+    <t>1,051,573</t>
+  </si>
+  <si>
+    <t>254,010</t>
+  </si>
+  <si>
+    <t>1,531,433</t>
   </si>
   <si>
     <t>แซ็ง-บาร์เตเลมี</t>
   </si>
   <si>
-    <t>142</t>
+    <t>66,864</t>
   </si>
   <si>
     <t>แซ็ง-มาร์แต็ง</t>
   </si>
   <si>
-    <t>8,773</t>
-[...2 lines deleted...]
-    <t>8,664</t>
+    <t>1,241</t>
+  </si>
+  <si>
+    <t>14,166</t>
+  </si>
+  <si>
+    <t>1,315</t>
   </si>
   <si>
     <t>แซมเบีย</t>
   </si>
   <si>
-    <t>516,452,982</t>
-[...5 lines deleted...]
-    <t>233,111,369</t>
+    <t>44,811,505</t>
+  </si>
+  <si>
+    <t>236,659,816</t>
+  </si>
+  <si>
+    <t>433,381,501</t>
   </si>
   <si>
     <t>โซมาเลีย</t>
   </si>
   <si>
-    <t>1,194,432</t>
-[...5 lines deleted...]
-    <t>2,075,515</t>
+    <t>2,458,739</t>
+  </si>
+  <si>
+    <t>6,505,526</t>
+  </si>
+  <si>
+    <t>2,601,360</t>
   </si>
   <si>
     <t>ไซปรัส</t>
   </si>
   <si>
-    <t>5,336,918</t>
-[...5 lines deleted...]
-    <t>3,636,519</t>
+    <t>24,096,309</t>
+  </si>
+  <si>
+    <t>5,915,200</t>
+  </si>
+  <si>
+    <t>10,518,997</t>
   </si>
   <si>
     <t>ญี่ปุ่น</t>
   </si>
   <si>
-    <t>81,135,838,949</t>
-[...5 lines deleted...]
-    <t>84,760,435,479</t>
+    <t>77,654,677,881</t>
+  </si>
+  <si>
+    <t>82,541,145,680</t>
+  </si>
+  <si>
+    <t>79,801,767,097</t>
   </si>
   <si>
     <t>ดอมินีกา</t>
   </si>
   <si>
-    <t>2,063,398</t>
-[...5 lines deleted...]
-    <t>45,946</t>
+    <t>1,560,275</t>
+  </si>
+  <si>
+    <t>255,756</t>
+  </si>
+  <si>
+    <t>252,683</t>
   </si>
   <si>
     <t>เดนมาร์ก</t>
   </si>
   <si>
-    <t>1,166,981,694</t>
-[...5 lines deleted...]
-    <t>1,060,361,714</t>
+    <t>1,056,758,204</t>
+  </si>
+  <si>
+    <t>936,974,924</t>
+  </si>
+  <si>
+    <t>1,067,420,249</t>
   </si>
   <si>
     <t>ตรินิแดดและโตเบโก</t>
   </si>
   <si>
-    <t>4,298,626</t>
-[...5 lines deleted...]
-    <t>2,398,982</t>
+    <t>4,131,209</t>
+  </si>
+  <si>
+    <t>7,338,057</t>
+  </si>
+  <si>
+    <t>17,072,294</t>
   </si>
   <si>
     <t>ตองกา / ตองงา</t>
   </si>
   <si>
-    <t>11,977</t>
+    <t>302</t>
   </si>
   <si>
     <t>ติมอร์-เลสเต</t>
   </si>
   <si>
-    <t>615,274</t>
-[...5 lines deleted...]
-    <t>356,084</t>
+    <t>745,969</t>
+  </si>
+  <si>
+    <t>121,438</t>
+  </si>
+  <si>
+    <t>749,218</t>
   </si>
   <si>
     <t>ตุรกี</t>
   </si>
   <si>
-    <t>1,318,731,895</t>
-[...5 lines deleted...]
-    <t>1,086,236,254</t>
+    <t>867,553,894</t>
+  </si>
+  <si>
+    <t>981,179,909</t>
+  </si>
+  <si>
+    <t>992,905,564</t>
   </si>
   <si>
     <t>ตูนิเซีย</t>
   </si>
   <si>
-    <t>72,760,029</t>
-[...5 lines deleted...]
-    <t>543,193,628</t>
+    <t>96,121,001</t>
+  </si>
+  <si>
+    <t>95,287,695</t>
+  </si>
+  <si>
+    <t>63,575,856</t>
   </si>
   <si>
     <t>ตูวาลู</t>
   </si>
   <si>
-    <t>199,673,197</t>
-[...5 lines deleted...]
-    <t>102,937,630</t>
+    <t>151,860,217</t>
+  </si>
+  <si>
+    <t>22,107,145</t>
+  </si>
+  <si>
+    <t>93,440,063</t>
   </si>
   <si>
     <t>เติร์กเมนิสถาน</t>
   </si>
   <si>
-    <t>452,758</t>
-[...2 lines deleted...]
-    <t>48,487</t>
+    <t>988,794</t>
+  </si>
+  <si>
+    <t>131,859</t>
+  </si>
+  <si>
+    <t>483,746</t>
   </si>
   <si>
     <t>โตโก</t>
   </si>
   <si>
-    <t>438</t>
-[...5 lines deleted...]
-    <t>6,139,377</t>
+    <t>12,681,117</t>
+  </si>
+  <si>
+    <t>12,769,989</t>
+  </si>
+  <si>
+    <t>5,457,517</t>
   </si>
   <si>
     <t>ไต้หวัน, สาธารณรัฐจีน</t>
   </si>
   <si>
-    <t>101,576,746,484</t>
-[...5 lines deleted...]
-    <t>47,518,200,515</t>
+    <t>156,094,274,426</t>
+  </si>
+  <si>
+    <t>67,431,086,155</t>
+  </si>
+  <si>
+    <t>112,391,672,099</t>
   </si>
   <si>
     <t>ทาจิกิสถาน</t>
   </si>
   <si>
-    <t>277,940</t>
-[...5 lines deleted...]
-    <t>606</t>
+    <t>23,329</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>3,530,112</t>
   </si>
   <si>
     <t>โทเคอเลา</t>
   </si>
   <si>
-    <t>513,370</t>
-[...5 lines deleted...]
-    <t>982,098</t>
+    <t>3,224,905</t>
   </si>
   <si>
     <t>ไทย</t>
   </si>
   <si>
-    <t>15,100,913,738</t>
-[...11 lines deleted...]
-    <t>482,033</t>
+    <t>13,460,713,130</t>
+  </si>
+  <si>
+    <t>13,931,039,737</t>
+  </si>
+  <si>
+    <t>13,051,830,316</t>
   </si>
   <si>
     <t>นอร์เวย์</t>
   </si>
   <si>
-    <t>1,633,616,730</t>
-[...5 lines deleted...]
-    <t>1,600,047,666</t>
+    <t>1,384,494,969</t>
+  </si>
+  <si>
+    <t>2,775,041,997</t>
+  </si>
+  <si>
+    <t>1,657,693,699</t>
   </si>
   <si>
     <t>นามิเบีย</t>
   </si>
   <si>
-    <t>104,451,319</t>
-[...5 lines deleted...]
-    <t>96,401,982</t>
+    <t>71,605,010</t>
+  </si>
+  <si>
+    <t>56,453,260</t>
+  </si>
+  <si>
+    <t>39,513,560</t>
   </si>
   <si>
     <t>นาอูรู</t>
   </si>
   <si>
-    <t>331,163,814</t>
-[...5 lines deleted...]
-    <t>482,160,573</t>
+    <t>346,511,304</t>
+  </si>
+  <si>
+    <t>137,047,175</t>
+  </si>
+  <si>
+    <t>242,471,959</t>
   </si>
   <si>
     <t>นิการากัว</t>
   </si>
   <si>
-    <t>10,502,357</t>
-[...5 lines deleted...]
-    <t>6,087,107</t>
+    <t>16,368,537</t>
+  </si>
+  <si>
+    <t>11,163,651</t>
+  </si>
+  <si>
+    <t>18,484,042</t>
   </si>
   <si>
     <t>นิวแคลิโดเนีย</t>
   </si>
   <si>
-    <t>257,196</t>
-[...5 lines deleted...]
-    <t>319,023</t>
+    <t>581,289</t>
+  </si>
+  <si>
+    <t>342,737</t>
+  </si>
+  <si>
+    <t>204,262</t>
   </si>
   <si>
     <t>นิวซีแลนด์</t>
   </si>
   <si>
-    <t>1,555,430,000</t>
-[...5 lines deleted...]
-    <t>2,654,902,775</t>
+    <t>2,492,646,803</t>
+  </si>
+  <si>
+    <t>2,402,907,350</t>
+  </si>
+  <si>
+    <t>2,364,857,181</t>
   </si>
   <si>
     <t>นีวเว</t>
   </si>
   <si>
-    <t>61,494</t>
+    <t>3,150</t>
+  </si>
+  <si>
+    <t>14,273</t>
+  </si>
+  <si>
+    <t>7,575</t>
   </si>
   <si>
     <t>เนเธอร์แลนด์</t>
   </si>
   <si>
-    <t>2,086,180,633</t>
-[...5 lines deleted...]
-    <t>2,848,735,372</t>
+    <t>2,388,935,440</t>
+  </si>
+  <si>
+    <t>2,632,926,169</t>
+  </si>
+  <si>
+    <t>2,065,008,330</t>
   </si>
   <si>
     <t>เนปาล</t>
   </si>
   <si>
-    <t>2,110,259</t>
-[...5 lines deleted...]
-    <t>3,649,006</t>
+    <t>508,097</t>
+  </si>
+  <si>
+    <t>1,852,953</t>
+  </si>
+  <si>
+    <t>1,236,645</t>
   </si>
   <si>
     <t>ไนจีเรีย</t>
   </si>
   <si>
-    <t>4,976,733,338</t>
-[...5 lines deleted...]
-    <t>4,077,080,978</t>
+    <t>2,391,892,508</t>
+  </si>
+  <si>
+    <t>72,704,745</t>
+  </si>
+  <si>
+    <t>3,202,101,535</t>
   </si>
   <si>
     <t>ไนเจอร์</t>
   </si>
   <si>
-    <t>30,450</t>
-[...5 lines deleted...]
-    <t>751,766,417</t>
+    <t>254</t>
+  </si>
+  <si>
+    <t>11,768</t>
   </si>
   <si>
     <t>บราซิล</t>
   </si>
   <si>
-    <t>11,763,118,214</t>
-[...5 lines deleted...]
-    <t>10,046,462,146</t>
+    <t>6,236,976,049</t>
+  </si>
+  <si>
+    <t>12,314,594,252</t>
+  </si>
+  <si>
+    <t>5,719,358,580</t>
   </si>
   <si>
     <t>บริติชอินเดียนโอเชียนเทร์ริทอรี</t>
   </si>
   <si>
-    <t>240,141</t>
+    <t>180,105</t>
+  </si>
+  <si>
+    <t>11,345</t>
   </si>
   <si>
     <t>บรูไนดารุซซาลาม</t>
   </si>
   <si>
-    <t>859,050,905</t>
-[...5 lines deleted...]
-    <t>1,183,023,915</t>
+    <t>944,339,791</t>
+  </si>
+  <si>
+    <t>1,673,284,541</t>
+  </si>
+  <si>
+    <t>1,740,819,064</t>
   </si>
   <si>
     <t>บอตสวานา</t>
   </si>
   <si>
-    <t>29,585,932</t>
-[...5 lines deleted...]
-    <t>47,176,920</t>
+    <t>19,212,277</t>
+  </si>
+  <si>
+    <t>9,360,006</t>
+  </si>
+  <si>
+    <t>18,535,361</t>
   </si>
   <si>
     <t>บอสเนียและเฮอร์เซโกวีนา</t>
   </si>
   <si>
-    <t>12,079,281</t>
-[...5 lines deleted...]
-    <t>13,965,637</t>
+    <t>7,580,879</t>
+  </si>
+  <si>
+    <t>6,071,924</t>
+  </si>
+  <si>
+    <t>5,762,628</t>
   </si>
   <si>
     <t>บังกลาเทศ</t>
   </si>
   <si>
-    <t>191,745,653</t>
-[...5 lines deleted...]
-    <t>176,957,351</t>
+    <t>430,612,079</t>
+  </si>
+  <si>
+    <t>179,185,706</t>
+  </si>
+  <si>
+    <t>175,438,294</t>
   </si>
   <si>
     <t>บัลแกเรีย</t>
   </si>
   <si>
-    <t>152,191,696</t>
-[...5 lines deleted...]
-    <t>332,329,934</t>
+    <t>190,630,658</t>
+  </si>
+  <si>
+    <t>207,138,557</t>
+  </si>
+  <si>
+    <t>201,330,141</t>
   </si>
   <si>
     <t>บาร์เบโดส</t>
   </si>
   <si>
-    <t>12,643,213</t>
-[...5 lines deleted...]
-    <t>23,609,201</t>
+    <t>10,708,196</t>
+  </si>
+  <si>
+    <t>13,612,790</t>
+  </si>
+  <si>
+    <t>10,325,309</t>
   </si>
   <si>
     <t>บาห์เรน</t>
   </si>
   <si>
-    <t>189,781,591</t>
-[...5 lines deleted...]
-    <t>231,242,339</t>
+    <t>358,007,763</t>
+  </si>
+  <si>
+    <t>342,909,205</t>
+  </si>
+  <si>
+    <t>275,919,969</t>
   </si>
   <si>
     <t>บาฮามาส</t>
   </si>
   <si>
-    <t>30,654,410</t>
-[...5 lines deleted...]
-    <t>22,720,242</t>
+    <t>15,387,310</t>
+  </si>
+  <si>
+    <t>23,927,448</t>
+  </si>
+  <si>
+    <t>17,883,900</t>
   </si>
   <si>
     <t>บูร์กินาฟาโซ</t>
   </si>
   <si>
-    <t>1,630</t>
-[...2 lines deleted...]
-    <t>301,111</t>
+    <t>246,973</t>
   </si>
   <si>
     <t>เบนิน</t>
   </si>
   <si>
-    <t>145,629</t>
-[...2 lines deleted...]
-    <t>2,133</t>
+    <t>109,738</t>
+  </si>
+  <si>
+    <t>1,830,522</t>
   </si>
   <si>
     <t>เบลเยียม</t>
   </si>
   <si>
-    <t>2,014,133,178</t>
-[...5 lines deleted...]
-    <t>1,996,867,846</t>
+    <t>1,686,824,028</t>
+  </si>
+  <si>
+    <t>1,937,347,246</t>
+  </si>
+  <si>
+    <t>1,587,077,624</t>
   </si>
   <si>
     <t>เบลารุส</t>
   </si>
   <si>
-    <t>412,000,215</t>
-[...5 lines deleted...]
-    <t>629,352,929</t>
+    <t>65,000,132</t>
+  </si>
+  <si>
+    <t>92,741,043</t>
+  </si>
+  <si>
+    <t>18,305,607</t>
   </si>
   <si>
     <t>เบลีซ</t>
   </si>
   <si>
-    <t>9,018,697</t>
-[...5 lines deleted...]
-    <t>6,061,050</t>
+    <t>16,144,277</t>
+  </si>
+  <si>
+    <t>5,379,682</t>
+  </si>
+  <si>
+    <t>2,158,543</t>
   </si>
   <si>
     <t>เบอร์มิวดา</t>
   </si>
   <si>
-    <t>13,541</t>
-[...11 lines deleted...]
-    <t>329</t>
+    <t>1,870</t>
+  </si>
+  <si>
+    <t>1,422</t>
+  </si>
+  <si>
+    <t>2,119</t>
   </si>
   <si>
     <t>โบลิเวีย</t>
   </si>
   <si>
-    <t>36,457,607</t>
-[...5 lines deleted...]
-    <t>10,959,651</t>
+    <t>16,127,716</t>
+  </si>
+  <si>
+    <t>6,693,009</t>
+  </si>
+  <si>
+    <t>19,947,510</t>
   </si>
   <si>
     <t>ปวยร์โตรีโก</t>
   </si>
   <si>
-    <t>238,801,423</t>
-[...5 lines deleted...]
-    <t>232,730,044</t>
+    <t>102,924,141</t>
+  </si>
+  <si>
+    <t>163,730,650</t>
+  </si>
+  <si>
+    <t>212,321,185</t>
   </si>
   <si>
     <t>ปากีสถาน</t>
   </si>
   <si>
-    <t>1,234,002,340</t>
-[...5 lines deleted...]
-    <t>1,468,089,549</t>
+    <t>611,739,182</t>
+  </si>
+  <si>
+    <t>363,441,118</t>
+  </si>
+  <si>
+    <t>1,230,268,747</t>
   </si>
   <si>
     <t>ปานามา</t>
   </si>
   <si>
-    <t>60,210,306</t>
-[...5 lines deleted...]
-    <t>88,159,854</t>
+    <t>139,418,343</t>
+  </si>
+  <si>
+    <t>144,752,474</t>
+  </si>
+  <si>
+    <t>104,015,033</t>
   </si>
   <si>
     <t>ปาปัวนิวกินี</t>
   </si>
   <si>
-    <t>502,257,534</t>
-[...5 lines deleted...]
-    <t>75,939,276</t>
+    <t>134,947,289</t>
+  </si>
+  <si>
+    <t>41,758,210</t>
+  </si>
+  <si>
+    <t>66,705,977</t>
   </si>
   <si>
     <t>ปารากวัย</t>
   </si>
   <si>
-    <t>10,541,426</t>
-[...11 lines deleted...]
-    <t>182</t>
+    <t>12,397,231</t>
+  </si>
+  <si>
+    <t>18,129,991</t>
+  </si>
+  <si>
+    <t>6,801,266</t>
   </si>
   <si>
     <t>เปรู</t>
   </si>
   <si>
-    <t>461,462,410</t>
-[...5 lines deleted...]
-    <t>562,597,670</t>
+    <t>606,592,935</t>
+  </si>
+  <si>
+    <t>587,600,057</t>
+  </si>
+  <si>
+    <t>345,001,676</t>
   </si>
   <si>
     <t>โปรตุเกส</t>
   </si>
   <si>
-    <t>423,466,358</t>
-[...5 lines deleted...]
-    <t>316,644,861</t>
+    <t>298,163,523</t>
+  </si>
+  <si>
+    <t>301,045,499</t>
+  </si>
+  <si>
+    <t>291,399,838</t>
   </si>
   <si>
     <t>โปแลนด์</t>
   </si>
   <si>
-    <t>1,576,185,994</t>
-[...5 lines deleted...]
-    <t>1,173,033,021</t>
+    <t>1,307,907,319</t>
+  </si>
+  <si>
+    <t>1,814,829,421</t>
+  </si>
+  <si>
+    <t>1,480,661,044</t>
   </si>
   <si>
     <t>ฝรั่งเศส</t>
   </si>
   <si>
-    <t>6,822,666,155</t>
-[...5 lines deleted...]
-    <t>8,938,162,892</t>
+    <t>7,152,527,330</t>
+  </si>
+  <si>
+    <t>8,191,512,309</t>
+  </si>
+  <si>
+    <t>7,492,990,244</t>
   </si>
   <si>
     <t>ฟิจิ / ฟีจี</t>
   </si>
   <si>
-    <t>4,095,766</t>
-[...5 lines deleted...]
-    <t>11,759,920</t>
+    <t>1,882,473</t>
+  </si>
+  <si>
+    <t>12,792,280</t>
+  </si>
+  <si>
+    <t>3,162,929</t>
   </si>
   <si>
     <t>ฟินแลนด์</t>
   </si>
   <si>
-    <t>1,688,659,792</t>
-[...5 lines deleted...]
-    <t>1,938,188,397</t>
+    <t>537,466,797</t>
+  </si>
+  <si>
+    <t>570,299,285</t>
+  </si>
+  <si>
+    <t>537,121,109</t>
   </si>
   <si>
     <t>ฟิลิปปินส์</t>
   </si>
   <si>
-    <t>7,943,971,924</t>
-[...5 lines deleted...]
-    <t>8,507,631,629</t>
+    <t>9,771,392,307</t>
+  </si>
+  <si>
+    <t>10,003,426,375</t>
+  </si>
+  <si>
+    <t>9,561,673,016</t>
   </si>
   <si>
     <t>เฟรนช์เกียนา</t>
   </si>
   <si>
-    <t>101</t>
+    <t>67,487</t>
   </si>
   <si>
     <t>เฟรนช์เซาเทิร์น</t>
   </si>
   <si>
-    <t>1,532</t>
-[...2 lines deleted...]
-    <t>4,290</t>
+    <t>1,444</t>
+  </si>
+  <si>
+    <t>1,459</t>
   </si>
   <si>
     <t>เฟรนช์พอลินีเชีย</t>
   </si>
   <si>
-    <t>4,621,956</t>
-[...5 lines deleted...]
-    <t>2,868,463</t>
+    <t>169,656</t>
+  </si>
+  <si>
+    <t>1,835,851</t>
+  </si>
+  <si>
+    <t>482,699</t>
   </si>
   <si>
     <t>ภูฏาน</t>
   </si>
   <si>
-    <t>155,279</t>
-[...5 lines deleted...]
-    <t>129,319</t>
+    <t>32,567</t>
+  </si>
+  <si>
+    <t>163,455</t>
+  </si>
+  <si>
+    <t>262,916</t>
   </si>
   <si>
     <t>มองโกเลีย</t>
   </si>
   <si>
-    <t>22,336</t>
-[...5 lines deleted...]
-    <t>57,864,123</t>
+    <t>312,247</t>
+  </si>
+  <si>
+    <t>138,077</t>
+  </si>
+  <si>
+    <t>11,095</t>
   </si>
   <si>
     <t>มอนต์เซอร์รัต</t>
   </si>
   <si>
-    <t>992</t>
+    <t>11,881</t>
   </si>
   <si>
     <t>มอนเตเนโกร</t>
   </si>
   <si>
-    <t>25,160</t>
-[...5 lines deleted...]
-    <t>35,289</t>
+    <t>710,782</t>
+  </si>
+  <si>
+    <t>71,766</t>
+  </si>
+  <si>
+    <t>388,339</t>
   </si>
   <si>
     <t>มอริเชียส</t>
   </si>
   <si>
-    <t>2,375,764</t>
-[...5 lines deleted...]
-    <t>3,735,950</t>
+    <t>277,184,375</t>
+  </si>
+  <si>
+    <t>2,401,098</t>
+  </si>
+  <si>
+    <t>2,331,114</t>
   </si>
   <si>
     <t>มอริเตเนีย</t>
   </si>
   <si>
-    <t>2,463,360</t>
-[...5 lines deleted...]
-    <t>164,693</t>
+    <t>1,424,036</t>
+  </si>
+  <si>
+    <t>1,502,370</t>
+  </si>
+  <si>
+    <t>2,838</t>
   </si>
   <si>
     <t>มอลตา</t>
   </si>
   <si>
-    <t>207,675,220</t>
-[...5 lines deleted...]
-    <t>196,990,174</t>
+    <t>60,476,417</t>
+  </si>
+  <si>
+    <t>44,590,516</t>
+  </si>
+  <si>
+    <t>63,287,708</t>
   </si>
   <si>
     <t>มัลดีฟส์</t>
   </si>
   <si>
-    <t>236,615,367</t>
-[...5 lines deleted...]
-    <t>228,273,164</t>
+    <t>230,624,927</t>
+  </si>
+  <si>
+    <t>21,303,708</t>
+  </si>
+  <si>
+    <t>199,468,445</t>
   </si>
   <si>
     <t>มาเก๊า</t>
   </si>
   <si>
-    <t>12,896,307</t>
-[...5 lines deleted...]
-    <t>20,532,683</t>
+    <t>6,741,735</t>
+  </si>
+  <si>
+    <t>17,073,206</t>
+  </si>
+  <si>
+    <t>24,886,672</t>
   </si>
   <si>
     <t>มาซิโดเนีย</t>
   </si>
   <si>
-    <t>7,993,349</t>
-[...5 lines deleted...]
-    <t>3,808,548</t>
+    <t>12,659,154</t>
+  </si>
+  <si>
+    <t>5,998,296</t>
+  </si>
+  <si>
+    <t>8,676,286</t>
   </si>
   <si>
     <t>มาดากัสการ์</t>
   </si>
   <si>
-    <t>415,096,790</t>
-[...11 lines deleted...]
-    <t>39,635</t>
+    <t>51,950,707</t>
+  </si>
+  <si>
+    <t>149,666,266</t>
+  </si>
+  <si>
+    <t>215,387,906</t>
   </si>
   <si>
     <t>มาร์ตีนิก</t>
   </si>
   <si>
-    <t>12,958</t>
-[...5 lines deleted...]
-    <t>16,155</t>
+    <t>6,094</t>
+  </si>
+  <si>
+    <t>10,485</t>
+  </si>
+  <si>
+    <t>11,715</t>
   </si>
   <si>
     <t>มาลาวี</t>
   </si>
   <si>
-    <t>322,433</t>
-[...5 lines deleted...]
-    <t>136,905</t>
+    <t>1,611,088</t>
+  </si>
+  <si>
+    <t>198</t>
   </si>
   <si>
     <t>มาลี</t>
   </si>
   <si>
-    <t>5,549,723</t>
-[...5 lines deleted...]
-    <t>5,512,033</t>
+    <t>2,183,562</t>
+  </si>
+  <si>
+    <t>31,293</t>
+  </si>
+  <si>
+    <t>7,366,575</t>
   </si>
   <si>
     <t>มาเลเซีย</t>
   </si>
   <si>
-    <t>43,774,266,495</t>
-[...5 lines deleted...]
-    <t>40,843,804,604</t>
+    <t>45,746,984,188</t>
+  </si>
+  <si>
+    <t>42,479,612,263</t>
+  </si>
+  <si>
+    <t>39,724,380,920</t>
   </si>
   <si>
     <t>เม็กซิโก</t>
   </si>
   <si>
-    <t>2,844,592,027</t>
-[...5 lines deleted...]
-    <t>2,837,921,366</t>
+    <t>2,987,913,321</t>
+  </si>
+  <si>
+    <t>2,765,983,347</t>
+  </si>
+  <si>
+    <t>2,618,304,457</t>
   </si>
   <si>
     <t>เมียนมา</t>
   </si>
   <si>
-    <t>6,536,007,397</t>
-[...5 lines deleted...]
-    <t>9,958,282,517</t>
+    <t>6,206,119,121</t>
+  </si>
+  <si>
+    <t>5,795,787,807</t>
+  </si>
+  <si>
+    <t>7,614,941,928</t>
   </si>
   <si>
     <t>โมซัมบิก</t>
   </si>
   <si>
-    <t>1,434,238,754</t>
-[...5 lines deleted...]
-    <t>2,044,723,985</t>
+    <t>2,602,332,579</t>
+  </si>
+  <si>
+    <t>236,727,189</t>
+  </si>
+  <si>
+    <t>248,748,009</t>
   </si>
   <si>
     <t>โมนาโก</t>
   </si>
   <si>
-    <t>8,388,891</t>
-[...5 lines deleted...]
-    <t>5,108,773</t>
+    <t>6,161,263</t>
+  </si>
+  <si>
+    <t>2,692,012</t>
+  </si>
+  <si>
+    <t>2,260,626</t>
   </si>
   <si>
     <t>โมร็อกโก</t>
   </si>
   <si>
-    <t>81,235,533</t>
-[...5 lines deleted...]
-    <t>118,210,986</t>
+    <t>98,569,531</t>
+  </si>
+  <si>
+    <t>119,296,401</t>
+  </si>
+  <si>
+    <t>77,650,338</t>
   </si>
   <si>
     <t>ไมโครนีเซีย (สหพันธรัฐไมโครนีเซีย)</t>
   </si>
   <si>
-    <t>414,622,465</t>
-[...5 lines deleted...]
-    <t>288,042,246</t>
+    <t>396,104,356</t>
+  </si>
+  <si>
+    <t>138,893,074</t>
+  </si>
+  <si>
+    <t>180,662,962</t>
   </si>
   <si>
     <t>ยิบรอลตาร์</t>
   </si>
   <si>
-    <t>176,888</t>
-[...2 lines deleted...]
-    <t>748</t>
+    <t>406</t>
+  </si>
+  <si>
+    <t>338</t>
   </si>
   <si>
     <t>ยูกันดา</t>
   </si>
   <si>
-    <t>16,742,750</t>
-[...5 lines deleted...]
-    <t>722,189</t>
+    <t>27,726,956</t>
+  </si>
+  <si>
+    <t>708,110</t>
+  </si>
+  <si>
+    <t>23,227,605</t>
   </si>
   <si>
     <t>ยูเครน</t>
   </si>
   <si>
-    <t>1,101,182,032</t>
-[...5 lines deleted...]
-    <t>130,101,668</t>
+    <t>90,953,596</t>
+  </si>
+  <si>
+    <t>498,806,738</t>
+  </si>
+  <si>
+    <t>137,193,762</t>
   </si>
   <si>
     <t>เยเมน</t>
   </si>
   <si>
-    <t>26,738,321</t>
-[...5 lines deleted...]
-    <t>19,077,424</t>
+    <t>30,316,357</t>
+  </si>
+  <si>
+    <t>20,483,110</t>
+  </si>
+  <si>
+    <t>47,143,320</t>
   </si>
   <si>
     <t>เยอรมนี</t>
   </si>
   <si>
-    <t>17,523,974,423</t>
-[...5 lines deleted...]
-    <t>17,517,973,972</t>
+    <t>13,646,895,041</t>
+  </si>
+  <si>
+    <t>17,792,888,874</t>
+  </si>
+  <si>
+    <t>14,458,963,849</t>
   </si>
   <si>
     <t>รวันดา</t>
   </si>
   <si>
-    <t>110,401,013</t>
-[...5 lines deleted...]
-    <t>139,172,964</t>
+    <t>96,001,224</t>
+  </si>
+  <si>
+    <t>114,195,793</t>
+  </si>
+  <si>
+    <t>121,928,129</t>
   </si>
   <si>
     <t>รหัสประเทศสำหรับเขตต่อเนื่องฯ</t>
   </si>
   <si>
-    <t>5,803,230</t>
-[...5 lines deleted...]
-    <t>3,898,685</t>
+    <t>4,066,212</t>
+  </si>
+  <si>
+    <t>4,966,615</t>
+  </si>
+  <si>
+    <t>1,788,711</t>
   </si>
   <si>
     <t>รัฐปาเลสไตน์</t>
   </si>
   <si>
-    <t>457,121</t>
+    <t>432</t>
+  </si>
+  <si>
+    <t>5,719,805</t>
   </si>
   <si>
     <t>เรอูว์นียง</t>
   </si>
   <si>
-    <t>100,509</t>
-[...5 lines deleted...]
-    <t>705,520</t>
+    <t>271,062</t>
+  </si>
+  <si>
+    <t>374,320</t>
+  </si>
+  <si>
+    <t>275,763</t>
   </si>
   <si>
     <t>โรมาเนีย</t>
   </si>
   <si>
-    <t>516,925,177</t>
-[...5 lines deleted...]
-    <t>517,518,019</t>
+    <t>447,240,784</t>
+  </si>
+  <si>
+    <t>473,898,998</t>
+  </si>
+  <si>
+    <t>803,153,278</t>
   </si>
   <si>
     <t>ลักเซมเบิร์ก</t>
   </si>
   <si>
-    <t>22,742,124</t>
-[...5 lines deleted...]
-    <t>32,915,664</t>
+    <t>53,762,903</t>
+  </si>
+  <si>
+    <t>44,643,617</t>
+  </si>
+  <si>
+    <t>34,962,115</t>
   </si>
   <si>
     <t>ลัตเวีย</t>
   </si>
   <si>
-    <t>43,202,359</t>
-[...5 lines deleted...]
-    <t>60,176,297</t>
+    <t>46,368,806</t>
+  </si>
+  <si>
+    <t>58,481,240</t>
+  </si>
+  <si>
+    <t>493,826,421</t>
   </si>
   <si>
     <t>ลิกเตนสไตน์</t>
   </si>
   <si>
-    <t>73,803,844</t>
-[...5 lines deleted...]
-    <t>15,279,336</t>
+    <t>12,554,539</t>
+  </si>
+  <si>
+    <t>12,523,159</t>
+  </si>
+  <si>
+    <t>13,113,312</t>
   </si>
   <si>
     <t>ลิทัวเนีย</t>
   </si>
   <si>
-    <t>52,411,285</t>
-[...5 lines deleted...]
-    <t>499,143,429</t>
+    <t>101,735,664</t>
+  </si>
+  <si>
+    <t>148,837,425</t>
+  </si>
+  <si>
+    <t>101,235,449</t>
   </si>
   <si>
     <t>ลิเบีย</t>
   </si>
   <si>
-    <t>734,465,381</t>
-[...5 lines deleted...]
-    <t>789,328,670</t>
+    <t>2,666,307,517</t>
+  </si>
+  <si>
+    <t>1,005,894,488</t>
+  </si>
+  <si>
+    <t>686,433,488</t>
   </si>
   <si>
     <t>เลโซโท</t>
   </si>
   <si>
-    <t>98</t>
-[...2 lines deleted...]
-    <t>28,525</t>
+    <t>714,793</t>
+  </si>
+  <si>
+    <t>119,684</t>
   </si>
   <si>
     <t>เลบานอน</t>
   </si>
   <si>
-    <t>12,978,486</t>
-[...5 lines deleted...]
-    <t>33,320,870</t>
+    <t>10,889,757</t>
+  </si>
+  <si>
+    <t>24,144,026</t>
+  </si>
+  <si>
+    <t>20,241,880</t>
   </si>
   <si>
     <t>ไลบีเรีย</t>
   </si>
   <si>
-    <t>120,424</t>
-[...5 lines deleted...]
-    <t>2,972</t>
+    <t>1,318,308</t>
+  </si>
+  <si>
+    <t>180,219</t>
+  </si>
+  <si>
+    <t>2,683,845</t>
   </si>
   <si>
     <t>วานูวาตู / วานูอาตู</t>
   </si>
   <si>
-    <t>362,826,585</t>
-[...5 lines deleted...]
-    <t>360,652,299</t>
+    <t>113,809,345</t>
+  </si>
+  <si>
+    <t>357,592,451</t>
+  </si>
+  <si>
+    <t>333,349,515</t>
   </si>
   <si>
     <t>เวเนซุเอลา</t>
   </si>
   <si>
-    <t>6,214,280</t>
-[...5 lines deleted...]
-    <t>157,239,085</t>
+    <t>5,529,390</t>
+  </si>
+  <si>
+    <t>15,084,577</t>
+  </si>
+  <si>
+    <t>8,489,862</t>
   </si>
   <si>
     <t>เวียดนาม</t>
   </si>
   <si>
-    <t>30,849,403,491</t>
-[...5 lines deleted...]
-    <t>28,279,276,105</t>
+    <t>31,286,634,220</t>
+  </si>
+  <si>
+    <t>32,579,923,593</t>
+  </si>
+  <si>
+    <t>33,734,183,876</t>
   </si>
   <si>
     <t>ศรีลังกา</t>
   </si>
   <si>
-    <t>802,247,762</t>
-[...5 lines deleted...]
-    <t>199,302,245</t>
+    <t>245,128,582</t>
+  </si>
+  <si>
+    <t>300,648,258</t>
+  </si>
+  <si>
+    <t>355,027,362</t>
   </si>
   <si>
     <t>สปป.ลาว</t>
   </si>
   <si>
-    <t>10,912,065,228</t>
-[...5 lines deleted...]
-    <t>10,264,732,489</t>
+    <t>10,202,746,294</t>
+  </si>
+  <si>
+    <t>9,513,299,017</t>
+  </si>
+  <si>
+    <t>9,739,616,473</t>
   </si>
   <si>
     <t>สเปน</t>
   </si>
   <si>
-    <t>2,209,140,860</t>
-[...5 lines deleted...]
-    <t>2,484,006,097</t>
+    <t>2,560,229,219</t>
+  </si>
+  <si>
+    <t>2,628,993,676</t>
+  </si>
+  <si>
+    <t>2,145,698,099</t>
   </si>
   <si>
     <t>สฟาลบาร์และยานไมเอน</t>
   </si>
   <si>
-    <t>554</t>
+    <t>5,982</t>
   </si>
   <si>
     <t>สโลวาเกีย</t>
   </si>
   <si>
-    <t>340,316,009</t>
-[...5 lines deleted...]
-    <t>250,397,560</t>
+    <t>160,931,144</t>
+  </si>
+  <si>
+    <t>159,565,625</t>
+  </si>
+  <si>
+    <t>165,231,730</t>
   </si>
   <si>
     <t>สโลวีเนีย</t>
   </si>
   <si>
-    <t>246,044,635</t>
-[...5 lines deleted...]
-    <t>310,734,790</t>
+    <t>274,264,708</t>
+  </si>
+  <si>
+    <t>200,745,962</t>
+  </si>
+  <si>
+    <t>192,974,098</t>
   </si>
   <si>
     <t>สวาซิแลนด์</t>
   </si>
   <si>
-    <t>71,347</t>
-[...5 lines deleted...]
-    <t>3,347</t>
+    <t>2,232,738</t>
+  </si>
+  <si>
+    <t>5,388,439</t>
+  </si>
+  <si>
+    <t>50,156</t>
   </si>
   <si>
     <t>สวิตเซอร์แลนด์</t>
   </si>
   <si>
-    <t>8,462,844,633</t>
-[...5 lines deleted...]
-    <t>20,990,486,942</t>
+    <t>10,451,684,411</t>
+  </si>
+  <si>
+    <t>6,191,633,913</t>
+  </si>
+  <si>
+    <t>16,384,898,303</t>
   </si>
   <si>
     <t>สวีเดน</t>
   </si>
   <si>
-    <t>1,896,638,747</t>
-[...5 lines deleted...]
-    <t>2,929,889,067</t>
+    <t>2,624,438,026</t>
+  </si>
+  <si>
+    <t>1,471,933,277</t>
+  </si>
+  <si>
+    <t>1,784,570,996</t>
   </si>
   <si>
     <t>สหพันธรัฐรัสเซีย</t>
   </si>
   <si>
-    <t>1,949,987,272</t>
-[...5 lines deleted...]
-    <t>1,831,331,671</t>
+    <t>2,875,623,114</t>
+  </si>
+  <si>
+    <t>1,364,937,754</t>
+  </si>
+  <si>
+    <t>2,460,635,552</t>
   </si>
   <si>
     <t>สหรัฐอเมริกา</t>
   </si>
   <si>
-    <t>51,217,373,959</t>
-[...5 lines deleted...]
-    <t>57,507,231,161</t>
+    <t>64,889,113,072</t>
+  </si>
+  <si>
+    <t>68,243,663,807</t>
+  </si>
+  <si>
+    <t>57,573,352,516</t>
   </si>
   <si>
     <t>สหรัฐอาหรับเอมิเรตส์</t>
   </si>
   <si>
-    <t>44,620,125,575</t>
-[...5 lines deleted...]
-    <t>35,581,281,105</t>
+    <t>64,890,104,969</t>
+  </si>
+  <si>
+    <t>44,695,615,215</t>
+  </si>
+  <si>
+    <t>47,519,800,408</t>
   </si>
   <si>
     <t>สหราชอาณาจักร</t>
   </si>
   <si>
-    <t>5,750,712,060</t>
-[...5 lines deleted...]
-    <t>5,994,012,097</t>
+    <t>8,309,851,920</t>
+  </si>
+  <si>
+    <t>9,337,277,695</t>
+  </si>
+  <si>
+    <t>8,025,798,463</t>
   </si>
   <si>
     <t>สหสาธารณรัฐแทนซาเนีย</t>
   </si>
   <si>
-    <t>87,402,189</t>
-[...5 lines deleted...]
-    <t>137,768,140</t>
+    <t>161,854,845</t>
+  </si>
+  <si>
+    <t>25,204,293</t>
+  </si>
+  <si>
+    <t>38,324,501</t>
   </si>
   <si>
     <t>สาธารณรัฐเกาหลี</t>
   </si>
   <si>
-    <t>28,739,156,645</t>
-[...5 lines deleted...]
-    <t>27,730,042,522</t>
+    <t>37,675,580,001</t>
+  </si>
+  <si>
+    <t>26,847,998,352</t>
+  </si>
+  <si>
+    <t>28,093,226,045</t>
   </si>
   <si>
     <t>สาธารณรัฐเช็ก</t>
   </si>
   <si>
-    <t>1,018,843,350</t>
-[...5 lines deleted...]
-    <t>1,345,135,067</t>
+    <t>910,369,117</t>
+  </si>
+  <si>
+    <t>1,024,993,419</t>
+  </si>
+  <si>
+    <t>1,025,047,911</t>
   </si>
   <si>
     <t>สาธารณรัฐโดมินิกัน</t>
   </si>
   <si>
-    <t>96,511,035</t>
-[...5 lines deleted...]
-    <t>80,564,269</t>
+    <t>100,781,433</t>
+  </si>
+  <si>
+    <t>70,409,086</t>
+  </si>
+  <si>
+    <t>184,602,793</t>
   </si>
   <si>
     <t>สาธารณรัฐประชาธิปไตยคองโก</t>
   </si>
   <si>
-    <t>1,482,860,516</t>
-[...5 lines deleted...]
-    <t>1,644,714,722</t>
+    <t>1,326,789,421</t>
+  </si>
+  <si>
+    <t>1,481,740,339</t>
+  </si>
+  <si>
+    <t>1,404,878,424</t>
   </si>
   <si>
     <t>สาธารณรัฐประชาธิปไตยประชาชนเกาหลี</t>
   </si>
   <si>
-    <t>2,644</t>
-[...2 lines deleted...]
-    <t>480,062</t>
+    <t>85,037</t>
+  </si>
+  <si>
+    <t>6,591</t>
+  </si>
+  <si>
+    <t>34,385</t>
   </si>
   <si>
     <t>สาธารณรัฐมอลโดวา</t>
   </si>
   <si>
-    <t>6,813,776</t>
-[...5 lines deleted...]
-    <t>8,620,929</t>
+    <t>16,630,804</t>
+  </si>
+  <si>
+    <t>5,635,014</t>
+  </si>
+  <si>
+    <t>5,674,064</t>
   </si>
   <si>
     <t>สาธารณรัฐอาหรับซีเรีย</t>
   </si>
   <si>
-    <t>947,621</t>
-[...5 lines deleted...]
-    <t>197,610</t>
+    <t>77,736</t>
+  </si>
+  <si>
+    <t>44,454</t>
+  </si>
+  <si>
+    <t>23,870</t>
   </si>
   <si>
     <t>สาธารณรัฐอิสลามอิหร่าน</t>
   </si>
   <si>
-    <t>26,309,466</t>
-[...5 lines deleted...]
-    <t>59,623,909</t>
+    <t>31,749,284</t>
+  </si>
+  <si>
+    <t>23,701,814</t>
+  </si>
+  <si>
+    <t>28,148,290</t>
   </si>
   <si>
     <t>สาธารณรัฐแอฟริกากลาง</t>
   </si>
   <si>
-    <t>2,127,427</t>
-[...2 lines deleted...]
-    <t>503,301</t>
+    <t>392</t>
+  </si>
+  <si>
+    <t>8,988</t>
+  </si>
+  <si>
+    <t>14,925,150</t>
   </si>
   <si>
     <t>สิงคโปร์</t>
   </si>
   <si>
-    <t>19,669,123,554</t>
-[...5 lines deleted...]
-    <t>23,162,757,280</t>
+    <t>25,099,278,186</t>
+  </si>
+  <si>
+    <t>17,223,731,553</t>
+  </si>
+  <si>
+    <t>19,306,245,480</t>
   </si>
   <si>
     <t>หมู่เกาะคุก</t>
   </si>
   <si>
-    <t>16,118,236</t>
-[...5 lines deleted...]
-    <t>15,197,073</t>
+    <t>59,622</t>
+  </si>
+  <si>
+    <t>609</t>
   </si>
   <si>
     <t>หมู่เกาะเคย์แมน</t>
   </si>
   <si>
-    <t>1,663</t>
-[...5 lines deleted...]
-    <t>1,797</t>
+    <t>1,442</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>191</t>
   </si>
   <si>
     <t>หมู่เกาะโคโคส (คีลิง)</t>
   </si>
   <si>
-    <t>1,243</t>
-[...2 lines deleted...]
-    <t>1,827</t>
+    <t>23,998</t>
+  </si>
+  <si>
+    <t>5,083</t>
   </si>
   <si>
     <t>หมู่เกาะโซโลมอน</t>
   </si>
   <si>
-    <t>1,477,869</t>
-[...5 lines deleted...]
-    <t>1,130,982</t>
+    <t>1,146,114</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>38,156,793</t>
   </si>
   <si>
     <t>หมู่เกาะเติกส์และเคคอส</t>
   </si>
   <si>
-    <t>495,405</t>
-[...2 lines deleted...]
-    <t>20,331</t>
+    <t>8,680</t>
+  </si>
+  <si>
+    <t>4,358</t>
+  </si>
+  <si>
+    <t>202,080</t>
   </si>
   <si>
     <t>หมู่เกาะนอร์เทิร์นมาเรียนา</t>
   </si>
   <si>
-    <t>97</t>
+    <t>213</t>
   </si>
   <si>
     <t>หมู่เกาะบริติชเวอร์จิน</t>
   </si>
   <si>
-    <t>38,853</t>
-[...2 lines deleted...]
-    <t>129</t>
+    <t>1,130,253</t>
+  </si>
+  <si>
+    <t>410</t>
   </si>
   <si>
     <t>หมู่เกาะฟอล์กแลนด์ (มัลบีนัส)</t>
   </si>
   <si>
-    <t>2,649,343</t>
-[...2 lines deleted...]
-    <t>4,388,700</t>
+    <t>1,437,142</t>
+  </si>
+  <si>
+    <t>9,294,493</t>
+  </si>
+  <si>
+    <t>4,012,820</t>
   </si>
   <si>
     <t>หมู่เกาะแฟโร</t>
   </si>
   <si>
-    <t>6,151,507</t>
-[...5 lines deleted...]
-    <t>2,078</t>
+    <t>2,495,808</t>
+  </si>
+  <si>
+    <t>14,013,322</t>
+  </si>
+  <si>
+    <t>6,401</t>
   </si>
   <si>
     <t>หมู่เกาะมาร์แชลล์</t>
   </si>
   <si>
-    <t>3,828,668</t>
-[...14 lines deleted...]
-    <t>2,076</t>
+    <t>110,740,943</t>
+  </si>
+  <si>
+    <t>23,234,330</t>
+  </si>
+  <si>
+    <t>71,851,914</t>
   </si>
   <si>
     <t>อเมริกันซามัว</t>
   </si>
   <si>
-    <t>41,207</t>
-[...5 lines deleted...]
-    <t>462</t>
+    <t>20,960</t>
+  </si>
+  <si>
+    <t>14,982</t>
+  </si>
+  <si>
+    <t>9,571,271</t>
   </si>
   <si>
     <t>ออสเตรเลีย</t>
   </si>
   <si>
-    <t>9,442,533,357</t>
-[...5 lines deleted...]
-    <t>12,224,112,710</t>
+    <t>18,499,693,184</t>
+  </si>
+  <si>
+    <t>13,456,177,853</t>
+  </si>
+  <si>
+    <t>10,336,075,559</t>
   </si>
   <si>
     <t>ออสเตรีย</t>
   </si>
   <si>
-    <t>1,635,539,504</t>
-[...5 lines deleted...]
-    <t>1,494,649,705</t>
+    <t>1,339,421,861</t>
+  </si>
+  <si>
+    <t>1,410,985,052</t>
+  </si>
+  <si>
+    <t>1,244,461,585</t>
   </si>
   <si>
     <t>อันดอร์รา</t>
   </si>
   <si>
-    <t>559</t>
-[...5 lines deleted...]
-    <t>119,885</t>
+    <t>125,241</t>
+  </si>
+  <si>
+    <t>8,046</t>
   </si>
   <si>
     <t>อัฟกานิสถาน</t>
   </si>
   <si>
-    <t>4,294,925</t>
-[...5 lines deleted...]
-    <t>1,767,740</t>
+    <t>154,293</t>
+  </si>
+  <si>
+    <t>392,584</t>
+  </si>
+  <si>
+    <t>361,112</t>
   </si>
   <si>
     <t>อาเซอร์ไบจาน</t>
   </si>
   <si>
-    <t>342</t>
-[...5 lines deleted...]
-    <t>4,575,040</t>
+    <t>13,125,492</t>
+  </si>
+  <si>
+    <t>125</t>
   </si>
   <si>
     <t>อาณาเขตทางทะเล</t>
   </si>
   <si>
-    <t>8,902,745</t>
+    <t>9,400,330</t>
   </si>
   <si>
     <t>อาร์เจนตินา</t>
   </si>
   <si>
-    <t>1,579,081,862</t>
-[...5 lines deleted...]
-    <t>1,216,053,195</t>
+    <t>749,892,406</t>
+  </si>
+  <si>
+    <t>423,193,043</t>
+  </si>
+  <si>
+    <t>552,236,334</t>
   </si>
   <si>
     <t>อาร์มีเนีย</t>
   </si>
   <si>
-    <t>24,828,067</t>
-[...5 lines deleted...]
-    <t>12,169,093</t>
+    <t>7,841,264</t>
+  </si>
+  <si>
+    <t>6,472,819</t>
+  </si>
+  <si>
+    <t>5,869,083</t>
   </si>
   <si>
     <t>อารูบา</t>
   </si>
   <si>
-    <t>211,515</t>
-[...2 lines deleted...]
-    <t>163</t>
+    <t>584,131</t>
+  </si>
+  <si>
+    <t>8,223</t>
+  </si>
+  <si>
+    <t>114,427</t>
+  </si>
+  <si>
+    <t>อิเควทอเรียลกินี</t>
+  </si>
+  <si>
+    <t>1,327,489,776</t>
+  </si>
+  <si>
+    <t>1,256,663,063</t>
   </si>
   <si>
     <t>อิตาลี</t>
   </si>
   <si>
-    <t>7,862,187,871</t>
-[...5 lines deleted...]
-    <t>8,197,809,504</t>
+    <t>8,545,485,050</t>
+  </si>
+  <si>
+    <t>7,843,574,629</t>
+  </si>
+  <si>
+    <t>7,090,258,058</t>
   </si>
   <si>
     <t>อินเดีย</t>
   </si>
   <si>
-    <t>20,041,993,661</t>
-[...5 lines deleted...]
-    <t>16,405,329,266</t>
+    <t>18,209,730,098</t>
+  </si>
+  <si>
+    <t>15,449,254,698</t>
+  </si>
+  <si>
+    <t>15,912,086,768</t>
   </si>
   <si>
     <t>อินโดนีเซีย</t>
   </si>
   <si>
-    <t>25,388,527,229</t>
-[...5 lines deleted...]
-    <t>25,931,179,429</t>
+    <t>31,735,751,702</t>
+  </si>
+  <si>
+    <t>22,507,613,965</t>
+  </si>
+  <si>
+    <t>31,266,814,183</t>
   </si>
   <si>
     <t>อิรัก</t>
   </si>
   <si>
-    <t>213,637</t>
-[...5 lines deleted...]
-    <t>350,996</t>
+    <t>20,134,805</t>
+  </si>
+  <si>
+    <t>5,564,330</t>
+  </si>
+  <si>
+    <t>3,582,799</t>
   </si>
   <si>
     <t>อิสราเอล</t>
   </si>
   <si>
-    <t>1,688,224,562</t>
-[...5 lines deleted...]
-    <t>1,723,155,938</t>
+    <t>1,153,304,885</t>
+  </si>
+  <si>
+    <t>1,362,805,235</t>
+  </si>
+  <si>
+    <t>1,178,005,132</t>
   </si>
   <si>
     <t>อียิปต์</t>
   </si>
   <si>
-    <t>96,932,929</t>
-[...5 lines deleted...]
-    <t>359,261,272</t>
+    <t>49,134,026</t>
+  </si>
+  <si>
+    <t>656,484,531</t>
+  </si>
+  <si>
+    <t>1,207,316,455</t>
   </si>
   <si>
     <t>อุซเบกิสถาน</t>
   </si>
   <si>
-    <t>3,292,509</t>
-[...5 lines deleted...]
-    <t>7,321</t>
+    <t>1,569,746</t>
+  </si>
+  <si>
+    <t>11,903,772</t>
+  </si>
+  <si>
+    <t>14,261</t>
   </si>
   <si>
     <t>อุรุกวัย</t>
   </si>
   <si>
-    <t>80,069,474</t>
-[...5 lines deleted...]
-    <t>169,056,975</t>
+    <t>111,285,658</t>
+  </si>
+  <si>
+    <t>151,246,635</t>
+  </si>
+  <si>
+    <t>82,265,399</t>
   </si>
   <si>
     <t>เอกวาดอร์</t>
   </si>
   <si>
-    <t>62,330,418</t>
-[...5 lines deleted...]
-    <t>138,847,032</t>
+    <t>179,196,799</t>
+  </si>
+  <si>
+    <t>168,378,898</t>
+  </si>
+  <si>
+    <t>141,706,027</t>
   </si>
   <si>
     <t>เอธิโอเปีย</t>
   </si>
   <si>
-    <t>8,014,821</t>
-[...5 lines deleted...]
-    <t>25,298,651</t>
+    <t>56,858,839</t>
+  </si>
+  <si>
+    <t>76,611,092</t>
+  </si>
+  <si>
+    <t>41,841,068</t>
   </si>
   <si>
     <t>เอลซัลวาดอร์</t>
   </si>
   <si>
-    <t>16,447,639</t>
-[...5 lines deleted...]
-    <t>13,583,980</t>
+    <t>33,896,782</t>
+  </si>
+  <si>
+    <t>26,854,295</t>
+  </si>
+  <si>
+    <t>12,220,155</t>
   </si>
   <si>
     <t>เอสโตเนีย</t>
   </si>
   <si>
-    <t>35,387,629</t>
-[...5 lines deleted...]
-    <t>85,290,888</t>
+    <t>57,318,913</t>
+  </si>
+  <si>
+    <t>43,081,591</t>
+  </si>
+  <si>
+    <t>62,822,456</t>
+  </si>
+  <si>
+    <t>แองกวิลลา</t>
+  </si>
+  <si>
+    <t>11,624</t>
+  </si>
+  <si>
+    <t>3,685</t>
   </si>
   <si>
     <t>แองโกลา</t>
   </si>
   <si>
-    <t>75,791,159</t>
-[...5 lines deleted...]
-    <t>19,104,034</t>
+    <t>114,517,519</t>
+  </si>
+  <si>
+    <t>93,208,275</t>
+  </si>
+  <si>
+    <t>6,160,778</t>
   </si>
   <si>
     <t>แอนติกาและบาร์บูดา</t>
   </si>
   <si>
-    <t>3,398,057</t>
-[...5 lines deleted...]
-    <t>3,331,061</t>
+    <t>446,835</t>
+  </si>
+  <si>
+    <t>2,670,197</t>
+  </si>
+  <si>
+    <t>16,206</t>
   </si>
   <si>
     <t>แอฟริกาใต้</t>
   </si>
   <si>
-    <t>1,607,545,747</t>
-[...5 lines deleted...]
-    <t>1,342,808,120</t>
+    <t>1,608,698,203</t>
+  </si>
+  <si>
+    <t>1,482,499,521</t>
+  </si>
+  <si>
+    <t>1,675,846,625</t>
   </si>
   <si>
     <t>แอลจีเรีย</t>
   </si>
   <si>
-    <t>26,864</t>
-[...5 lines deleted...]
-    <t>588,340</t>
+    <t>1,343,271</t>
+  </si>
+  <si>
+    <t>1,042,938</t>
+  </si>
+  <si>
+    <t>982,104</t>
   </si>
   <si>
     <t>แอลเบเนีย</t>
   </si>
   <si>
-    <t>1,779,983</t>
-[...5 lines deleted...]
-    <t>3,393,323</t>
+    <t>2,325,430</t>
+  </si>
+  <si>
+    <t>9,881,464</t>
+  </si>
+  <si>
+    <t>2,872,528</t>
   </si>
   <si>
     <t>โอมาน</t>
   </si>
   <si>
-    <t>3,779,681,445</t>
-[...5 lines deleted...]
-    <t>2,318,609,132</t>
+    <t>2,157,268,537</t>
+  </si>
+  <si>
+    <t>3,115,106,162</t>
+  </si>
+  <si>
+    <t>3,940,324,627</t>
   </si>
   <si>
     <t>ไอซ์แลนด์</t>
   </si>
   <si>
-    <t>35,992,664</t>
-[...5 lines deleted...]
-    <t>28,276,519</t>
+    <t>63,515,311</t>
+  </si>
+  <si>
+    <t>17,277,104</t>
+  </si>
+  <si>
+    <t>25,832,783</t>
   </si>
   <si>
     <t>ไอร์แลนด์</t>
   </si>
   <si>
-    <t>1,220,715,200</t>
-[...5 lines deleted...]
-    <t>1,680,614,071</t>
+    <t>1,636,718,254</t>
+  </si>
+  <si>
+    <t>1,410,850,366</t>
+  </si>
+  <si>
+    <t>1,175,994,323</t>
   </si>
   <si>
     <t>ไอล์ออฟแมน</t>
   </si>
   <si>
-    <t>951</t>
+    <t>77,949</t>
   </si>
   <si>
     <t>ฮ่องกง</t>
   </si>
   <si>
-    <t>11,373,036,315</t>
-[...5 lines deleted...]
-    <t>12,233,371,779</t>
+    <t>9,188,864,321</t>
+  </si>
+  <si>
+    <t>7,570,961,868</t>
+  </si>
+  <si>
+    <t>23,486,360,917</t>
   </si>
   <si>
     <t>ฮอนดูรัส</t>
   </si>
   <si>
-    <t>13,583,913</t>
-[...5 lines deleted...]
-    <t>9,183,653</t>
+    <t>17,447,790</t>
+  </si>
+  <si>
+    <t>6,643,609</t>
+  </si>
+  <si>
+    <t>10,675,585</t>
   </si>
   <si>
     <t>ฮังการี</t>
   </si>
   <si>
-    <t>799,158,253</t>
-[...5 lines deleted...]
-    <t>1,191,558,707</t>
+    <t>576,451,648</t>
+  </si>
+  <si>
+    <t>830,658,625</t>
+  </si>
+  <si>
+    <t>565,433,287</t>
   </si>
   <si>
     <t>เฮติ</t>
   </si>
   <si>
-    <t>4,559,964</t>
-[...5 lines deleted...]
-    <t>28,048,545</t>
+    <t>13,651,221</t>
+  </si>
+  <si>
+    <t>9,418,067</t>
+  </si>
+  <si>
+    <t>27,597,421</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -3020,51 +3008,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D236"/>
+  <dimension ref="A1:D232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -3210,3176 +3198,3120 @@
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>48</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
       <c r="C13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
       <c r="C15" t="s">
         <v>56</v>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>58</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="D16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="C17" t="s">
         <v>21</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="D18" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>65</v>
       </c>
       <c r="B19" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" t="s">
         <v>69</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" t="s">
+        <v>72</v>
+      </c>
+      <c r="C21" t="s">
         <v>73</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>75</v>
+      </c>
+      <c r="B22" t="s">
+        <v>76</v>
+      </c>
+      <c r="C22" t="s">
         <v>77</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C23" t="s">
         <v>81</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" t="s">
+        <v>84</v>
+      </c>
+      <c r="C24" t="s">
         <v>85</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>87</v>
+      </c>
+      <c r="B25" t="s">
+        <v>88</v>
+      </c>
+      <c r="C25" t="s">
         <v>89</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" t="s">
+        <v>92</v>
+      </c>
+      <c r="C26" t="s">
         <v>93</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>95</v>
+      </c>
+      <c r="B27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C27" t="s">
         <v>97</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>99</v>
+      </c>
+      <c r="B28" t="s">
+        <v>100</v>
+      </c>
+      <c r="C28" t="s">
         <v>101</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>103</v>
+      </c>
+      <c r="B29" t="s">
+        <v>104</v>
+      </c>
+      <c r="C29" t="s">
         <v>105</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>107</v>
       </c>
       <c r="B30" t="s">
         <v>108</v>
       </c>
       <c r="C30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D30" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>110</v>
+      </c>
+      <c r="B31" t="s">
         <v>111</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>112</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>114</v>
+      </c>
+      <c r="B32" t="s">
         <v>115</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>116</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
         <v>119</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>120</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" t="s">
         <v>123</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>124</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>126</v>
+      </c>
+      <c r="B35" t="s">
         <v>127</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>128</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" t="s">
         <v>131</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>132</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" t="s">
         <v>135</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D37" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>138</v>
       </c>
       <c r="B38" t="s">
         <v>139</v>
       </c>
       <c r="C38" t="s">
         <v>140</v>
       </c>
       <c r="D38" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>142</v>
       </c>
       <c r="B39" t="s">
         <v>143</v>
       </c>
       <c r="C39" t="s">
         <v>144</v>
       </c>
       <c r="D39" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>146</v>
       </c>
       <c r="B40" t="s">
         <v>147</v>
       </c>
       <c r="C40" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" t="s">
         <v>150</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>151</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>153</v>
+      </c>
+      <c r="B42" t="s">
         <v>154</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>155</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>157</v>
+      </c>
+      <c r="B43" t="s">
         <v>158</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D43" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>161</v>
       </c>
       <c r="B44" t="s">
-        <v>21</v>
+        <v>162</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="D44" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B45" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C45" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D45" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B46" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C46" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D46" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47" t="s">
-        <v>172</v>
+        <v>21</v>
       </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B48" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C48" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D48" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B49" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C49" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D49" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B50" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C50" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D50" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B51" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C51" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D51" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B52" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C52" t="s">
-        <v>191</v>
+        <v>21</v>
       </c>
       <c r="D52" t="s">
-        <v>192</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>193</v>
       </c>
       <c r="B53" t="s">
         <v>194</v>
       </c>
       <c r="C53" t="s">
         <v>195</v>
       </c>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>196</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B54" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C54" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D54" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B55" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C55" t="s">
-        <v>202</v>
+        <v>21</v>
       </c>
       <c r="D55" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>204</v>
       </c>
       <c r="B56" t="s">
-        <v>21</v>
+        <v>205</v>
       </c>
       <c r="C56" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="D56" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B57" t="s">
-        <v>207</v>
+        <v>21</v>
       </c>
       <c r="C57" t="s">
-        <v>208</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>210</v>
       </c>
       <c r="B58" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="C58" t="s">
-        <v>21</v>
+        <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B59" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="C59" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D59" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B60" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C60" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D60" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B61" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C61" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D61" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B62" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C62" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D62" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B63" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C63" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D63" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B64" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C64" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D64" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B65" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C65" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D65" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B66" t="s">
-        <v>240</v>
+        <v>21</v>
       </c>
       <c r="C66" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D66" t="s">
-        <v>242</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B67" t="s">
-        <v>21</v>
+        <v>245</v>
       </c>
       <c r="C67" t="s">
-        <v>21</v>
+        <v>246</v>
       </c>
       <c r="D67" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B68" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C68" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D68" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B69" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C69" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D69" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B70" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C70" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D70" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B71" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C71" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D71" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B72" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C72" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D72" t="s">
-        <v>21</v>
+        <v>267</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C73" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D73" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B74" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C74" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D74" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B75" t="s">
-        <v>273</v>
+        <v>21</v>
       </c>
       <c r="C75" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D75" t="s">
-        <v>275</v>
+        <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B76" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C76" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D76" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B77" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C77" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D77" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B78" t="s">
-        <v>21</v>
+        <v>287</v>
       </c>
       <c r="C78" t="s">
-        <v>21</v>
+        <v>288</v>
       </c>
       <c r="D78" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B79" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C79" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D79" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B80" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C80" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D80" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B81" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C81" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="D81" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B82" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C82" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D82" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B83" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C83" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D83" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B84" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C84" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D84" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B85" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C85" t="s">
-        <v>21</v>
+        <v>316</v>
       </c>
       <c r="D85" t="s">
-        <v>21</v>
+        <v>317</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B86" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="C86" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="D86" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="B87" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="C87" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D87" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="B88" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="C88" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="D88" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="B89" t="s">
-        <v>325</v>
+        <v>21</v>
       </c>
       <c r="C89" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D89" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B90" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C90" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D90" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B91" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C91" t="s">
-        <v>21</v>
+        <v>338</v>
       </c>
       <c r="D91" t="s">
-        <v>21</v>
+        <v>339</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B92" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C92" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D92" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B93" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="C93" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="D93" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B94" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C94" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="D94" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B95" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C95" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D95" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="B96" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="C96" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="D96" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B97" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="C97" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="D97" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B98" t="s">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="C98" t="s">
-        <v>360</v>
+        <v>21</v>
       </c>
       <c r="D98" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B99" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C99" t="s">
-        <v>364</v>
+        <v>21</v>
       </c>
       <c r="D99" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B100" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C100" t="s">
-        <v>21</v>
+        <v>371</v>
       </c>
       <c r="D100" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B101" t="s">
-        <v>21</v>
+        <v>374</v>
       </c>
       <c r="C101" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="D101" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B102" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C102" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="D102" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B103" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C103" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="D103" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B104" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C104" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="D104" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B105" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C105" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="D105" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B106" t="s">
-        <v>21</v>
+        <v>394</v>
       </c>
       <c r="C106" t="s">
-        <v>21</v>
+        <v>395</v>
       </c>
       <c r="D106" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="B107" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C107" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="D107" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="B108" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C108" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="D108" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="C109" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="D109" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="B110" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C110" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="D110" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="B111" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="C111" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="D111" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="B112" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="C112" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="D112" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="B113" t="s">
-        <v>21</v>
+        <v>422</v>
       </c>
       <c r="C113" t="s">
-        <v>21</v>
+        <v>423</v>
       </c>
       <c r="D113" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B114" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="C114" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="D114" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B115" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="C115" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="D115" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B116" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="C116" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="D116" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B117" t="s">
-        <v>429</v>
+        <v>21</v>
       </c>
       <c r="C117" t="s">
-        <v>430</v>
+        <v>21</v>
       </c>
       <c r="D117" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B118" t="s">
-        <v>433</v>
+        <v>21</v>
       </c>
       <c r="C118" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="D118" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B119" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C119" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D119" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B120" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C120" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="D120" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="B121" t="s">
-        <v>21</v>
+        <v>451</v>
       </c>
       <c r="C121" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="D121" t="s">
-        <v>21</v>
+        <v>453</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="B122" t="s">
         <v>21</v>
       </c>
       <c r="C122" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="D122" t="s">
-        <v>448</v>
+        <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B123" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="D123" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B124" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C124" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="D124" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B125" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="C125" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="D125" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B126" t="s">
-        <v>21</v>
+        <v>469</v>
       </c>
       <c r="C126" t="s">
-        <v>21</v>
+        <v>470</v>
       </c>
       <c r="D126" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="B127" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="C127" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="D127" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="B128" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="C128" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="D128" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="B129" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="C129" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="D129" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B130" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C130" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="D130" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B131" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="C131" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="D131" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="B132" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="C132" t="s">
-        <v>485</v>
+        <v>21</v>
       </c>
       <c r="D132" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="B133" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="C133" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="D133" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="B134" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="C134" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="D134" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B135" t="s">
-        <v>21</v>
+        <v>504</v>
       </c>
       <c r="C135" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="D135" t="s">
-        <v>21</v>
+        <v>506</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="B136" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="C136" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="D136" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="B137" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="C137" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="D137" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="B138" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="C138" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="D138" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="B139" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="C139" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="D139" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B140" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="C140" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="D140" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="B141" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="C141" t="s">
-        <v>519</v>
+        <v>21</v>
       </c>
       <c r="D141" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B142" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="C142" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="D142" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="B143" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
       <c r="C143" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="D143" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="B144" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="C144" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="D144" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B145" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="C145" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="D145" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="B146" t="s">
-        <v>21</v>
+        <v>547</v>
       </c>
       <c r="C146" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="D146" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="B147" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="C147" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D147" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="B148" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="C148" t="s">
-        <v>546</v>
+        <v>21</v>
       </c>
       <c r="D148" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B149" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="C149" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="D149" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B150" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="C150" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="D150" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B151" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C151" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="D151" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="B152" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="C152" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="D152" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="B153" t="s">
-        <v>21</v>
+        <v>574</v>
       </c>
       <c r="C153" t="s">
-        <v>21</v>
+        <v>575</v>
       </c>
       <c r="D153" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
       <c r="B154" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="C154" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
       <c r="D154" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="B155" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="C155" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="D155" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="B156" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C156" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="D156" t="s">
-        <v>577</v>
+        <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="B157" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="C157" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="D157" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="B158" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="C158" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="D158" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B159" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C159" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="D159" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="B160" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="C160" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="D160" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="B161" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="C161" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="D161" t="s">
-        <v>21</v>
+        <v>607</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="B162" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
       <c r="C162" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="D162" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="B163" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="C163" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="D163" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="B164" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="C164" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="D164" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="B165" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="C165" t="s">
-        <v>611</v>
+        <v>21</v>
       </c>
       <c r="D165" t="s">
-        <v>612</v>
+        <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="B166" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="C166" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="D166" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="B167" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="C167" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="D167" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="B168" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="C168" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="D168" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="B169" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="C169" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="D169" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B170" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="C170" t="s">
-        <v>21</v>
+        <v>640</v>
       </c>
       <c r="D170" t="s">
-        <v>21</v>
+        <v>641</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="B171" t="s">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="C171" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="D171" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>635</v>
+        <v>646</v>
       </c>
       <c r="B172" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="C172" t="s">
-        <v>637</v>
+        <v>648</v>
       </c>
       <c r="D172" t="s">
-        <v>638</v>
+        <v>649</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
       <c r="B173" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
       <c r="C173" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="D173" t="s">
-        <v>642</v>
+        <v>653</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>643</v>
+        <v>654</v>
       </c>
       <c r="B174" t="s">
-        <v>644</v>
+        <v>655</v>
       </c>
       <c r="C174" t="s">
-        <v>645</v>
+        <v>656</v>
       </c>
       <c r="D174" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>647</v>
+        <v>658</v>
       </c>
       <c r="B175" t="s">
-        <v>648</v>
+        <v>659</v>
       </c>
       <c r="C175" t="s">
-        <v>649</v>
+        <v>660</v>
       </c>
       <c r="D175" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>651</v>
+        <v>662</v>
       </c>
       <c r="B176" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
       <c r="C176" t="s">
-        <v>653</v>
+        <v>664</v>
       </c>
       <c r="D176" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="B177" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="C177" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="D177" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="B178" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="C178" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="D178" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="B179" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="C179" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
       <c r="D179" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="B180" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="C180" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="D180" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
       <c r="B181" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="C181" t="s">
-        <v>673</v>
+        <v>684</v>
       </c>
       <c r="D181" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B182" t="s">
-        <v>676</v>
+        <v>687</v>
       </c>
       <c r="C182" t="s">
-        <v>677</v>
+        <v>688</v>
       </c>
       <c r="D182" t="s">
-        <v>678</v>
+        <v>689</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="B183" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="C183" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="D183" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="B184" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="C184" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="D184" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="B185" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="C185" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="D185" t="s">
-        <v>21</v>
+        <v>701</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="B186" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
       <c r="C186" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
       <c r="D186" t="s">
-        <v>693</v>
+        <v>21</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="B187" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="C187" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="D187" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="B188" t="s">
-        <v>699</v>
+        <v>21</v>
       </c>
       <c r="C188" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="D188" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="B189" t="s">
-        <v>21</v>
+        <v>713</v>
       </c>
       <c r="C189" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
       <c r="D189" t="s">
-        <v>704</v>
+        <v>715</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
       <c r="B190" t="s">
-        <v>706</v>
+        <v>717</v>
       </c>
       <c r="C190" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="D190" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="B191" t="s">
-        <v>710</v>
+        <v>21</v>
       </c>
       <c r="C191" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="D191" t="s">
-        <v>712</v>
+        <v>21</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B192" t="s">
-        <v>714</v>
+        <v>21</v>
       </c>
       <c r="C192" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="D192" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B193" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="C193" t="s">
-        <v>21</v>
+        <v>727</v>
       </c>
       <c r="D193" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="B194" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="C194" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="D194" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B195" t="s">
-        <v>21</v>
+        <v>734</v>
       </c>
       <c r="C195" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="D195" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="B196" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="C196" t="s">
-        <v>21</v>
+        <v>739</v>
       </c>
       <c r="D196" t="s">
-        <v>21</v>
+        <v>740</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="B197" t="s">
-        <v>21</v>
+        <v>742</v>
       </c>
       <c r="C197" t="s">
-        <v>730</v>
+        <v>743</v>
       </c>
       <c r="D197" t="s">
-        <v>731</v>
+        <v>744</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>732</v>
+        <v>745</v>
       </c>
       <c r="B198" t="s">
-        <v>733</v>
+        <v>746</v>
       </c>
       <c r="C198" t="s">
-        <v>734</v>
+        <v>747</v>
       </c>
       <c r="D198" t="s">
-        <v>21</v>
+        <v>748</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="B199" t="s">
-        <v>736</v>
+        <v>21</v>
       </c>
       <c r="C199" t="s">
-        <v>737</v>
+        <v>750</v>
       </c>
       <c r="D199" t="s">
-        <v>738</v>
+        <v>751</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>739</v>
+        <v>752</v>
       </c>
       <c r="B200" t="s">
-        <v>740</v>
+        <v>753</v>
       </c>
       <c r="C200" t="s">
-        <v>741</v>
+        <v>754</v>
       </c>
       <c r="D200" t="s">
-        <v>742</v>
+        <v>755</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>743</v>
+        <v>756</v>
       </c>
       <c r="B201" t="s">
-        <v>744</v>
+        <v>757</v>
       </c>
       <c r="C201" t="s">
-        <v>745</v>
+        <v>758</v>
       </c>
       <c r="D201" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>746</v>
+        <v>759</v>
       </c>
       <c r="B202" t="s">
-        <v>747</v>
+        <v>21</v>
       </c>
       <c r="C202" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="D202" t="s">
-        <v>749</v>
+        <v>21</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="B203" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="C203" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="D203" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="B204" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="C204" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="D204" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="B205" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="C205" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="D205" t="s">
-        <v>761</v>
+        <v>772</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>762</v>
+        <v>773</v>
       </c>
       <c r="B206" t="s">
-        <v>763</v>
+        <v>21</v>
       </c>
       <c r="C206" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="D206" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="B207" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="C207" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="D207" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="B208" t="s">
-        <v>21</v>
+        <v>781</v>
       </c>
       <c r="C208" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="D208" t="s">
-        <v>21</v>
+        <v>783</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="B209" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="C209" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="D209" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="B210" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="C210" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="D210" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="B211" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="C211" t="s">
-        <v>21</v>
+        <v>794</v>
       </c>
       <c r="D211" t="s">
-        <v>782</v>
+        <v>795</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>783</v>
+        <v>796</v>
       </c>
       <c r="B212" t="s">
-        <v>784</v>
+        <v>797</v>
       </c>
       <c r="C212" t="s">
-        <v>785</v>
+        <v>798</v>
       </c>
       <c r="D212" t="s">
-        <v>786</v>
+        <v>799</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>787</v>
+        <v>800</v>
       </c>
       <c r="B213" t="s">
-        <v>788</v>
+        <v>801</v>
       </c>
       <c r="C213" t="s">
-        <v>789</v>
+        <v>802</v>
       </c>
       <c r="D213" t="s">
-        <v>790</v>
+        <v>803</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>791</v>
+        <v>804</v>
       </c>
       <c r="B214" t="s">
-        <v>792</v>
+        <v>805</v>
       </c>
       <c r="C214" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="D214" t="s">
-        <v>794</v>
+        <v>807</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>795</v>
+        <v>808</v>
       </c>
       <c r="B215" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="C215" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="D215" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="B216" t="s">
-        <v>800</v>
+        <v>813</v>
       </c>
       <c r="C216" t="s">
-        <v>801</v>
+        <v>814</v>
       </c>
       <c r="D216" t="s">
-        <v>802</v>
+        <v>815</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>803</v>
+        <v>816</v>
       </c>
       <c r="B217" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="C217" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="D217" t="s">
-        <v>806</v>
+        <v>819</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>807</v>
+        <v>820</v>
       </c>
       <c r="B218" t="s">
-        <v>808</v>
+        <v>821</v>
       </c>
       <c r="C218" t="s">
-        <v>809</v>
+        <v>822</v>
       </c>
       <c r="D218" t="s">
-        <v>810</v>
+        <v>823</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>811</v>
+        <v>824</v>
       </c>
       <c r="B219" t="s">
-        <v>812</v>
+        <v>825</v>
       </c>
       <c r="C219" t="s">
-        <v>813</v>
+        <v>21</v>
       </c>
       <c r="D219" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="B220" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="C220" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="D220" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="B221" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="C221" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="D221" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="B222" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="C222" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
       <c r="D222" t="s">
-        <v>826</v>
+        <v>838</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
       <c r="B223" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="C223" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="D223" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>831</v>
+        <v>843</v>
       </c>
       <c r="B224" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="C224" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="D224" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
       <c r="B225" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="C225" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
       <c r="D225" t="s">
-        <v>838</v>
+        <v>850</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>839</v>
+        <v>851</v>
       </c>
       <c r="B226" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="C226" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D226" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>843</v>
+        <v>855</v>
       </c>
       <c r="B227" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
       <c r="C227" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="D227" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="B228" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
       <c r="C228" t="s">
-        <v>849</v>
+        <v>21</v>
       </c>
       <c r="D228" t="s">
-        <v>850</v>
+        <v>21</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="B229" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="C229" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="D229" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="B230" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="C230" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="D230" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="B231" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="C231" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="D231" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="B232" t="s">
-        <v>21</v>
+        <v>874</v>
       </c>
       <c r="C232" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
       <c r="D232" t="s">
-        <v>21</v>
-[...40 lines deleted...]
-      <c r="D235" t="s">
         <v>876</v>
-      </c>
-[...12 lines deleted...]
-        <v>880</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">