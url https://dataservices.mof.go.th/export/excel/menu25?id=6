--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -17,261 +17,261 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>กันยายน 2568</t>
+  </si>
+  <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
     <t>กรกฎาคม 2568</t>
   </si>
   <si>
-    <t>มิถุนายน 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>ไวน์</t>
   </si>
   <si>
+    <t>385,189,049</t>
+  </si>
+  <si>
     <t>523,750,216</t>
   </si>
   <si>
     <t>337,280,424</t>
   </si>
   <si>
-    <t>454,145,024</t>
-[...1 lines deleted...]
-  <si>
     <t>สุราต่างประเทศ</t>
   </si>
   <si>
+    <t>208,270,438</t>
+  </si>
+  <si>
     <t>232,158,405</t>
   </si>
   <si>
     <t>210,123,038</t>
   </si>
   <si>
-    <t>204,902,189</t>
-[...1 lines deleted...]
-  <si>
     <t>ผลไม้</t>
   </si>
   <si>
+    <t>2,212,911,865</t>
+  </si>
+  <si>
     <t>2,267,800,650</t>
   </si>
   <si>
     <t>1,786,265,154</t>
   </si>
   <si>
-    <t>1,607,383,106</t>
-[...1 lines deleted...]
-  <si>
     <t>ดอกไม้</t>
   </si>
   <si>
+    <t>77,455,069</t>
+  </si>
+  <si>
     <t>81,273,712</t>
   </si>
   <si>
     <t>81,960,129</t>
   </si>
   <si>
-    <t>83,062,577</t>
-[...1 lines deleted...]
-  <si>
     <t>น้ำหอมและเครื่องสำอางค์</t>
   </si>
   <si>
+    <t>1,022,113,599</t>
+  </si>
+  <si>
     <t>895,263,080</t>
   </si>
   <si>
     <t>1,090,137,524</t>
   </si>
   <si>
-    <t>2,635,016,663</t>
-[...1 lines deleted...]
-  <si>
     <t>กระเป๋าหนังและเข็มขัดหนัง</t>
   </si>
   <si>
+    <t>1,809,021,047</t>
+  </si>
+  <si>
     <t>1,786,678,686</t>
   </si>
   <si>
     <t>1,944,665,600</t>
   </si>
   <si>
-    <t>1,748,613,410</t>
-[...1 lines deleted...]
-  <si>
     <t>ผ้าทอทำด้วยขนสัตว์</t>
   </si>
   <si>
+    <t>23,837,454</t>
+  </si>
+  <si>
     <t>26,972,730</t>
   </si>
   <si>
     <t>28,078,071</t>
   </si>
   <si>
-    <t>33,668,248</t>
-[...1 lines deleted...]
-  <si>
     <t>สูท เสื้อ กระโปรง กางเกง สำหรับบุรุษ สตรี เด็กชาย และเด็กหญิง และเนคไท</t>
   </si>
   <si>
+    <t>1,103,925,864</t>
+  </si>
+  <si>
     <t>1,292,392,703</t>
   </si>
   <si>
     <t>1,359,895,128</t>
   </si>
   <si>
-    <t>1,415,840,027</t>
-[...1 lines deleted...]
-  <si>
     <t>รองเท้าหนังและรองเท้าผ้าใบ</t>
   </si>
   <si>
+    <t>263,619,236</t>
+  </si>
+  <si>
     <t>255,693,676</t>
   </si>
   <si>
     <t>257,586,981</t>
   </si>
   <si>
-    <t>269,163,116</t>
-[...1 lines deleted...]
-  <si>
     <t>เครื่องแก้วชนิดใช้บนโต๊ะอาหาร หรือใช้ตกแต่งภายในที่ทำด้วยคริสตัล</t>
   </si>
   <si>
+    <t>5,712,154</t>
+  </si>
+  <si>
     <t>5,099,733</t>
   </si>
   <si>
     <t>14,068,864</t>
   </si>
   <si>
-    <t>7,027,070</t>
-[...1 lines deleted...]
-  <si>
     <t>เครื่องประดับที่ทำด้วยคริสตัล</t>
   </si>
   <si>
+    <t>287,337,198</t>
+  </si>
+  <si>
     <t>287,462,216</t>
   </si>
   <si>
     <t>286,111,346</t>
   </si>
   <si>
-    <t>273,875,232</t>
-[...1 lines deleted...]
-  <si>
     <t>เลนส์</t>
   </si>
   <si>
+    <t>889,571,840</t>
+  </si>
+  <si>
     <t>786,757,605</t>
   </si>
   <si>
     <t>783,678,060</t>
   </si>
   <si>
-    <t>661,422,088</t>
-[...1 lines deleted...]
-  <si>
     <t>แว่นตา</t>
   </si>
   <si>
+    <t>290,801,959</t>
+  </si>
+  <si>
     <t>217,832,948</t>
   </si>
   <si>
     <t>262,268,202</t>
   </si>
   <si>
-    <t>295,074,720</t>
-[...1 lines deleted...]
-  <si>
     <t>กล้องถ่ายรูปและอุปกรณ์</t>
   </si>
   <si>
+    <t>73,430,260</t>
+  </si>
+  <si>
     <t>62,092,572</t>
   </si>
   <si>
     <t>98,401,467</t>
   </si>
   <si>
-    <t>72,838,291</t>
-[...1 lines deleted...]
-  <si>
     <t>นาฬิกาและอุปกรณ์</t>
   </si>
   <si>
+    <t>2,003,054,620</t>
+  </si>
+  <si>
     <t>1,599,735,934</t>
   </si>
   <si>
     <t>1,660,474,177</t>
   </si>
   <si>
-    <t>1,392,268,186</t>
-[...1 lines deleted...]
-  <si>
     <t>ปากกาและอุปกรณ์</t>
   </si>
   <si>
+    <t>219,315,419</t>
+  </si>
+  <si>
     <t>186,681,930</t>
   </si>
   <si>
     <t>207,552,187</t>
   </si>
   <si>
-    <t>185,979,040</t>
-[...1 lines deleted...]
-  <si>
     <t>ไฟแช็คและอุปกรณ์</t>
   </si>
   <si>
+    <t>32,258,095</t>
+  </si>
+  <si>
     <t>42,837,758</t>
   </si>
   <si>
     <t>35,185,441</t>
-  </si>
-[...1 lines deleted...]
-    <t>25,155,486</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>