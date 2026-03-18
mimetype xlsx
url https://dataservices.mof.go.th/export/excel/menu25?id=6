--- v1 (2025-12-02)
+++ v2 (2026-03-18)
@@ -17,261 +17,261 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
-    <t>กันยายน 2568</t>
-[...5 lines deleted...]
-    <t>กรกฎาคม 2568</t>
+    <t>มกราคม 2569</t>
+  </si>
+  <si>
+    <t>ธันวาคม 2568</t>
+  </si>
+  <si>
+    <t>พฤศจิกายน 2568</t>
   </si>
   <si>
     <t>ไวน์</t>
   </si>
   <si>
-    <t>385,189,049</t>
-[...5 lines deleted...]
-    <t>337,280,424</t>
+    <t>731,990,392</t>
+  </si>
+  <si>
+    <t>534,431,683</t>
+  </si>
+  <si>
+    <t>568,141,607</t>
   </si>
   <si>
     <t>สุราต่างประเทศ</t>
   </si>
   <si>
-    <t>208,270,438</t>
-[...5 lines deleted...]
-    <t>210,123,038</t>
+    <t>223,673,523</t>
+  </si>
+  <si>
+    <t>211,469,743</t>
+  </si>
+  <si>
+    <t>219,805,413</t>
   </si>
   <si>
     <t>ผลไม้</t>
   </si>
   <si>
-    <t>2,212,911,865</t>
-[...5 lines deleted...]
-    <t>1,786,265,154</t>
+    <t>2,453,555,467</t>
+  </si>
+  <si>
+    <t>2,789,590,528</t>
+  </si>
+  <si>
+    <t>2,567,055,967</t>
   </si>
   <si>
     <t>ดอกไม้</t>
   </si>
   <si>
-    <t>77,455,069</t>
-[...5 lines deleted...]
-    <t>81,960,129</t>
+    <t>80,953,951</t>
+  </si>
+  <si>
+    <t>81,923,117</t>
+  </si>
+  <si>
+    <t>78,324,629</t>
   </si>
   <si>
     <t>น้ำหอมและเครื่องสำอางค์</t>
   </si>
   <si>
-    <t>1,022,113,599</t>
-[...5 lines deleted...]
-    <t>1,090,137,524</t>
+    <t>824,071,062</t>
+  </si>
+  <si>
+    <t>1,057,733,314</t>
+  </si>
+  <si>
+    <t>804,534,791</t>
   </si>
   <si>
     <t>กระเป๋าหนังและเข็มขัดหนัง</t>
   </si>
   <si>
-    <t>1,809,021,047</t>
-[...5 lines deleted...]
-    <t>1,944,665,600</t>
+    <t>2,032,820,256</t>
+  </si>
+  <si>
+    <t>2,302,059,893</t>
+  </si>
+  <si>
+    <t>1,828,400,948</t>
   </si>
   <si>
     <t>ผ้าทอทำด้วยขนสัตว์</t>
   </si>
   <si>
-    <t>23,837,454</t>
-[...5 lines deleted...]
-    <t>28,078,071</t>
+    <t>28,997,210</t>
+  </si>
+  <si>
+    <t>31,661,398</t>
+  </si>
+  <si>
+    <t>63,217,637</t>
   </si>
   <si>
     <t>สูท เสื้อ กระโปรง กางเกง สำหรับบุรุษ สตรี เด็กชาย และเด็กหญิง และเนคไท</t>
   </si>
   <si>
-    <t>1,103,925,864</t>
-[...5 lines deleted...]
-    <t>1,359,895,128</t>
+    <t>1,648,728,494</t>
+  </si>
+  <si>
+    <t>1,510,859,592</t>
+  </si>
+  <si>
+    <t>1,489,583,834</t>
   </si>
   <si>
     <t>รองเท้าหนังและรองเท้าผ้าใบ</t>
   </si>
   <si>
-    <t>263,619,236</t>
-[...5 lines deleted...]
-    <t>257,586,981</t>
+    <t>257,268,317</t>
+  </si>
+  <si>
+    <t>324,345,798</t>
+  </si>
+  <si>
+    <t>277,749,635</t>
   </si>
   <si>
     <t>เครื่องแก้วชนิดใช้บนโต๊ะอาหาร หรือใช้ตกแต่งภายในที่ทำด้วยคริสตัล</t>
   </si>
   <si>
-    <t>5,712,154</t>
-[...5 lines deleted...]
-    <t>14,068,864</t>
+    <t>3,667,056</t>
+  </si>
+  <si>
+    <t>16,782,809</t>
+  </si>
+  <si>
+    <t>3,890,810</t>
   </si>
   <si>
     <t>เครื่องประดับที่ทำด้วยคริสตัล</t>
   </si>
   <si>
-    <t>287,337,198</t>
-[...5 lines deleted...]
-    <t>286,111,346</t>
+    <t>409,567,634</t>
+  </si>
+  <si>
+    <t>432,817,125</t>
+  </si>
+  <si>
+    <t>375,839,680</t>
   </si>
   <si>
     <t>เลนส์</t>
   </si>
   <si>
-    <t>889,571,840</t>
-[...5 lines deleted...]
-    <t>783,678,060</t>
+    <t>780,601,226</t>
+  </si>
+  <si>
+    <t>646,493,810</t>
+  </si>
+  <si>
+    <t>764,039,262</t>
   </si>
   <si>
     <t>แว่นตา</t>
   </si>
   <si>
-    <t>290,801,959</t>
-[...5 lines deleted...]
-    <t>262,268,202</t>
+    <t>253,320,341</t>
+  </si>
+  <si>
+    <t>310,669,861</t>
+  </si>
+  <si>
+    <t>256,950,165</t>
   </si>
   <si>
     <t>กล้องถ่ายรูปและอุปกรณ์</t>
   </si>
   <si>
-    <t>73,430,260</t>
-[...5 lines deleted...]
-    <t>98,401,467</t>
+    <t>133,516,254</t>
+  </si>
+  <si>
+    <t>86,706,069</t>
+  </si>
+  <si>
+    <t>73,869,574</t>
   </si>
   <si>
     <t>นาฬิกาและอุปกรณ์</t>
   </si>
   <si>
-    <t>2,003,054,620</t>
-[...5 lines deleted...]
-    <t>1,660,474,177</t>
+    <t>1,688,901,149</t>
+  </si>
+  <si>
+    <t>1,522,856,282</t>
+  </si>
+  <si>
+    <t>1,643,647,283</t>
   </si>
   <si>
     <t>ปากกาและอุปกรณ์</t>
   </si>
   <si>
-    <t>219,315,419</t>
-[...5 lines deleted...]
-    <t>207,552,187</t>
+    <t>207,864,130</t>
+  </si>
+  <si>
+    <t>230,633,988</t>
+  </si>
+  <si>
+    <t>189,298,016</t>
   </si>
   <si>
     <t>ไฟแช็คและอุปกรณ์</t>
   </si>
   <si>
-    <t>32,258,095</t>
-[...5 lines deleted...]
-    <t>35,185,441</t>
+    <t>42,404,867</t>
+  </si>
+  <si>
+    <t>35,915,809</t>
+  </si>
+  <si>
+    <t>29,642,253</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -604,51 +604,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.693848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>