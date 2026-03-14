--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -12,344 +12,233 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>รายการ</t>
   </si>
   <si>
-    <t>งบประมาณ 2568</t>
-[...38 lines deleted...]
-    <t>ต.ค. 2568</t>
+    <t>งบประมาณ 2569</t>
+  </si>
+  <si>
+    <t>ยอดสะสม 2569</t>
+  </si>
+  <si>
+    <t>ก.ย. 2569</t>
+  </si>
+  <si>
+    <t>ส.ค. 2569</t>
+  </si>
+  <si>
+    <t>ก.ค. 2569</t>
+  </si>
+  <si>
+    <t>มิ.ย. 2569</t>
+  </si>
+  <si>
+    <t>พ.ค. 2569</t>
+  </si>
+  <si>
+    <t>เม.ย. 2569</t>
+  </si>
+  <si>
+    <t>มี.ค. 2569</t>
+  </si>
+  <si>
+    <t>ก.พ. 2569</t>
+  </si>
+  <si>
+    <t>ม.ค. 2569</t>
+  </si>
+  <si>
+    <t>ธ.ค. 2569</t>
+  </si>
+  <si>
+    <t>พ.ย. 2569</t>
+  </si>
+  <si>
+    <t>ต.ค. 2569</t>
   </si>
   <si>
     <t>ภาระที่ตั้งจ่ายในงบกระทรวงการคลัง</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
-    <t>351,997.49</t>
-[...26 lines deleted...]
-    <t>2,935.29</t>
+    <t>221,394.53</t>
+  </si>
+  <si>
+    <t>37,814.92</t>
+  </si>
+  <si>
+    <t>116,829.34</t>
+  </si>
+  <si>
+    <t>55,356.07</t>
+  </si>
+  <si>
+    <t>11,394.20</t>
   </si>
   <si>
     <t>ต้นเงิน</t>
   </si>
   <si>
-    <t>110,618.27</t>
-[...26 lines deleted...]
-    <t>155.63</t>
+    <t>106,131.78</t>
+  </si>
+  <si>
+    <t>35,644.27</t>
+  </si>
+  <si>
+    <t>18,212.05</t>
+  </si>
+  <si>
+    <t>44,263.56</t>
+  </si>
+  <si>
+    <t>8,011.90</t>
   </si>
   <si>
     <t>ดอกเบี้ย</t>
   </si>
   <si>
-    <t>240,674.87</t>
-[...26 lines deleted...]
-    <t>2,779.66</t>
+    <t>115,252.49</t>
+  </si>
+  <si>
+    <t>2,170.49</t>
+  </si>
+  <si>
+    <t>98,607.19</t>
+  </si>
+  <si>
+    <t>11,092.51</t>
+  </si>
+  <si>
+    <t>3,382.30</t>
   </si>
   <si>
     <t>ค่าธรรมเนียม</t>
   </si>
   <si>
-    <t>704.35</t>
-[...14 lines deleted...]
-    <t>15.00</t>
+    <t>10.26</t>
+  </si>
+  <si>
+    <t>0.16</t>
+  </si>
+  <si>
+    <t>10.10</t>
   </si>
   <si>
     <t>ภาระที่ตั้งจ่ายในประเทศ</t>
   </si>
   <si>
-    <t>339,506.96</t>
-[...59 lines deleted...]
-    <t>704.18</t>
+    <t>164,560.23</t>
+  </si>
+  <si>
+    <t>36,365.53</t>
+  </si>
+  <si>
+    <t>116,819.24</t>
+  </si>
+  <si>
+    <t>11,375.46</t>
+  </si>
+  <si>
+    <t>104,857.00</t>
+  </si>
+  <si>
+    <t>34,381.39</t>
+  </si>
+  <si>
+    <t>8,000.00</t>
+  </si>
+  <si>
+    <t>115,058.77</t>
+  </si>
+  <si>
+    <t>1,984.14</t>
+  </si>
+  <si>
+    <t>11,091.98</t>
+  </si>
+  <si>
+    <t>3,375.46</t>
   </si>
   <si>
     <t>ภาระที่ตั้งจ่ายต่างประเทศ</t>
   </si>
   <si>
-    <t>12,490.53</t>
-[...53 lines deleted...]
-    <t>10.28</t>
+    <t>1,478.23</t>
+  </si>
+  <si>
+    <t>1,449.39</t>
+  </si>
+  <si>
+    <t>18.74</t>
+  </si>
+  <si>
+    <t>1,274.78</t>
+  </si>
+  <si>
+    <t>1,262.88</t>
+  </si>
+  <si>
+    <t>11.90</t>
+  </si>
+  <si>
+    <t>193.72</t>
+  </si>
+  <si>
+    <t>186.35</t>
+  </si>
+  <si>
+    <t>0.53</t>
+  </si>
+  <si>
+    <t>6.84</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>
@@ -772,586 +661,586 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="2" t="s">
+      <c r="N2" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="2" t="s">
+      <c r="O2" s="2" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" t="s">
+        <v>16</v>
+      </c>
+      <c r="I3" t="s">
+        <v>16</v>
+      </c>
+      <c r="J3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K3" t="s">
+        <v>16</v>
+      </c>
+      <c r="L3" t="s">
+        <v>24</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
         <v>27</v>
-      </c>
-[...40 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="K4" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="N4" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>16</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>16</v>
       </c>
       <c r="O5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="N6" s="2" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="O6" s="2" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" t="s">
         <v>16</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="H7" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I7" t="s">
         <v>16</v>
       </c>
       <c r="J7" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>16</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="N7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
       <c r="E8" t="s">
         <v>16</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="I8" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="J8" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>47</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="N8" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9" t="s">
         <v>16</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>16</v>
       </c>
       <c r="J9" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="K9" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="L9" t="s">
         <v>16</v>
       </c>
       <c r="M9" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="N9" t="s">
         <v>16</v>
       </c>
       <c r="O9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="2" t="s">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="N10" s="2" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="O10" s="2" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H11" t="s">
         <v>16</v>
       </c>
       <c r="I11" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="N11" t="s">
         <v>16</v>
       </c>
       <c r="O11" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="H12" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="I12" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="N12" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>16</v>
       </c>
       <c r="E13" t="s">
         <v>16</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>16</v>
       </c>
       <c r="H13" t="s">
         <v>16</v>
       </c>
       <c r="I13" t="s">
         <v>16</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>16</v>
       </c>
       <c r="L13" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="M13" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
         <v>16</v>
       </c>
       <c r="O13" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>