--- v0 (2025-11-30)
+++ v1 (2026-03-16)
@@ -12,347 +12,344 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>หน่วยงาน</t>
   </si>
   <si>
-    <t>กันยายน 2568 Domestic Debt (Guaranteed Debt)</t>
-[...8 lines deleted...]
-    <t>กันยายน 2568 External Debt (Non-Guaranteed Debt)</t>
+    <t>มกราคม 2569 Domestic Debt (Guaranteed Debt)</t>
+  </si>
+  <si>
+    <t>มกราคม 2569 Domestic Debt (Non-Guaranteed Debt)</t>
+  </si>
+  <si>
+    <t>มกราคม 2569 External Debt (Guaranteed Debt)</t>
+  </si>
+  <si>
+    <t>มกราคม 2569 External Debt (Non-Guaranteed Debt)</t>
   </si>
   <si>
     <t>ผลรวม</t>
   </si>
   <si>
-    <t>1,142,996.34</t>
-[...8 lines deleted...]
-    <t>9,537.45</t>
+    <t>1,122,709.56</t>
+  </si>
+  <si>
+    <t>909,962.34</t>
+  </si>
+  <si>
+    <t>45,950.03</t>
+  </si>
+  <si>
+    <t>9,258.03</t>
   </si>
   <si>
     <t>รัฐวิสาหกิจที่ไม่ใช่สถาบันการเงิน</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
-    <t>157,176.35</t>
-[...2 lines deleted...]
-    <t>1,200.36</t>
+    <t>154,824.66</t>
+  </si>
+  <si>
+    <t>900.27</t>
   </si>
   <si>
     <t>บริษัท ปตท. จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>134,000.00</t>
   </si>
   <si>
     <t>บริษัท กสท. โทรคมนาคม จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท ทศท. คอร์เปอร์เรชัน จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท ปตท. น้ำมันและการค้าปลีก จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท ปตท. สำรวจและผลิตปิโตรเลียม จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท ปตท.สผ.อินเตอร์เนชั่นแนล จำกัด</t>
   </si>
   <si>
     <t>บริษัท อสมท. จำกัด (มหาชน)</t>
   </si>
   <si>
-    <t>510.13</t>
+    <t>592.57</t>
   </si>
   <si>
     <t>บริษัท กรุงไทย คอมพิวเตอร์เซอร์วิสเซส จำกัด</t>
   </si>
   <si>
     <t>200.00</t>
   </si>
   <si>
     <t>บริษัท ไม้อัดไทย จำกัด</t>
   </si>
   <si>
     <t>บริษัท การบินไทย จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท อู่กรุงเทพ จำกัด</t>
   </si>
   <si>
-    <t>4.78</t>
+    <t>4.81</t>
   </si>
   <si>
     <t>บริษัท ท่าอากาศยานไทย จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท บางจากปิโตรเลียม จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>บริษัท กรุงไทยธุรกิจบริการ จำกัด</t>
   </si>
   <si>
     <t>บริษัท ผลิตไฟฟ้าและน้ำเย็น จำกัด</t>
   </si>
   <si>
-    <t>856.44</t>
+    <t>1,097.28</t>
   </si>
   <si>
     <t>บริษัท ธนารักษ์พัฒนาสินทรัพย์ จำกัด (ธพส.)</t>
   </si>
   <si>
-    <t>20,930.00</t>
+    <t>18,930.00</t>
   </si>
   <si>
     <t>บริษัท วิทยุการบินแห่งประเทศไทย จำกัด</t>
   </si>
   <si>
-    <t>675.00</t>
-[...1 lines deleted...]
-  <si>
     <t>บริษัท โรงแรมท่าอากาศยานสุวรรณภูมิ จำกัด</t>
   </si>
   <si>
     <t>บริษัท PTT International Trading singapore</t>
   </si>
   <si>
     <t>หน่วยงานของรัฐ</t>
   </si>
   <si>
-    <t>987,248.22</t>
-[...5 lines deleted...]
-    <t>45,804.32</t>
+    <t>968,121.44</t>
+  </si>
+  <si>
+    <t>755,137.68</t>
+  </si>
+  <si>
+    <t>45,011.82</t>
   </si>
   <si>
     <t>องค์การฟอกหนัง</t>
   </si>
   <si>
     <t>การประปานครหลวง</t>
   </si>
   <si>
     <t>6,000.00</t>
   </si>
   <si>
     <t>การเคหะแห่งชาติ</t>
   </si>
   <si>
     <t>54,100.00</t>
   </si>
   <si>
-    <t>1,853.52</t>
+    <t>1,834.28</t>
   </si>
   <si>
     <t>การไฟฟ้านครหลวง</t>
   </si>
   <si>
     <t>173,660.00</t>
   </si>
   <si>
     <t>องค์การแบตเตอรี่</t>
   </si>
   <si>
     <t>องค์การคลังสินค้า</t>
   </si>
   <si>
     <t>การประปาส่วนภูมิภาค</t>
   </si>
   <si>
     <t>10,840.00</t>
   </si>
   <si>
-    <t>29,263.32</t>
+    <t>27,900.00</t>
   </si>
   <si>
     <t>การยางแห่งประเทศไทย</t>
   </si>
   <si>
     <t>1,650.62</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
     <t>การไฟฟ้าส่วนภูมิภาค</t>
   </si>
   <si>
-    <t>338,360.00</t>
+    <t>326,800.00</t>
   </si>
   <si>
     <t>สถาบันการบินพลเรือน</t>
   </si>
   <si>
     <t>การรถไฟแห่งประเทศไทย</t>
   </si>
   <si>
-    <t>535,730.10</t>
-[...2 lines deleted...]
-    <t>100.12</t>
+    <t>544,270.54</t>
+  </si>
+  <si>
+    <t>93.22</t>
   </si>
   <si>
     <t>สำนักงานธนานุเคราะห์</t>
   </si>
   <si>
     <t>การท่าเรือแห่งประเทศไทย</t>
   </si>
   <si>
     <t>6,692.00</t>
   </si>
   <si>
     <t>องค์การตลาดเพื่อเกษตรกร</t>
   </si>
   <si>
     <t>องค์การอุตสาหกรรมป่าไม้</t>
   </si>
   <si>
     <t>การทางพิเศษแห่งประเทศไทย</t>
   </si>
   <si>
     <t>องค์การขนส่งมวลชนกรุงเทพ</t>
   </si>
   <si>
-    <t>294,610.66</t>
+    <t>300,824.44</t>
   </si>
   <si>
     <t>องค์การตลาดเพื่อการเกษตรกร</t>
   </si>
   <si>
     <t>การไฟฟ้าฝ่ายผลิตแห่งประเทศไทย</t>
   </si>
   <si>
-    <t>90,000.00</t>
+    <t>56,000.00</t>
   </si>
   <si>
     <t>212,240.00</t>
   </si>
   <si>
     <t>การนิคมอุตสาหกรรมแห่งประเทศไทย</t>
   </si>
   <si>
     <t>องค์การรับส่งสินค้าและพัสดุภัณฑ์</t>
   </si>
   <si>
     <t>การรถไฟฟ้าขนส่งมวลชนแห่งประเทศไทย</t>
   </si>
   <si>
-    <t>45,704.20</t>
+    <t>44,918.60</t>
   </si>
   <si>
     <t>องค์การส่งเสริมกิจการโคนมแห่งประเทศไทย</t>
   </si>
   <si>
-    <t>316.84</t>
+    <t>435.84</t>
   </si>
   <si>
     <t>รัฐวิสาหกิจที่เป็นสถาบันการเงิน/สถาบันการเงินเฉพาะกิจ</t>
   </si>
   <si>
-    <t>155,748.12</t>
-[...2 lines deleted...]
-    <t>41.59</t>
+    <t>154,588.12</t>
+  </si>
+  <si>
+    <t>37.94</t>
   </si>
   <si>
     <t>บริษัท บริหารสินทรัพย์รัตนสิน จำกัด</t>
   </si>
   <si>
     <t>บริษัท บริหารสินทรัพย์สุขุมวิท จำกัด</t>
   </si>
   <si>
     <t>ธนาคารออมสิน</t>
   </si>
   <si>
     <t>ธนาคารกรุงไทย จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>ธนาคารทหารไทยธนชาต จำกัด (มหาชน)</t>
   </si>
   <si>
     <t>ธนาคารอาคารสงเคราะห์</t>
   </si>
   <si>
-    <t>3,000.00</t>
+    <t>2,000.00</t>
   </si>
   <si>
     <t>ธนาคารอิสลามแห่งประเทศไทย</t>
   </si>
   <si>
     <t>บรรษัทตลาดรองสินเชื่อที่อยู่อาศัย</t>
   </si>
   <si>
     <t>บรรษัทบริหารสินทรัพย์สถาบันการเงิน</t>
   </si>
   <si>
     <t>ธนาคารเพื่อการเกษตรและสหกรณ์การเกษตร</t>
   </si>
   <si>
-    <t>131,748.12</t>
+    <t>131,588.12</t>
   </si>
   <si>
     <t>ธนาคารเพื่อการส่งออกและนำเข้าแห่งประเทศไทย</t>
   </si>
   <si>
     <t>ธนาคารพัฒนาวิสาหกิจขนาดกลางและขนาดย่อมแห่งประเทศไทย</t>
   </si>
   <si>
     <t>21,000.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -710,54 +707,54 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E61" sqref="E61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.555908" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="52.987061" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="57.700195" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.844482" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="56.557617" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.844482" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="56.557617" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>6</v>
@@ -1047,728 +1044,728 @@
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>35</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="C23" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="D23" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" t="s">
         <v>47</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
+        <v>49</v>
+      </c>
+      <c r="B27" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
+        <v>53</v>
+      </c>
+      <c r="B30" t="s">
         <v>54</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" t="s">
         <v>57</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
+        <v>59</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
+        <v>62</v>
+      </c>
+      <c r="B34" t="s">
         <v>63</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
+        <v>66</v>
+      </c>
+      <c r="B36" t="s">
+        <v>11</v>
+      </c>
+      <c r="C36" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
+        <v>74</v>
+      </c>
+      <c r="B42" t="s">
         <v>75</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
         <v>11</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
+        <v>79</v>
+      </c>
+      <c r="B45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
+        <v>81</v>
+      </c>
+      <c r="B46" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B47" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="B47" s="2" t="s">
+      <c r="C47" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" s="2" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B49" t="s">
         <v>11</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B50" t="s">
         <v>11</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
+        <v>91</v>
+      </c>
+      <c r="B53" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
+        <v>96</v>
+      </c>
+      <c r="B58" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B59" t="s">
         <v>11</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
+        <v>99</v>
+      </c>
+      <c r="B60" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="3" t="s">