--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -47,204 +47,204 @@
   <si>
     <t>ค้ำประกัน จำนวนเงิน</t>
   </si>
   <si>
     <t>ค้ำประกัน ร้อยละ</t>
   </si>
   <si>
     <t>ไม่ค้ำประกัน จำนวนเงิ</t>
   </si>
   <si>
     <t>ไม่ค้ำประกัน ร้อยละ</t>
   </si>
   <si>
     <t>รวมทั้งสิ้น จำนวนเงิน</t>
   </si>
   <si>
     <t>รวมทั้งสิ้น ร้อยละ</t>
   </si>
   <si>
     <t>สถาบันการเงินระหว่างประเทศ</t>
   </si>
   <si>
     <t>1.1 ธนาคารโลก (IBRD)</t>
   </si>
   <si>
-    <t>416.20</t>
-[...2 lines deleted...]
-    <t>19.98</t>
+    <t>374.50</t>
+  </si>
+  <si>
+    <t>18.97</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
-    <t>13.36</t>
+    <t>12.51</t>
   </si>
   <si>
     <t>1.2 ธนาคารพัฒนาเอเซีย (ADB)</t>
   </si>
   <si>
     <t>374.38</t>
   </si>
   <si>
-    <t>17.98</t>
-[...2 lines deleted...]
-    <t>12.01</t>
+    <t>18.96</t>
+  </si>
+  <si>
+    <t>12.50</t>
   </si>
   <si>
     <t>1.3 ธนาคารเพื่อการลงทุนโครงสร้างพื้นฐานแห่งเอเชีย (AIIB)</t>
   </si>
   <si>
     <t>35.31</t>
   </si>
   <si>
-    <t>1.70</t>
-[...2 lines deleted...]
-    <t>1.13</t>
+    <t>1.79</t>
+  </si>
+  <si>
+    <t>1.18</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>825.89</t>
-[...5 lines deleted...]
-    <t>26.50</t>
+    <t>784.19</t>
+  </si>
+  <si>
+    <t>39.72</t>
+  </si>
+  <si>
+    <t>26.19</t>
   </si>
   <si>
     <t>รัฐบาลต่างประเทศ</t>
   </si>
   <si>
     <t>2.1 รัฐบาลสหรัฐอเมริกา (AID)</t>
   </si>
   <si>
     <t>2.2 องค์กรความร่วมมือระหว่างประเทศของญี่ปุ่น (JICA)</t>
   </si>
   <si>
-    <t>1,254.99</t>
-[...14 lines deleted...]
-    <t>63.96</t>
+    <t>1,188.32</t>
+  </si>
+  <si>
+    <t>60.18</t>
+  </si>
+  <si>
+    <t>724.47</t>
+  </si>
+  <si>
+    <t>99.80</t>
+  </si>
+  <si>
+    <t>1,912.79</t>
+  </si>
+  <si>
+    <t>63.88</t>
   </si>
   <si>
     <t>2.3 สถาบันเครดิตเพื่อการบูรณะและพัฒนาแห่งสหพันธ์สาธารณรัฐเยอรมัน (KfW)</t>
   </si>
   <si>
-    <t>1.52</t>
-[...2 lines deleted...]
-    <t>0.21</t>
+    <t>1.48</t>
+  </si>
+  <si>
+    <t>0.20</t>
   </si>
   <si>
     <t>0.05</t>
   </si>
   <si>
     <t>2.4 อื่นๆ</t>
   </si>
   <si>
-    <t>1.89</t>
-[...14 lines deleted...]
-    <t>739.72</t>
+    <t>1.95</t>
+  </si>
+  <si>
+    <t>0.10</t>
+  </si>
+  <si>
+    <t>0.07</t>
+  </si>
+  <si>
+    <t>1,190.27</t>
+  </si>
+  <si>
+    <t>60.28</t>
+  </si>
+  <si>
+    <t>725.95</t>
   </si>
   <si>
     <t>100.00</t>
   </si>
   <si>
-    <t>1,996.60</t>
-[...2 lines deleted...]
-    <t>64.07</t>
+    <t>1,916.22</t>
+  </si>
+  <si>
+    <t>64.00</t>
   </si>
   <si>
     <t>ตลาดเงินทุนต่างประเทศ</t>
   </si>
   <si>
     <t>3.1 Syndication (Including swap agreement)</t>
   </si>
   <si>
     <t>240.51</t>
   </si>
   <si>
     <t>81.86</t>
   </si>
   <si>
-    <t>7.72</t>
+    <t>8.03</t>
   </si>
   <si>
     <t>3.2 Bonds, Notes, MTN, FRN</t>
   </si>
   <si>
     <t>53.30</t>
   </si>
   <si>
     <t>18.14</t>
   </si>
   <si>
-    <t>1.71</t>
+    <t>1.78</t>
   </si>
   <si>
     <t>3.3 Finance Lease</t>
   </si>
   <si>
     <t>3.4 European Commercial Paper</t>
   </si>
   <si>
     <t>293.81</t>
   </si>
   <si>
-    <t>9.43</t>
+    <t>9.81</t>
   </si>
   <si>
     <t>สินเชื่อเพื่อการส่งออก</t>
   </si>
   <si>
     <t>4.1 Supplier Credit</t>
   </si>
   <si>
     <t>4.2 Buyer Credit</t>
   </si>
   <si>
     <t>4.3 Bank Credit</t>
   </si>
   <si>
     <t>แหล่งเงินกู้อื่นๆ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>