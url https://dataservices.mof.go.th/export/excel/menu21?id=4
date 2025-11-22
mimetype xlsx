--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -47,192 +47,192 @@
   <si>
     <t>ค้ำประกัน จำนวนเงิน</t>
   </si>
   <si>
     <t>ค้ำประกัน ร้อยละ</t>
   </si>
   <si>
     <t>ไม่ค้ำประกัน จำนวนเงิ</t>
   </si>
   <si>
     <t>ไม่ค้ำประกัน ร้อยละ</t>
   </si>
   <si>
     <t>รวมทั้งสิ้น จำนวนเงิน</t>
   </si>
   <si>
     <t>รวมทั้งสิ้น ร้อยละ</t>
   </si>
   <si>
     <t>สถาบันการเงินระหว่างประเทศ</t>
   </si>
   <si>
     <t>1.1 ธนาคารโลก (IBRD)</t>
   </si>
   <si>
-    <t>457.90</t>
-[...2 lines deleted...]
-    <t>20.30</t>
+    <t>416.20</t>
+  </si>
+  <si>
+    <t>20.10</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
-    <t>13.78</t>
+    <t>13.38</t>
   </si>
   <si>
     <t>1.2 ธนาคารพัฒนาเอเซีย (ADB)</t>
   </si>
   <si>
-    <t>416.66</t>
-[...5 lines deleted...]
-    <t>12.54</t>
+    <t>364.17</t>
+  </si>
+  <si>
+    <t>17.58</t>
+  </si>
+  <si>
+    <t>11.71</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
-    <t>874.56</t>
-[...5 lines deleted...]
-    <t>26.32</t>
+    <t>780.37</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
+    <t>25.08</t>
   </si>
   <si>
     <t>รัฐบาลต่างประเทศ</t>
   </si>
   <si>
     <t>2.1 รัฐบาลสหรัฐอเมริกา (AID)</t>
   </si>
   <si>
     <t>2.2 องค์กรความร่วมมือระหว่างประเทศของญี่ปุ่น (JICA)</t>
   </si>
   <si>
-    <t>1,379.06</t>
-[...5 lines deleted...]
-    <t>771.30</t>
+    <t>1,288.67</t>
+  </si>
+  <si>
+    <t>62.23</t>
+  </si>
+  <si>
+    <t>744.70</t>
   </si>
   <si>
     <t>99.79</t>
   </si>
   <si>
-    <t>2,150.36</t>
-[...2 lines deleted...]
-    <t>64.72</t>
+    <t>2,033.37</t>
+  </si>
+  <si>
+    <t>65.36</t>
   </si>
   <si>
     <t>2.3 สถาบันเครดิตเพื่อการบูรณะและพัฒนาแห่งสหพันธ์สาธารณรัฐเยอรมัน (KfW)</t>
   </si>
   <si>
-    <t>1.66</t>
+    <t>1.54</t>
   </si>
   <si>
     <t>0.21</t>
   </si>
   <si>
     <t>0.05</t>
   </si>
   <si>
     <t>2.4 อื่นๆ</t>
   </si>
   <si>
-    <t>2.16</t>
-[...14 lines deleted...]
-    <t>772.96</t>
+    <t>1.90</t>
+  </si>
+  <si>
+    <t>0.09</t>
+  </si>
+  <si>
+    <t>0.06</t>
+  </si>
+  <si>
+    <t>1,290.57</t>
+  </si>
+  <si>
+    <t>62.32</t>
+  </si>
+  <si>
+    <t>746.24</t>
   </si>
   <si>
     <t>100.00</t>
   </si>
   <si>
-    <t>2,154.18</t>
-[...2 lines deleted...]
-    <t>64.84</t>
+    <t>2,036.81</t>
+  </si>
+  <si>
+    <t>65.47</t>
   </si>
   <si>
     <t>ตลาดเงินทุนต่างประเทศ</t>
   </si>
   <si>
     <t>3.1 Syndication (Including swap agreement)</t>
   </si>
   <si>
     <t>240.51</t>
   </si>
   <si>
     <t>81.86</t>
   </si>
   <si>
-    <t>7.24</t>
+    <t>7.73</t>
   </si>
   <si>
     <t>3.2 Bonds, Notes, MTN, FRN</t>
   </si>
   <si>
     <t>53.30</t>
   </si>
   <si>
     <t>18.14</t>
   </si>
   <si>
-    <t>1.60</t>
+    <t>1.71</t>
   </si>
   <si>
     <t>3.3 Finance Lease</t>
   </si>
   <si>
     <t>3.4 European Commercial Paper</t>
   </si>
   <si>
     <t>293.81</t>
   </si>
   <si>
-    <t>8.84</t>
+    <t>9.44</t>
   </si>
   <si>
     <t>สินเชื่อเพื่อการส่งออก</t>
   </si>
   <si>
     <t>4.1 Supplier Credit</t>
   </si>
   <si>
     <t>4.2 Buyer Credit</t>
   </si>
   <si>
     <t>4.3 Bank Credit</t>
   </si>
   <si>
     <t>แหล่งเงินกู้อื่นๆ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>