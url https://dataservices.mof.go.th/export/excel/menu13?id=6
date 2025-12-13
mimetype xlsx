--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -17,189 +17,189 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>ชื่อรายการ</t>
   </si>
   <si>
+    <t>ตุลาคม 2568</t>
+  </si>
+  <si>
     <t>กันยายน 2568</t>
   </si>
   <si>
     <t>สิงหาคม 2568</t>
   </si>
   <si>
-    <t>กรกฎาคม 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>กลุ่มประเทศ AFTA</t>
   </si>
   <si>
+    <t>168,691,178,545</t>
+  </si>
+  <si>
     <t>162,770,453,952</t>
   </si>
   <si>
     <t>162,783,554,088</t>
   </si>
   <si>
-    <t>163,599,934,833</t>
-[...1 lines deleted...]
-  <si>
     <t>กลุ่มประเทศออสเตรเลียและนิวซีแลนด์</t>
   </si>
   <si>
+    <t>27,524,681,462</t>
+  </si>
+  <si>
     <t>10,997,963,357</t>
   </si>
   <si>
     <t>15,263,756,725</t>
   </si>
   <si>
-    <t>14,879,015,485</t>
-[...1 lines deleted...]
-  <si>
     <t>จีน</t>
   </si>
   <si>
+    <t>313,299,580,904</t>
+  </si>
+  <si>
     <t>308,658,834,208</t>
   </si>
   <si>
     <t>304,326,740,810</t>
   </si>
   <si>
-    <t>317,333,807,573</t>
-[...1 lines deleted...]
-  <si>
     <t>กล่มสหภาพยุโรป (15)</t>
   </si>
   <si>
+    <t>52,319,509,151</t>
+  </si>
+  <si>
     <t>51,873,316,800</t>
   </si>
   <si>
     <t>52,615,374,127</t>
   </si>
   <si>
-    <t>57,642,346,176</t>
-[...1 lines deleted...]
-  <si>
     <t>ญี่ปุ่น</t>
   </si>
   <si>
+    <t>76,537,500,724</t>
+  </si>
+  <si>
     <t>81,135,838,949</t>
   </si>
   <si>
     <t>78,500,665,803</t>
   </si>
   <si>
-    <t>84,760,435,479</t>
-[...1 lines deleted...]
-  <si>
     <t>กลุ่มประเทศเกาหลีเหนือและเกาหลีใต้</t>
   </si>
   <si>
+    <t>28,017,790,601</t>
+  </si>
+  <si>
     <t>28,739,159,289</t>
   </si>
   <si>
     <t>25,014,731,739</t>
   </si>
   <si>
-    <t>27,730,042,522</t>
-[...1 lines deleted...]
-  <si>
     <t>ประเทศอื่นๆ</t>
   </si>
   <si>
+    <t>226,973,257,292</t>
+  </si>
+  <si>
     <t>150,669,627,691</t>
   </si>
   <si>
     <t>158,495,210,391</t>
   </si>
   <si>
-    <t>138,526,938,084</t>
-[...1 lines deleted...]
-  <si>
     <t>กลุ่มประเทศเอเชียใต้</t>
   </si>
   <si>
+    <t>19,056,437,474</t>
+  </si>
+  <si>
     <t>22,513,165,246</t>
   </si>
   <si>
     <t>15,494,627,832</t>
   </si>
   <si>
-    <t>18,483,497,640</t>
-[...1 lines deleted...]
-  <si>
     <t>ไต้หวัน</t>
   </si>
   <si>
+    <t>61,289,423,047</t>
+  </si>
+  <si>
     <t>101,576,746,484</t>
   </si>
   <si>
     <t>90,361,414,335</t>
   </si>
   <si>
-    <t>47,518,200,515</t>
-[...1 lines deleted...]
-  <si>
     <t>สหรัฐอเมริกา</t>
   </si>
   <si>
+    <t>56,782,968,415</t>
+  </si>
+  <si>
     <t>51,217,373,959</t>
   </si>
   <si>
     <t>59,578,000,726</t>
   </si>
   <si>
-    <t>57,507,231,161</t>
-[...1 lines deleted...]
-  <si>
     <t>สาธารณรัฐแอฟริกาใต้</t>
   </si>
   <si>
+    <t>1,542,106,836</t>
+  </si>
+  <si>
     <t>1,607,545,747</t>
   </si>
   <si>
     <t>1,896,615,636</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,342,808,120</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="000000"/>
       <name val="Calibri"/>