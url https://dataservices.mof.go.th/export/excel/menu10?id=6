--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>เดือน</t>
   </si>
   <si>
     <t>2567  (Million Baht)</t>
   </si>
   <si>
     <t>2567  (Million US$)</t>
   </si>
   <si>
     <t>2567  RATE</t>
   </si>
   <si>
     <t>2568  (Million Baht)</t>
   </si>
   <si>
     <t>2568  (Million US$)</t>
   </si>
   <si>
     <t>2568  RATE</t>
   </si>
   <si>
     <t>ปีนี้กับปีที่แล้ว (ล้</t>
   </si>
   <si>
@@ -323,63 +323,84 @@
   <si>
     <t>4,061.03</t>
   </si>
   <si>
     <t>15.83</t>
   </si>
   <si>
     <t>1,448.93</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
     <t>กันยายน</t>
   </si>
   <si>
     <t>877,877.37</t>
   </si>
   <si>
     <t>25,344.78</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
+    <t>971,760.03</t>
+  </si>
+  <si>
+    <t>29,695.55</t>
+  </si>
+  <si>
+    <t>32.72</t>
+  </si>
+  <si>
+    <t>4,350.76</t>
+  </si>
+  <si>
+    <t>17.17</t>
+  </si>
+  <si>
+    <t>-12.00</t>
+  </si>
+  <si>
+    <t>-0.04</t>
+  </si>
+  <si>
+    <t>ตุลาคม</t>
+  </si>
+  <si>
+    <t>926,173.52</t>
+  </si>
+  <si>
+    <t>27,760.83</t>
+  </si>
+  <si>
+    <t>33.36</t>
+  </si>
+  <si>
     <t>0.00</t>
-  </si>
-[...10 lines deleted...]
-    <t>33.36</t>
   </si>
   <si>
     <t>พฤศจิกายน</t>
   </si>
   <si>
     <t>861,679.85</t>
   </si>
   <si>
     <t>25,660.51</t>
   </si>
   <si>
     <t>33.58</t>
   </si>
   <si>
     <t>ธันวาคม</t>
   </si>
   <si>
     <t>859,097.72</t>
   </si>
   <si>
     <t>24,637.94</t>
   </si>
   <si>
     <t>34.87</t>
   </si>
@@ -1078,171 +1099,171 @@
       </c>
       <c r="J9" t="s">
         <v>97</v>
       </c>
       <c r="K9" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>99</v>
       </c>
       <c r="B10" t="s">
         <v>100</v>
       </c>
       <c r="C10" t="s">
         <v>101</v>
       </c>
       <c r="D10" t="s">
         <v>102</v>
       </c>
       <c r="E10" t="s">
         <v>103</v>
       </c>
       <c r="F10" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G10" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H10" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="I10" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J10" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="K10" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="F11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="G11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="I11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="J11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="K11" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="D12" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="E12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="F12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="G12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="H12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="I12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="K12" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="E13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="F13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="G13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="H13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="I13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="J13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">